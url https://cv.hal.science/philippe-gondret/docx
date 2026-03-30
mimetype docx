--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -202,486 +202,486 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nascent water waves induced by the impulsive motion of a solid wall</w:t>
+                <w:t xml:space="preserve">Vortex ring induced by a disk translating toward or away from a wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+                <w:t xml:space="preserve">Joanne Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaodong Niu</w:t>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ivan Delbende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1008, pp.A25. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10, pp.084704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2025.127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/ynxr-zmg2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04830640v2</w:t>
+                <w:t xml:space="preserve">hal-05126104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bathtub vortex effect on Torricelli's law</w:t>
+                <w:t xml:space="preserve">Nascent water waves induced by the impulsive motion of a solid wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Caquas</w:t>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc R Pastur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Genty</w:t>
+                <w:t xml:space="preserve">Zhaodong Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevfluids.8.044702⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1008, pp.A25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2025.127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439432v1</w:t>
+                <w:t xml:space="preserve">hal-04830640v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vortex ring induced by a disk translating toward or away from a wall</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bathtub vortex effect on Torricelli's law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Caquas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanne Steiner</w:t>
+                <w:t xml:space="preserve">Luc R Pastur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 10, pp.084704. </w:t>
+              <w:t xml:space="preserve">, 2025, 8 (4), pp.044702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/ynxr-zmg2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevfluids.8.044702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126104v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04439432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of interparticle cohesion on the collapse of granular columns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ram Sudhir Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langqi Xing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9 (7), pp.074301. </w:t>
@@ -719,103 +719,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vortex rings generated by a translating disk from start to stop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Delbende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (6), pp.064702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -875,51 +875,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Darbois Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (3), pp.034303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -947,572 +947,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04258192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Phase Flow Modeling for Bed Erosion by a Plane Jet Impingement</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Georges Gauthier</w:t>
+                <w:t xml:space="preserve">From granular collapses to shallow water waves: A predictive model for tsunami generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/w14203290⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (9), pp.094801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.7.094801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04354491v1</w:t>
+                <w:t xml:space="preserve">hal-03858158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Added-mass force in dry granular matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 105 (5), pp.054903. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/physreve.105.054903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03858055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion of cohesive grains by an impinging turbulent jet</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Two-Phase Flow Modeling for Bed Erosion by a Plane Jet Impingement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Pham-Van-Bang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Uh Zapata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.7.074303⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (20), pp.3290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w14203290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03737000v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From granular collapses to shallow water waves: A predictive model for tsunami generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+                <w:t xml:space="preserve">Erosion of cohesive grains by an impinging turbulent jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ram Sudhir Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingze Gong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sivar Azadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyprien Morize</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 7 (9), pp.094801. </w:t>
+              <w:t xml:space="preserve">, 2022, 7 (7), pp.074303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.7.094801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.7.074303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03858158v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear regimes of tsunami waves generated by a granular collapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 919, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1546,90 +1546,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collapse dynamics of dry granular columns: From free-fall to quasistatic flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 104 (6), pp.064904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1676,77 +1676,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From laboratory experiments to geophysical tsunamis generated by subaerial landslides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hildenbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1810,90 +1810,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of tsunami waves generated by granular collapse into water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 907, pp.A11. </w:t>
@@ -1944,51 +1944,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viscous dissipation in the collision between a sphere and a textured wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 896, pp.A8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2022,64 +2022,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compaction of liquid immersed granular packings by small upward flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4 (7), pp.074308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2139,51 +2139,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lachaussée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2334,90 +2334,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense flow around a sphere moving into a cloud of grains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lefebvre-Lepot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Powders and Grains 2017 – 8th International Conference on Micromechanics on Granular Medi, 140, pp.03013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2536,538 +2536,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03903099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local rheological measurements in the granular flow around an intruder</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gondret</w:t>
+                <w:t xml:space="preserve">Clustering and flow around a sphere moving into a grain cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lefebvre-Lepot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.012904⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 39 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2016-16063-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04009293v1</w:t>
+                <w:t xml:space="preserve">hal-03030504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crater jet morphology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Local rheological measurements in the granular flow around an intruder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Gauthier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Coulais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4943160⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93 (1), pp.012904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.012904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04009370v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04009293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texture-driven elastohydrodynamic bouncing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Crater jet morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Badr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Mongruel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2016.580⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (3), pp.033305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4943160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01398089v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04009370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering and flow around a sphere moving into a grain cloud</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Gondret</w:t>
+                <w:t xml:space="preserve">Texture-driven elastohydrodynamic bouncing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Chastel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mongruel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 39 (6), </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 805, pp.577 - 590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epje/i2016-16063-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2016.580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03030504v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01398089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion threshold of a liquid immersed granular bed by an impinging plane liquid jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Badr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (2), pp.023302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3095,274 +3095,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental velocity fields and forces for a cylinder penetrating into a granular medium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plongée dans le sable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Martinez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PHYSREVE.87.012201⟩</w:t>
+              <w:t xml:space="preserve">Reflets de la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36, pp.22-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/refdp/201336022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00805648v1</w:t>
+                <w:t xml:space="preserve">hal-00881139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plongée dans le sable</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental velocity fields and forces for a cylinder penetrating into a granular medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reflets de la Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 36, pp.22-23. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (1), pp.12201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/refdp/201336022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PHYSREVE.87.012201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00881139v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of a granular layer on an inclined “fakir plane”</w:t>
               </w:r>
@@ -3465,90 +3465,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense granular flow around a penetrating object: experiment and hydrodynamic model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 107 (4), pp.048001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3686,90 +3686,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sphere penetration by impact in a granular medium: A collisional process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 88 (4), pp.44002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3816,51 +3816,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition by Intermittency in Granular Matter: From Discontinuous Avalanches to Continuous Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3907,77 +3907,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of confinement on granular penetration by impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 78, pp.010301(R). </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4024,51 +4024,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of dry granular avalanches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4141,51 +4141,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation dynamics of water-immersed granular avalanches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Doppler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loiseleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4271,51 +4271,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onset of erosion and avalanche for an inclined granular bed sheared by a continuous laminar flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loiseleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4401,51 +4401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Courrech Du Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5084,51 +5084,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouncing motion of spherical particles in fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5318,51 +5318,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centrifugal instabilities in a curved rectangular duct of small aspect ratio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Thomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5416,420 +5416,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03865275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axisymmetric propagating vortices in the flow between a stationary and a rotating disk enclosed by a cylinder</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Evidence of a Nonlinear Transition from Convective to Absolute Instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Meignin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022112099004346⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 82 (7), pp.1442-1445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.82.1442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03865263v1</w:t>
+                <w:t xml:space="preserve">hal-03865288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments on the motion of a solid sphere toward a wall: From viscous dissipation to elastohydrodynamic bouncing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Axisymmetric propagating vortices in the flow between a stationary and a rotating disk enclosed by a cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luc Petit</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 386, pp.105-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112099004346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.870109⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02482926v1</w:t>
+                <w:t xml:space="preserve">hal-03865263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Evidence of a Nonlinear Transition from Convective to Absolute Instability</w:t>
+                <w:t xml:space="preserve">Experiments on the motion of a solid sphere toward a wall: From viscous dissipation to elastohydrodynamic bouncing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ern</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Rabaud</w:t>
+                <w:t xml:space="preserve">E. Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 82 (7), pp.1442-1445. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 11 (9), pp.2803-2805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.82.1442⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.870109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03865288v1</w:t>
+                <w:t xml:space="preserve">hal-02482926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motions of anisotropic particles: Application to visualization of three-dimensional flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5870,369 +5870,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03865247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscous parallel flows in finite aspect ratio Hele-Shaw cell: Analytical and numerical results</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Dynamic viscosity of macroscopic suspensions of bimodal sized solid spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">P. Watzky</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.869301⟩</w:t>
+              <w:t xml:space="preserve">Journal of Rheology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 41 (6), pp.1261-1274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1122/1.550850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03865312v1</w:t>
+                <w:t xml:space="preserve">hal-04506945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shear instability of two-fluid parallel flow in a Hele–Shaw cell</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Viscous parallel flows in finite aspect ratio Hele-Shaw cell: Analytical and numerical results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Rakotomalala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Watzky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 9 (11), pp.3267-3274. </w:t>
+              <w:t xml:space="preserve">, 1997, 9 (6), pp.1841-1843. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.869441⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.869301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865297v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic viscosity of macroscopic suspensions of bimodal sized solid spheres</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Shear instability of two-fluid parallel flow in a Hele–Shaw cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luc Petit</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rheology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 41 (6), pp.1261-1274. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 9 (11), pp.3267-3274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1122/1.550850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.869441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04506945v1</w:t>
+                <w:t xml:space="preserve">hal-03865297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viscosity of periodic suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6279,51 +6279,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viscosity of disordered and ordered suspensions of solid spheres experimental results and models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6361,51 +6361,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization of Macroscopic Suspensions under Shear: Influence of Particle Size Distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6477,51 +6477,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-diffusion of particles in an alternatively sheared macroscopic suspension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 3 (3), pp.301-307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6580,51 +6580,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redressement d'un écoulement alternatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 2 (12), pp.2115-2144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6696,299 +6696,299 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation d'anneaux tourbillonnaires dans le sillage d'un disque en translation instationnaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joanne Steiner</w:t>
+                <w:t xml:space="preserve">Gravity driven collapse of a cylindrical column of grains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Le Pivert--Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28ème Rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">27ÈME CONGRÈS GÉNÉRAL DE LA SOCIÉTÉ FRANÇAISE DE PHYSIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Physique, Jun 2025, Troyes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222909v1</w:t>
+                <w:t xml:space="preserve">hal-05224746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravity driven collapse of a cylindrical column of grains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Igor Le Pivert--Jolivet</w:t>
+                <w:t xml:space="preserve">Formation d'anneaux tourbillonnaires dans le sillage d'un disque en translation instationnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Steiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Delbende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27ÈME CONGRÈS GÉNÉRAL DE LA SOCIÉTÉ FRANÇAISE DE PHYSIQUE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Physique, Jun 2025, Troyes (France), France</w:t>
+              <w:t xml:space="preserve">28ème Rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05224746v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05222909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of tsunami waves by low density gravity flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Écoulements &amp; Fluides - Saclay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7026,64 +7026,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of tsunami waves by low density gravity flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ÈME CONGRÈS GÉNÉRAL DE LA SOCIÉTÉ FRANÇAISE DE PHYSIQUE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Physique, Jun 2025, Troyes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7108,77 +7108,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique d'effondrement d'une colonne granulaire cylindrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Le Pivert--Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème Rencontre du Non-Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7197,1620 +7197,1646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the possible buckling of a rod when plunging into granular matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Seguin</w:t>
+                <w:t xml:space="preserve">A Kaleidoscope of impulse waves generated by a vertical wall motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaodong Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MePhy Day: Scientific day Etienne Guyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR MePhy, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">International meeting in memory of Yves Couder on Self-organization in physics and biology, walking droplets, turbulence and non-linear physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05224728v1</w:t>
+                <w:t xml:space="preserve">hal-05224719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique d'effondrement d'une colonne granulaire cylindrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Igor Le Pivert-Jolivet</w:t>
+                <w:t xml:space="preserve">On the possible buckling of a rod when plunging into granular matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes Journées de la Matière Condensée (JMC19)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Physique (SFP), Oct 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">MePhy Day: Scientific day Etienne Guyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR MePhy, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222896v1</w:t>
+                <w:t xml:space="preserve">hal-05224728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of impulse surface waves by a moving piston</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaodong Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Theoretical and Applied Mechanics (ICTAM) 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Daegu, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crater formation in a cohesive granular bed by an impinging turbulent jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ram Sudhir Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">77th Annual Meeting of the Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Physical Society (APS), Nov 2024, Salt Lake City (UT), USA, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05226607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Kaleidoscope of impulse waves generated by a vertical wall motion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+                <w:t xml:space="preserve">Dynamique d'effondrement d'une colonne granulaire cylindrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Le Pivert-Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaodong Niu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alban Sauret</w:t>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International meeting in memory of Yves Couder on Self-organization in physics and biology, walking droplets, turbulence and non-linear physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">19èmes Journées de la Matière Condensée (JMC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Physique (SFP), Oct 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05224719v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05222896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsunami waves generated by landslides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">When sandcastles collapse: the effect of interparticle cohesion on collapsing granular columns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ram Sudhir Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langqi Xing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVII Reunión sobre Recientes Avances en Física de Fluidos y sus Aplicaciones (Fluidos 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, San Luis, Argentina</w:t>
+              <w:t xml:space="preserve">APS March Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Physical Society, Mar 2023, Las Vegas (NV), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440289v1</w:t>
+                <w:t xml:space="preserve">hal-04439653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion by the unsteady motion of a disk close to a granular bed</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation of tsunami waves by landslides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Physical Society, Mar 2023, Las Vegas (NV), United States</w:t>
+              <w:t xml:space="preserve">Fluids and Complexity III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439627v1</w:t>
+                <w:t xml:space="preserve">hal-04440281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of water waves by the impulsive motion of a vertical plate</w:t>
+                <w:t xml:space="preserve">Erosion by the unsteady motion of a disk close to a granular bed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+                <w:t xml:space="preserve">Joanne Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaodong Niu</w:t>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ivan Delbende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">APS March Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Physical Society, Mar 2023, Las Vegas (NV), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439699v1</w:t>
+                <w:t xml:space="preserve">hal-04439627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of tsunami waves by landslides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Tsunami waves generated by landslides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluids and Complexity III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">XVII Reunión sobre Recientes Avances en Física de Fluidos y sus Aplicaciones (Fluidos 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, San Luis, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440281v1</w:t>
+                <w:t xml:space="preserve">hal-04440289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When sandcastles collapse: the effect of interparticle cohesion on collapsing granular columns</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Generation of water waves by the impulsive motion of a vertical plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Langqi Xing</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaodong Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Physical Society, Mar 2023, Las Vegas (NV), United States</w:t>
+              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439653v1</w:t>
+                <w:t xml:space="preserve">hal-04439699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the generation of shallow water waves by the gravity-driven collapse of a granular column</w:t>
+                <w:t xml:space="preserve">Erosion by an oscillating disc in the vicinity of a granular bed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+                <w:t xml:space="preserve">Joanne Steiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">5th symposium on two-phase modeling for sediment dynamics in geophysical flows (THESIS-2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437735v1</w:t>
+                <w:t xml:space="preserve">hal-04439546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion of cohesive grains by an impinging turbulent jet</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tsunami waves generated by a granular collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th Annual Meeting of the Division of Fluid Dynamics (DFD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Physical Society (APS), Nov 2022, Indianapolis (USA), United States</w:t>
+              <w:t xml:space="preserve">14th European Fluid Mechanics Conference (EFMC14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Mechanics Society, Sep 2022, Athens (Greece), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05226541v1</w:t>
+                <w:t xml:space="preserve">hal-04439588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsunami waves generated by a granular collapse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Modeling the generation of shallow water waves by the gravity-driven collapse of a granular column</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Fluid Mechanics Conference (EFMC14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Mechanics Society, Sep 2022, Athens (Greece), Greece</w:t>
+              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04439588v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scour patterns on the bed downstream of a vertical cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lachaussée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th symposium on two-phase modeling for sediment dynamics in geophysical flows (THESIS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04439506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Force de masse ajoutée en milieu granulaire</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Erosion of cohesive grains by an impinging turbulent jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ram Sudhir Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingze Gong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sivar Azadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Amanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">75th Annual Meeting of the Division of Fluid Dynamics (DFD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Physical Society (APS), Nov 2022, Indianapolis (USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437733v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05226541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la rotation sur la vidange classique de Torricelli</w:t>
               </w:r>
@@ -8835,51 +8861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pastur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Dynamique des Fluides du Plateau de Saclay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8898,217 +8924,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04469331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaleidoscope of impulse waves</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zhaodong Niu</w:t>
+                <w:t xml:space="preserve">Force de masse ajoutée en milieu granulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the APS division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Physical Society, Nov 2022, Indianapolis (IN), United States</w:t>
+              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04453554v1</w:t>
+                <w:t xml:space="preserve">hal-04437733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the vortex rings generated by an oscillating disc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9127,1172 +9114,1185 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04439470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion by an oscillating disc in the vicinity of a granular bed</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joanne Steiner</w:t>
+                <w:t xml:space="preserve">Kaleidoscope of impulse waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaodong Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th symposium on two-phase modeling for sediment dynamics in geophysical flows (THESIS-2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Les Houches, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the APS division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Physical Society, Nov 2022, Indianapolis (IN), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439546v1</w:t>
+                <w:t xml:space="preserve">hal-04453554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion by an oscillating disc above a granular bed</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joanne Steiner</w:t>
+                <w:t xml:space="preserve">Non linear regimes of tsunami waves generated by a granular collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées de la Matière Condensée (JMC17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Physique (SFP), Aug 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the APS Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Physical Society (APS), Nov 2021, Phoenix (AZ), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437720v1</w:t>
+                <w:t xml:space="preserve">hal-04437729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Force masse ajoutée en milieu granulaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Seguin</w:t>
+                <w:t xml:space="preserve">On water waves generated by gravity driven granular collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées de la Matière Condensée (JMC17)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Powders and Grains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Buenos AIres, Argentina. pp.09011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202124909011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437705v1</w:t>
+                <w:t xml:space="preserve">hal-04440249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondes non-linéaires générées par effondrement d'un milieu granulaire dans l'eau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wladimir Sarlin</w:t>
+                <w:t xml:space="preserve">Force masse ajoutée en milieu granulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées de la Matière Condensée (JMC17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Physique (SFP), Aug 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437692v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On waves arising from dry granular collapse into water</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ondes non-linéaires générées par effondrement d'un milieu granulaire dans l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Congres of Theoretical and Applied Mechanics (ICTAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUTAM, Aug 2021, Milano, Italy</w:t>
+              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437703v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of Soils, Structures and Hydraulics: Expertise and Applied Research (SSHEAR) project</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Erosion by an oscillating disc above a granular bed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Steiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICSE10, 10th International Conference on Scour and Erosion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, on line, United States. pp.477-486</w:t>
+              <w:t xml:space="preserve">17èmes Journées de la Matière Condensée (JMC17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Physique (SFP), Aug 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424691v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compaction d'empilements par sous-fluidisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Houeibib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17èmes Journées de la Matière Condensée (JMC17)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Physique (SFP), Aug 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04437712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion of a cohesive granular material by an impinging turbulent jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingze Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sivar Azadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Powders and Grains (P&amp;G 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Buenos Aires (Argentina), Argentina. pp.08011, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202124908011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On water waves generated by gravity driven granular collapse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On waves arising from dry granular collapse into water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powders and Grains</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25th International Congres of Theoretical and Applied Mechanics (ICTAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUTAM, Aug 2021, Milano, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04440249v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non linear regimes of tsunami waves generated by a granular collapse</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A review of Soils, Structures and Hydraulics: Expertise and Applied Research (SSHEAR) project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Larrarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the APS Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Physical Society (APS), Nov 2021, Phoenix (AZ), United States</w:t>
+              <w:t xml:space="preserve">ICSE10, 10th International Conference on Scour and Erosion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, on line, United States. pp.477-486</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437729v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion of a cohesive granular material by an impinging turbulent jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingze Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73rd Annual Meeting of the APS Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Physical Society (APS), Nov 2020, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10317,90 +10317,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion of a granular bed by an oscillating foil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sivar Azadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyprien Morize</w:t>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the APS Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Physical Society, Nov 2020, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10419,562 +10419,562 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04437433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flambage d'une tige dans un milieu granulaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Seguin</w:t>
+                <w:t xml:space="preserve">Small-scale laboratory experiments on tsunami waves generated by gravity driven granular collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gondret</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hildenbrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Geophysical Union, Dec 2019, San Francisco (CA, USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437394v1</w:t>
+                <w:t xml:space="preserve">hal-04437411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soils, Structures and Hydraulics: Expertise and Applied Research (SSHEAR) Project</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flambage d'une tige dans un milieu granulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCRR2019, 12th World Congress on Railway Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Tokyo, Japan. 6p</w:t>
+              <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359338v1</w:t>
+                <w:t xml:space="preserve">hal-04437394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsunami wave generation by a granular collapse: From laboratory experiments to Nature</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Soils, Structures and Hydraulics: Expertise and Applied Research (SSHEAR) Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Larrarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Cheetham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Fluid Dynamics: Confronting Grand Challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole de Physique des Houches, Jan 2019, Les Houches, France, France</w:t>
+              <w:t xml:space="preserve">WCRR2019, 12th World Congress on Railway Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Tokyo, Japan. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437387v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small-scale laboratory experiments on tsunami waves generated by gravity driven granular collapse</w:t>
+                <w:t xml:space="preserve">Tsunami wave generation by a granular collapse: From laboratory experiments to Nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyprien Morize</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Geophysical Union, Dec 2019, San Francisco (CA, USA), United States</w:t>
+              <w:t xml:space="preserve">Environmental Fluid Dynamics: Confronting Grand Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole de Physique des Houches, Jan 2019, Les Houches, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437411v1</w:t>
+                <w:t xml:space="preserve">hal-04437387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération de tsunami par effondrement granulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11012,90 +11012,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental tsunami wave generation by gravity driven granular collapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11120,90 +11120,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research program SSHEAR: Recent advances on the understanding and the control of scour phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Larrarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11245,103 +11245,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research program SSHEAR : recent advances on the understanding and the control of scour phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Larrarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pham-Van-Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ninth International Conference on Scour and Erosion (ICSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Taipei, Taiwan</w:t>
@@ -11370,103 +11370,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet ANR SSHEAR : développements récents sur la compréhension et la maitrise des risques d'affouillements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Larrarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pham-Van-Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNGG 2018, Journées Nationales de Géotechnique et de Géologie de l&amp;apos;Ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Champs-sur-Marne, France. 4p</w:t>
@@ -11495,90 +11495,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compréhension et maîtrise des risques d'affouillements: développements récents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Larrarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Larrarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pham van Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11620,90 +11620,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecoulement dense autour d'une sphère traversant un nuage de grains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lefebvre-Lepot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11728,103 +11728,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compréhension et maîtrise des risques d'affouillements : développements récents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Larrarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pham-Van-Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSMGE 2017, 19th International Conference on Soil Mechanics and Geotechnical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Séoul, Corée du Sud. 4p</w:t>
@@ -11853,103 +11853,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion autour et en aval d'un cylindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lachaussée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11974,90 +11974,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Force de traînée dans un milieu granulaire &amp;quot;&amp;quot;chaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Coulais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12082,64 +12082,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphologies des cratères d'érosion générés par un jet perpendiculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Badr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12164,77 +12164,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Érosion d'un lit granulaire par un jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Badr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12259,103 +12259,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Champ de vitesses et de contraintes autour d'intrus en mouvement dans un matériau granulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Coulais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12406,51 +12406,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Doppler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loiseleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12520,77 +12520,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effondrement gravitaire de colonnes granulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Le Pivert--Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33ème Colloque Alain Bouyssy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12628,64 +12628,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of tsunami waves by low density granular collapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Morize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Colloque Alain Bouyssy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12723,51 +12723,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Downslope granular flow through a forest of obstacles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Darbois-Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12863,51 +12863,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Meignin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUTAM Symposium on Nonlinear Waves in Multi-Phase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1999, Notre Dame, United States. 57, Springer Netherlands, pp.105-116, 2000, Fluid Mechanics and Its Applications, </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12998,51 +12998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of grain ejection by sphere impact on a granular bed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Deboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13163,51 +13163,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AFDE005E"/>
+    <w:nsid w:val="468BD82B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13394,51 +13394,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-gondret" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7184-9429" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077810678" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/193863912" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830640v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Sarlin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaodong Niu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Sauret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gondret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Morize" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.127" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439432v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caquas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R Pastur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Genty" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.8.044702" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126104v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Steiner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Delbende" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ynxr-zmg2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653821v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram Sudhir Sharma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langqi Xing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.074301" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354275v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.064702" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258192v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darbois Texier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertho" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.034303" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354491v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pham-Van-Bang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Uh Zapata" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gauthier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14203290" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858055v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Seguin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.105.054903" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737000v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingze Gong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivar Azadi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.074303" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858158v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.094801" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241660v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.400" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892053v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.064904" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398819v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robbe-Saule" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hildenbrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-96369-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889524v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Henaff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.807" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896883v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mongruel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.325" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898550v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.074308" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439084v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lachauss&#233;e" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sauret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gondret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.3.012302" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439048v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.98.012906" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415279v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lefebvre-Lepot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903099v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.032905" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009293v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Coulais" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Martinez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.012904" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009370v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Badr" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4943160" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01398089v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chastel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.580" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030504v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2016-16063-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009882v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863989" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805648v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.87.012201" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881139v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030494v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benito" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/34004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713897v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.048001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865152v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deboeuf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.041306" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/88/44002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865213v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fischer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rabaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.128002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294238v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.010301" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865208v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perrin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.021302" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865190v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Doppler" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loiseleux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Meyer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rabaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112007004697" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865322v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2109747" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865134v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Courrech Du Pont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.94.048003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133224v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courrech Du Pont" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865350v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meignin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ruyer-Quil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.234502" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133223v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865238v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moisy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002002525" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-4XP2PG2N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401186v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4739197" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482943v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lance" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Petit" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1427920" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865337v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ern" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.64.026308" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865275v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Thom&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1400136#" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865263v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112099004346" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-0FWH4MQT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482926v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hallouin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.870109" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865288v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ern" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.82.1442" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865247v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869736" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865312v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rakotomalala" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Watzky" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869301" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865297v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869441" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506945v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/1.550850" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506958v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Petit" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869015" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506969v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506979v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Petit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/22/5/005" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-QH0W5L2D-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247834v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1993134" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8E8E41F6DDC9AC567AB0FABAC8E55CC7886C957E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247794v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1992256" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E38DBB8EB07DF2FB17A6E95E62863610A2AB5C0B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222909v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224746v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Le Pivert--Jolivet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224685v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224765v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222903v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224728v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222896v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Le Pivert-Jolivet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222879v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226607v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224719v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440289v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439627v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439699v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440281v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439653v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437735v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226541v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Amanat" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439588v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439506v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lachauss&#233;e" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437733v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04469331v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Caquas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pastur" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Genty" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453554v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439470v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439546v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437720v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437705v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437692v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437703v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424691v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Larrarte" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Schmidt" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chollet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Durand" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437712v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Houeibib" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440257v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124908011" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440249v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124909011" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437729v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437418v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437433v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437394v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359338v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Cheetham" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437387v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437411v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436910v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436916v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934507v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sergent" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04498550v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818505v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651446v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pham van Bang" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465314v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609199v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465423v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445059v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444807v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440687v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440677v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361995v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436188v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436178v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396239v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darbois-Texier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403939v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meignin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-1996-4_10" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CS67H347-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311419v3" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deboeuf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-gondret" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7184-9429" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077810678" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/193863912" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126104v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Steiner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Morize" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Delbende" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Sauret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gondret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ynxr-zmg2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830640v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Sarlin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaodong Niu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.127" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439432v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caquas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R Pastur" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Genty" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.8.044702" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653821v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram Sudhir Sharma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langqi Xing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.074301" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354275v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.064702" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258192v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darbois Texier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertho" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.034303" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858158v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.094801" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858055v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Seguin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.105.054903" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354491v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pham-Van-Bang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Uh Zapata" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gauthier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14203290" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingze Gong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivar Azadi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gans" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.074303" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241660v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.400" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892053v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.064904" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398819v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robbe-Saule" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hildenbrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-96369-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889524v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Henaff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.807" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896883v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mongruel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.325" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898550v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.074308" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439084v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lachauss&#233;e" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sauret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gondret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.3.012302" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439048v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.98.012906" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415279v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lefebvre-Lepot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903099v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.032905" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030504v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2016-16063-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009293v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Coulais" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Martinez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.012904" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009370v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Badr" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4943160" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01398089v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chastel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.580" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009882v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863989" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881139v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336022" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805648v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.87.012201" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030494v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benito" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/34004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713897v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.048001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865152v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deboeuf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.041306" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/88/44002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865213v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fischer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rabaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.128002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294238v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.010301" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865208v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perrin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.021302" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865190v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Doppler" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loiseleux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Meyer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rabaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112007004697" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865322v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2109747" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865134v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Courrech Du Pont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.94.048003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133224v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courrech Du Pont" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865350v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meignin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ruyer-Quil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.234502" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133223v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865238v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moisy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002002525" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-4XP2PG2N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401186v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4739197" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482943v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lance" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Petit" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1427920" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865337v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ern" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.64.026308" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865275v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Thom&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1400136#" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865288v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ern" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.82.1442" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865263v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112099004346" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-0FWH4MQT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482926v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hallouin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.870109" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865247v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869736" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506945v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/1.550850" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865312v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rakotomalala" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Watzky" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869301" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865297v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869441" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506958v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Petit" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869015" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506969v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506979v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Petit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/22/5/005" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-QH0W5L2D-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247834v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1993134" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8E8E41F6DDC9AC567AB0FABAC8E55CC7886C957E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247794v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1992256" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E38DBB8EB07DF2FB17A6E95E62863610A2AB5C0B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224746v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Le Pivert--Jolivet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222909v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224685v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224765v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222903v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224719v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224728v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222879v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226607v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222896v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Le Pivert-Jolivet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439653v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440281v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439627v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440289v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439699v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439546v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439588v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437735v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439506v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lachauss&#233;e" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226541v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Amanat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04469331v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Caquas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pastur" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Genty" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437733v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439470v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453554v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437729v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440249v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124909011" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437705v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437692v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437720v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437712v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Houeibib" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440257v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124908011" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437703v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424691v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Larrarte" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Schmidt" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chollet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Durand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437418v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437433v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437411v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437394v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359338v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Cheetham" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437387v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436910v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436916v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934507v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sergent" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04498550v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818505v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651446v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pham van Bang" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465314v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609199v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465423v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445059v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444807v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440687v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440677v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361995v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436188v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436178v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396239v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darbois-Texier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403939v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meignin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-1996-4_10" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CS67H347-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311419v3" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deboeuf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>