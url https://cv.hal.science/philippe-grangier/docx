--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -178,351 +178,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05536173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QOSST: A Highly-Modular Open Source Platform for Experimental Continuous-Variable Quantum Key Distribution</w:t>
+                <w:t xml:space="preserve">Shaped Constellation Continuous Variable Quantum Key Distribution: Concepts, Methods and Experimental Validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Piétri</w:t>
+                <w:t xml:space="preserve">Francois Roumestan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Schiavon</w:t>
+                <w:t xml:space="preserve">Amirhossein Ghazisaeidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Marulanda Acosta</w:t>
+                <w:t xml:space="preserve">Jeremie Renaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Gouraud</w:t>
+                <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.1575. </w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (15), pp.5182-5189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22331/q-2024-12-23-1575⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2024.3391168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04563985v2</w:t>
+                <w:t xml:space="preserve">hal-04803781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaped Constellation Continuous Variable Quantum Key Distribution: Concepts, Methods and Experimental Validation</w:t>
+                <w:t xml:space="preserve">QOSST: A Highly-Modular Open Source Platform for Experimental Continuous-Variable Quantum Key Distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Roumestan</w:t>
+                <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amirhossein Ghazisaeidi</w:t>
+                <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Renaudier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Valentina Marulanda Acosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gouraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 42 (15), pp.5182-5189. </w:t>
+              <w:t xml:space="preserve">Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.1575. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JLT.2024.3391168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.22331/q-2024-12-23-1575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04803781v1</w:t>
+                <w:t xml:space="preserve">hal-04563985v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental demonstration of Continuous-Variable Quantum Key Distribution with a silicon photonics integrated receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -853,538 +853,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04307739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-range QKD without trusted nodes is not possible with current technology</w:t>
+                <w:t xml:space="preserve">Revisiting Born’s rule through Uhlhorn’s and Gleason’s theorems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Huttner</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florian Fröwis</w:t>
+                <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Quantum Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41534-022-00613-4⟩</w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (2), pp.199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e24020199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03871612v1</w:t>
+                <w:t xml:space="preserve">hal-03455462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Born’s rule through Uhlhorn’s and Gleason’s theorems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-range QKD without trusted nodes is not possible with current technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Huttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alléaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexia Auffèves</w:t>
+                <w:t xml:space="preserve">Florian Fröwis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 24 (2), pp.199. </w:t>
+              <w:t xml:space="preserve">npj Quantum Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, pp.108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/e24020199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41534-022-00613-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455462v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The vehicle routing problem with cross-docking and resource constraints</w:t>
+                <w:t xml:space="preserve">Completing the quantum formalism in a contextually objective framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Louis-Martin Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heuristics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10732-019-09423-y⟩</w:t>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (4), pp.76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-021-00424-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277261v1</w:t>
+                <w:t xml:space="preserve">hal-03034473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Einstein-Bohr debate: finding a common ground of understanding ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The vehicle routing problem with cross-docking and resource constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gendreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lehuédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Martin Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foundations of Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10699-020-09716-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Heuristics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.31-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10732-019-09423-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034490v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Completing the quantum formalism in a contextually objective framework</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Einstein-Bohr debate: finding a common ground of understanding ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nayla Farouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foundations of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 51 (4), pp.76. </w:t>
+              <w:t xml:space="preserve">Foundations of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (1), pp.97-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10701-021-00424-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10699-020-09716-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034473v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contextual inferences, nonlocality, and the incompleteness of quantum mechanics</w:t>
               </w:r>
@@ -1448,51 +1448,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deriving Born’s Rule from an Inference to the Best Explanation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1533,235 +1533,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03001936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic security of continuous-variable quantum key distribution with a discrete modulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shouvik Ghorai</w:t>
+                <w:t xml:space="preserve">A Generic Model for Quantum Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevX.9.021059⟩</w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (9), pp.904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e21090904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02163714v1</w:t>
+                <w:t xml:space="preserve">hal-02361170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Generic Model for Quantum Measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexia Auffèves</w:t>
+                <w:t xml:space="preserve">Asymptotic security of continuous-variable quantum key distribution with a discrete modulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shouvik Ghorai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (9), pp.904. </w:t>
+              <w:t xml:space="preserve">Physical Review X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/e21090904⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevX.9.021059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361170v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagrammatic treatment of few-photon scattering from a Rydberg-blockaded atomic ensemble in a cavity</w:t>
               </w:r>
@@ -1864,51 +1864,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is quantum in quantum randomness?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 376 (2123), pp.20170322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1942,51 +1942,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracontextuality and extravalence in quantum mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2046,77 +2046,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A matheuristic based on large neighborhood search for the vehicle routing problem with cross-docking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gendreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lehuédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Martin Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Operations Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 84, pp.116 - 126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2162,51 +2162,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovering the quantum formalism from physically realist axioms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2247,1170 +2247,1170 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01626966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic Photon Scattering via the Intracavity Rydberg Blockade</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photonic controlled-phase gates through Rydberg blockade in optical cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Boddeda</w:t>
+                <w:t xml:space="preserve">Sumanta Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ćuk</w:t>
+                <w:t xml:space="preserve">Andrey Grankin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Usmani</w:t>
+                <w:t xml:space="preserve">Ivan Iakoupov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Borregaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.253602⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93 (4), pp.040303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.93.040303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01712839v1</w:t>
+                <w:t xml:space="preserve">hal-01712792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photonic controlled-phase gates through Rydberg blockade in optical cavities</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities: A New Ontology for Quantum Mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Auffèves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.93.040303⟩</w:t>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (2), pp.121 - 137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-015-9952-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712792v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loss-tolerant state engineering for quantum-enhanced metrology via the reverse Hong–Ou–Mandel effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ulanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fedorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demid Sychev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lvovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7, pp.11925. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ncomms11925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01712833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities: A New Ontology for Quantum Mechanics</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rydberg-induced optical nonlinearities from a cold atomic ensemble trapped inside a cavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boddeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Usmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grankin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foundations of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10701-015-9952-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (8), pp.084005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-4075/49/8/084005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712784v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rydberg-induced optical nonlinearities from a cold atomic ensemble trapped inside a cavity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Violation of Bell’s inequalities in a quantum realistic framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Auffèves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-4075/49/8/084005⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Quantum Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (4), pp.1640002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219749916400025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712791v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01386642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violation of Bell’s inequalities in a quantum realistic framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexia Auffèves</w:t>
+                <w:t xml:space="preserve">Nonlinear optical susceptibility of EIT systems with a degenerate Rydberg level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Côté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Quantum Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0219749916400025⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (12), pp.124003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-4075/49/12/124003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01386642v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear optical susceptibility of EIT systems with a degenerate Rydberg level</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An adaptive large neighborhood search for the two-echelon multiple-trip vehicle routing problem with satellite synchronization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robin Côté</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gendreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lehuédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Martin Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-4075/49/12/124003⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 254 (1), pp.80-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2016.03.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712824v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01308825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An adaptive large neighborhood search for the two-echelon multiple-trip vehicle routing problem with satellite synchronization</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Inelastic Photon Scattering via the Intracavity Rydberg Blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grankin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boddeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ćuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Usmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 254 (1), pp.80-91. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (25), pp.253602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2016.03.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.253602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01308825v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heralded noiseless linear amplification and quantum channels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marco Barbieri</w:t>
+                <w:t xml:space="preserve">Classical selection and quantum Darwinism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Auffèves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.91.062305⟩</w:t>
+              <w:t xml:space="preserve">Physics today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 68 (5), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/PT.3.2759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01228960v1</w:t>
+                <w:t xml:space="preserve">hal-01712591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classical selection and quantum Darwinism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexia Auffèves</w:t>
+                <w:t xml:space="preserve">Heralded noiseless linear amplification and quantum channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics today</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 68 (5), pp.8. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91 (6), pp.062305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/PT.3.2759⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.91.062305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712591v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01228960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum-optical nonlinearities induced by Rydberg-Rydberg interactions: A perturbative approach</w:t>
               </w:r>
@@ -3422,77 +3422,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Grankin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bimbard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boddeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Usmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 92 (4), pp.043841. </w:t>
@@ -3524,559 +3524,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01712709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homodyne tomography of a single photon retrieved on demand from a cavity-enhanced cold atom memory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum statistics of light transmitted through an intracavity Rydberg medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Grankin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bimbard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajiv Boddeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vitrant</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Valentina Parigi</w:t>
+                <w:t xml:space="preserve">Imam Usmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.033601⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16, pp.043020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/16/4/043020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00951366v1</w:t>
+                <w:t xml:space="preserve">hal-01011354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum statistics of light transmitted through an intracavity Rydberg medium</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rajiv Boddeda</w:t>
+                <w:t xml:space="preserve">Implementation of an experimentally feasible controlled-phase gate on two blockaded Rydberg atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Murphy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imam Usmani</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simone Montangero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Calarco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/16/4/043020⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 89, pp.032334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.89.032334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01011354v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00814831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of an experimentally feasible controlled-phase gate on two blockaded Rydberg atoms</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using quantum key distribution for cryptographic purposes: a survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommaso Calarco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Grangier</w:t>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Browaeys</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cyril Branciard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Bouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Dianati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.89.032334⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 560 (1), pp.62 - 81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2014.09.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00814831v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using quantum key distribution for cryptographic purposes: a survey</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jan Bouda</w:t>
+                <w:t xml:space="preserve">Homodyne tomography of a single photon retrieved on demand from a cavity-enhanced cold atom memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajiv Boddeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+                <w:t xml:space="preserve">Nicolas Vitrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Grankin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehrdad Dianati</w:t>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 560 (1), pp.62 - 81. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 112 (3), pp.033601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2014.09.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.033601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712569v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00951366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental demonstration of long-distance continuous-variable quantum key distribution</w:t>
               </w:r>
@@ -4088,77 +4088,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jouguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kunz-Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7 (5), pp.378-381. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4192,64 +4192,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersive optical nonlinearities in an EIT-Rydberg medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jovica Stanojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Parigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bimbard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4316,918 +4316,918 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homodyne estimation of Gaussian quantum discord</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Room for Just One Photon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.180402⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 336 (6083), pp.812-813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1222815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00676458v3</w:t>
+                <w:t xml:space="preserve">hal-00750347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field Test of Classical Symmetric Encryption with Continuous Variable Quantum Key Distribution</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preserving quantum nondemolition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.20.014030⟩</w:t>
+              <w:t xml:space="preserve">Physics today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 65 (4), pp.11 - 12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/PT.3.1503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00663595v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room for Just One Photon</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Field Test of Classical Symmetric Encryption with Continuous Variable Quantum Key Distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jouguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kunz-Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1222815⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (13), pp.14030-14041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.20.014030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00750347v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00663595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserving quantum nondemolition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Homodyne estimation of Gaussian quantum discord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco G. Genoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Etesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo G. A. Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics today</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 65 (4), pp.11 - 12. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (18), pp.180402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/PT.3.1503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.180402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712595v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00676458v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating non-Gaussian states using collisions between Rydberg polaritons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Observation and Measurement of Interaction-Induced Dispersive Optical Nonlinearities in an Ensemble of Cold Rydberg Atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jovica Stanojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Pillet</w:t>
+                <w:t xml:space="preserve">Andrew J. Hilliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Nogrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.86.021403⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109, pp.233602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.233602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00749490v1</w:t>
+                <w:t xml:space="preserve">hal-00822984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a pi-phase shift quantum gate for coherent-state qubits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ferreyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 14, pp.013017. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1367-2630/14/1/013017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00749549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation and Measurement of Interaction-Induced Dispersive Optical Nonlinearities in an Ensemble of Cold Rydberg Atoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Generating non-Gaussian states using collisions between Rydberg polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Parigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bimbard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andrew J. Hilliard</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Nogrette</w:t>
+                <w:t xml:space="preserve">Pierre Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109, pp.233602. </w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (2), pp.021403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.233602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.86.021403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822984v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00749490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Etesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5272,784 +5272,784 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00749512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling the single-diamond nitrogen-vacancy color center photoluminescence spectrum with a Fabry–Perot microcavity</w:t>
+                <w:t xml:space="preserve">Time-resolved detection of relative intensity squeezed nanosecond pulses in a Rb87 vapor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Dumeige</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Alleaume</w:t>
+                <w:t xml:space="preserve">Imad H. Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Giarmatzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Glorieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 13, pp.42011</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 13 (4), pp.043030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/13/4/043030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02286248v1</w:t>
+                <w:t xml:space="preserve">hal-00566399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental realization of a nondeterministic optical noiseless amplifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ferreyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83 (6), pp.063801. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.83.063801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00624758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved detection of relative intensity squeezed nanosecond pulses in a Rb87 vapor</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Make It Quantum and Continuous</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/13/4/043030⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 332 (6027), pp.313-314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1204814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00566399v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00624771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Make It Quantum and Continuous</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlling the single-diamond nitrogen-vacancy color center photoluminescence spectrum with a Fabry–Perot microcavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dumeige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Roch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13, pp.42011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00624771v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02286248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling the quantum state of a single photon emitted from a single polariton</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Controling the single-diamond nitrogen-vacancy color center photoluminescence spectrum with a Fabry-Perot microcavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dumeige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Roch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 84, pp.053830. </w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13, pp.025015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.053830⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/13/2/025015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00674751v1</w:t>
+                <w:t xml:space="preserve">hal-00578573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controling the single-diamond nitrogen-vacancy color center photoluminescence spectrum with a Fabry-Perot microcavity</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Controlling the quantum state of a single photon emitted from a single polariton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 13, pp.025015. </w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84, pp.053830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/13/2/025015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.053830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00578573v1</w:t>
+                <w:t xml:space="preserve">hal-00674751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous-variable quantum-key-distribution protocols with a non-Gaussian modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6096,130 +6096,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-resolved detection of relative-intensity squeezed nanosecond pulses in an (87)Rb vapor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad H. Agha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Giarmatzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Glorieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 13, pp.043030. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1367-2630/13/4/043030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00624767v1</w:t>
@@ -6230,90 +6230,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nondeterministic noiseless amplification of optical signals: a review of recent experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ferreyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6366,987 +6366,987 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00624762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual neutral atoms using Rydberg blockade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-Gaussianity of quantum states: an experimental test on single-photon added coherent states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatjana Wilk</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+                <w:t xml:space="preserve">Nicolò Spagnolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco G. Genoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.010502⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82, pp.063833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.82.063833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508934v1</w:t>
+                <w:t xml:space="preserve">hal-00546533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of pulsed and continuous-wave squeezed light with 87 Rb vapor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Messin</w:t>
+                <w:t xml:space="preserve">Analysis of the entanglement between two individual atoms using global Raman rotations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12, pp.065040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/12/6/065040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509133v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00508991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum repeaters with entangled coherent states</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Entanglement of two individual neutral atoms using Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Sangouard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.27.00A137⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 104, pp.010502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.010502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553565v1</w:t>
+                <w:t xml:space="preserve">hal-00508934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent excitation of a single atom to a Rydberg state</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charles Evellin</w:t>
+                <w:t xml:space="preserve">A simple proof that Gaussian attacks are optimal among collective attacks against continuous-variable quantum key distribution with a Gaussian modulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 82, pp.013405. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.82.013405⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 81, pp.062314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.81.062314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553551v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Gaussianity of quantum states: an experimental test on single-photon added coherent states</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Finite-size analysis of a continuous-variable quantum key distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grosshans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 82, pp.063833. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.82.063833⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 81, pp.062343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.81.062343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00546533v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the entanglement between two individual atoms using global Raman rotations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+                <w:t xml:space="preserve">Quantum repeaters with entangled coherent states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sangouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laurat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 12, pp.065040. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27, pp.A137-A145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/12/6/065040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.27.00A137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00508991v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple proof that Gaussian attacks are optimal among collective attacks against continuous-variable quantum key distribution with a Gaussian modulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+                <w:t xml:space="preserve">Coherent excitation of a single atom to a Rydberg state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Comparat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 81, pp.062314. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.81.062314⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 82, pp.013405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.82.013405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553558v1</w:t>
+                <w:t xml:space="preserve">hal-00553551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite-size analysis of a continuous-variable quantum key distribution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grosshans</w:t>
+                <w:t xml:space="preserve">Generation of pulsed and continuous-wave squeezed light with 87 Rb vapor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad H. Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Messin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18, pp.4198</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553554v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the atom number distribution in an optical tweezer using single-photon counting</w:t>
               </w:r>
@@ -7371,51 +7371,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 82, pp.23623 / arXiv:0805.3510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7449,103 +7449,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ferreyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 104, pp.123603. </w:t>
@@ -7711,1199 +7711,1203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of collective excitation of two individual atoms in the Rydberg blockade regime</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improvement of continuous-variable quantum key distribution systems by using optical preamplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 42, pp.114014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508999v1</w:t>
+                <w:t xml:space="preserve">hal-00553544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field test of a continuous-variable quantum key distribution prototype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Debuisschert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Villing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11, pp.045023. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1367-2630/11/4/045023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00553585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconditional security proof of long-distance continuous-variable quantum key distribution with discrete modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 102 (18), pp.180504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.180504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00459177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of continuous-variable quantum key distribution systems by using optical preamplifiers</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Preparing non-local superpositions of quasi-classical light states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5, pp.189-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys1199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553544v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00551638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparing non-local superpositions of quasi-classical light states</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The SECOQC quantum key distribution network in Vienna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Peev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Barreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nphys1199⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11, pp.075001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/11/7/075001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00551638v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Security of continuous-variable quantum key distribution: towards a de Finetti theorem for rotation symmetry in phase space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Karpov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cerf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11, pp.115009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1367-2630/11/11/115009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00554926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SECOQC quantum key distribution network in Vienna</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Alleaume</w:t>
+                <w:t xml:space="preserve">A multimode model for projective photon-counting measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Barreiro</w:t>
+                <w:t xml:space="preserve">Aurelien Dantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bouda</w:t>
+                <w:t xml:space="preserve">Martijn Wubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 80 (1), pp.013806</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00559693v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multimode model for projective photon-counting measurements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+                <w:t xml:space="preserve">Observation of collective excitation of two individual atoms in the Rydberg blockade regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Dantan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martijn Wubs</w:t>
+                <w:t xml:space="preserve">Matthieu Viteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5, pp.115-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys1183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00361946v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00508999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy distribution and cooling of a single atom in an optical tweezer</w:t>
+                <w:t xml:space="preserve">Wheeler's delayed-choice thought experiment: Experimental realization and theoretical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Tuchendler</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grosshans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Aspect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.78.033425⟩</w:t>
+              <w:t xml:space="preserve">Annales de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 32 (2-3), pp.195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/anphys:2008041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509055v1</w:t>
+                <w:t xml:space="preserve">hal-00179093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delayed-choice test of complementarity with single photons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Treussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8918,3268 +8922,3264 @@
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 100 (22), pp.220402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.100.220402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00202608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional reconciliation for continuous-variable quantum key distribution</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Illustration of quantum complementarity using single photons interfering on a grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Boutros</w:t>
+                <w:t xml:space="preserve">V. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Zemor</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N.D. Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dréau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.042325⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10, pp.123009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/10/12/123009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00270517v1</w:t>
+                <w:t xml:space="preserve">hal-00570459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illustration of quantum complementarity using single photons interfering on a grating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Diep Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dingwei Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 10 (12), pp.123009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1367-2630/10/12/123009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wheeler's delayed-choice thought experiment: Experimental realization and theoretical analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multidimensional reconciliation for continuous-variable quantum key distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Boutros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Zemor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 77 (4), pp.042325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.042325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/anphys:2008041⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00179093v1</w:t>
+                <w:t xml:space="preserve">hal-00270517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illustration of quantum complementarity using single photons interfering on a grating</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Dréau</w:t>
+                <w:t xml:space="preserve">Nonclassical photon statistics in a single nickel-nitrogen diamond color center photoluminescence at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Zheng</w:t>
+                <w:t xml:space="preserve">J.R. Rabeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Chauvat</w:t>
+                <w:t xml:space="preserve">F. Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/10/12/123009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 55 (17), pp.2893 - 2901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09500340802267118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00570459v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonclassical photon statistics in a single nickel-nitrogen diamond color center photoluminescence at room temperature</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Treussart</w:t>
+                <w:t xml:space="preserve">Quantum leaps in small steps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Calarco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Zeng</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Andreas Wallraff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Zoller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09500340802267118⟩</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4, pp.2-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00559707v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00570446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum leaps in small steps</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tommaso Calarco</w:t>
+                <w:t xml:space="preserve">Energy distribution and cooling of a single atom in an optical tweezer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Matheson Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Peter Zoller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 4, pp.2-3. </w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78, pp.033425 / arXiv: 0805.3510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nphys818⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.78.033425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00570446v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing entanglement between Gaussian states by coherent photon subtraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Femtosecond Ti:sapphire cryogenic amplifier with high gain and MHz repetition rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Dantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laurat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 15 (14), pp.8864-8870</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00090186v4</w:t>
+                <w:t xml:space="preserve">hal-00689672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femtosecond Ti:sapphire cryogenic amplifier with high gain and MHz repetition rate</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+                <w:t xml:space="preserve">Experimental realization of Wheeler's delayed-choice GedankenExperiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grosshans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Treussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 315 (5814), pp.966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1136303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00689672v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental realization of Wheeler's delayed-choice GedankenExperiment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Grangier</w:t>
+                <w:t xml:space="preserve">Experimental implementation of non-Gaussian attacks on a continuous-variable quantum key distribution system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lodewyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Garcia-Patron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1136303⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 98, pp.030503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.030503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00110392v1</w:t>
+                <w:t xml:space="preserve">hal-00509168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental implementation of non-Gaussian attacks on a continuous-variable quantum key distribution system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas J. Cerf</w:t>
+                <w:t xml:space="preserve">Diffraction-limited optics for single-atom manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lamare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.030503⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75, pp.013406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.75.013406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509168v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction-limited optics for single-atom manipulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P Fournet</w:t>
+                <w:t xml:space="preserve">Two-dimensional transport and transfer of a single atomic qubit in optical tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.75.013406⟩</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509083v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional transport and transfer of a single atomic qubit in optical tweezers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId308" w:history="1">
+                <w:t xml:space="preserve">Fast Quantum State Control of a Single Trapped Neutral Atom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew P. A. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Beugnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junxiang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Messin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nphys698⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75, pp.040301(R). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.75.040301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509079v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00096007v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Quantum State Control of a Single Trapped Neutral Atom</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Messin</w:t>
+                <w:t xml:space="preserve">Room temperature triggered single-photon source in the near infrared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Rabeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heping Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.75.040301⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 9, pp.434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/9/12/434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00096007v2</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00167036v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room temperature triggered single-photon source in the near infrared</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation of optical 'Schrödinger cats' from photon number states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyunseok Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/9/12/434⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 448, pp.784-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature06054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00167036v2</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00689675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of optical 'Schrödinger cats' from photon number states</w:t>
+                <w:t xml:space="preserve">Increasing entanglement between Gaussian states by coherent photon subtraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Dantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 98, pp.030502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.030502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature06054⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00689675v1</w:t>
+                <w:t xml:space="preserve">hal-00090186v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a pulsed continuous variable quantum memory</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Pinard</w:t>
+                <w:t xml:space="preserve">Quantum homodyne tomography of a two-photon Fock state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 96, pp.213601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.96.213601⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00016139v2</w:t>
+                <w:t xml:space="preserve">hal-00509115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A frequency-doubled, pulsed laser system for rubidium manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Dingjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jos Dingjan</w:t>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew P. A. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bergamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 82, pp.47-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00340-005-2027-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00509096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum homodyne tomography of a two-photon Fock state</w:t>
+                <w:t xml:space="preserve">Generating Optical Schrödinger Kittens for Quantum Information Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.96.213601⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 312 (5770), pp.83-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1122858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509115v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating Optical Schrödinger Kittens for Quantum Information Processing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Laurat</w:t>
+                <w:t xml:space="preserve">Narrow-band single-photon emission in the near infrared for quantum key distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heping Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14 (3), pp.1296-1303</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508276v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00014015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narrow-band single-photon emission in the near infrared for quantum key distribution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Treussart</w:t>
+                <w:t xml:space="preserve">Quantum interference between two single photons emitted by independently trapped atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew P.A. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Dingjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Messin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 14 (3), pp.1296-1303</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 440, pp.779</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00014015v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum interference between two single photons emitted by independently trapped atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+                <w:t xml:space="preserve">Dynamics of a pulsed continuous variable quantum memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Dantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cviklinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew P.A. Jones</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Pinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 440, pp.779</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73, pp.032338</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00107420v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00016139v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum logic via optimal control in holographic dipole traps</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Controlled Single-Photon Emission from a Single Trapped Two-Level Atom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew P.A. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Dingjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Bergamini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optics B Quantum and Semiclassical Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 7, pp.S341</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 309, pp.454</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509106v1</w:t>
+                <w:t xml:space="preserve">hal-00094645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved homodyne characterization of individual quadrature-entangled pulses</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+                <w:t xml:space="preserve">Quantum logic via optimal control in holographic dipole traps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uve Dorner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Calarco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Zoller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 32, pp.391-396</w:t>
+              <w:t xml:space="preserve">Journal of Optics B Quantum and Semiclassical Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 7, pp.S341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00122188v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled Single-Photon Emission from a Single Trapped Two-Level Atom</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Silvia Bergamini</w:t>
+                <w:t xml:space="preserve">Single-photon wavefront-splitting interference: An illustration of the light quantum in action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Toury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aspect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 35 (3), pp.561-565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjd/e2005-00201-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00094645v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-photon wavefront-splitting interference: An illustration of the light quantum in action</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time-resolved homodyne characterization of individual quadrature-entangled pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Wenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 35 (3), pp.561-565. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 32, pp.391-396</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034417v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00122188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling excess noise in fiber optics continuous variables quantum key distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lodewyck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Debuisschert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12220,450 +12220,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00509172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposal for a loophole-free Bell test using homodyne detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pulsed squeezed vacuum characterization without homodyning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Wenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Garcia-Patron Sanchez</w:t>
+                <w:t xml:space="preserve">J. Fiurasek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Fiurasek</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">N. J. Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 70, pp.053812</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509177v1</w:t>
+                <w:t xml:space="preserve">hal-00012424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed squeezed vacuum characterization without homodyning</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Holographic generation of micro-trap arrays for single atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Bergamini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew P.A. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Jacubowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 70, pp.053812</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 21, pp.1889</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00012424v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holographic generation of micro-trap arrays for single atoms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proposal for a loophole-free Bell test using homodyne detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Darquié</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+                <w:t xml:space="preserve">R. Garcia-Patron Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fiurasek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. J. Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Wenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 93 (13), pp.130409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1834431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509110v1</w:t>
+                <w:t xml:space="preserve">hal-00509177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed homodyne measurements of femtosecond squeezed pulses generated by single-pass parametric deamplification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12701,103 +12701,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental open air quantum key distribution with a single photon source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Alléaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Treussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Messin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dumeige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 6, pp.92. </w:t>
@@ -12835,64 +12835,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-gaussian statistics from individual pulses of squeezed light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12939,103 +12939,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum key distribution using gaussian-modulated coherent states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles van Assche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 421, pp.238-241</w:t>
@@ -13064,103 +13064,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-rate quantum cryptography using Gaussian-modulated coherent states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. van Assche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. J. Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 421, pp.238-241</w:t>
@@ -13271,90 +13271,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual Entanglement and Reconciliation Protocols for Quantum Cryptography with Continuous Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13392,90 +13392,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximal Violation of Bell Inequalities using Continuous Variables Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Hafezi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13516,152 +13516,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00012425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room temperature stable single-photon source</w:t>
+                <w:t xml:space="preserve">Single photon quantum cryptography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexios Beveratos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergei Kuehn</w:t>
+                <w:t xml:space="preserve">Rosa Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosa Brouri</w:t>
+                <w:t xml:space="preserve">Thierry Gacoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Villing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 89(18), pp.187901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.89.187901⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509136v1</w:t>
+                <w:t xml:space="preserve">hal-00509134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditional quantum logic using two atomic qubits</w:t>
               </w:r>
@@ -13764,51 +13773,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous variable quantum cryptography using coherent states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13849,1329 +13858,1320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00509124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single photon quantum cryptography</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Operation of quantum phase gate using neutral atoms in microscopic dipole trap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor E. Protsenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 89(18), pp.187901. </w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 65(5), pp.052301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.89.187901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.65.052301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509134v1</w:t>
+                <w:t xml:space="preserve">hal-00554189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operation of quantum phase gate using neutral atoms in microscopic dipole trap</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Igor E. Protsenko</w:t>
+                <w:t xml:space="preserve">Collisional blockade in microscopic optical dipole traps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Reymond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 65(5), pp.052301. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 89 (2), pp.023005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.65.052301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.89.023005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554189v1</w:t>
+                <w:t xml:space="preserve">hal-00554211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional blockade in microscopic optical dipole traps</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Room temperature stable single-photon source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexios Beveratos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Kuehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gacoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 18(2), pp.191</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554211v1</w:t>
+                <w:t xml:space="preserve">hal-00509136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective quantum efficiency in the pulsed homodyne detection of a n-photon state</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Quantum cloning and teleportation criteria for continuous quantum variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 64, pp.010301(R). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.64.010301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554233v1</w:t>
+                <w:t xml:space="preserve">hal-00509127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-poissonian loading of single atoms in a microscopic dipole trap</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Igor E. Protsenko</w:t>
+                <w:t xml:space="preserve">Nonclassical radiation from diamond nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexios Beveratos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gacoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 64, pp.061802(R). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.64.061802⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00554215v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum cloning and teleportation criteria for continuous quantum variables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grosshans</w:t>
+                <w:t xml:space="preserve">Sub-poissonian loading of single atoms in a microscopic dipole trap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor E. Protsenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 411, pp.1024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509127v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00554215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonclassical radiation from diamond nanocrystals</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+                <w:t xml:space="preserve">Effective quantum efficiency in the pulsed homodyne detection of a n-photon state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 14, pp.119-125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.64.061802⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00509137v1</w:t>
+                <w:t xml:space="preserve">hal-00554233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical Petermann K Factor for Intensity Noise Squeezing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum intensity noise of laser diodes and nonorthogonal spatial eigenmodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. M. van Der Lee</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tiejun Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 61 (4), pp.043807. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.61.043807⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554272v1</w:t>
+                <w:t xml:space="preserve">hal-00554291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single photon generation by pulsed excitation of a single dipole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexios Beveratos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 62, pp.063817. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.62.063817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00509183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum intensity noise of laser diodes and nonorthogonal spatial eigenmodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
+                <w:t xml:space="preserve">Photon antibunching in the fluorescence of individual color centers in diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexios Beveratos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiejun Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 25, pp.1294</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00554291v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photon antibunching in the fluorescence of individual color centers in diamond</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
+                <w:t xml:space="preserve">Quantum noise of laser diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 25, pp.1294</w:t>
+              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 47, pp.2841</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509140v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00554275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum noise of laser diodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
+                <w:t xml:space="preserve">Critical Petermann K Factor for Intensity Noise Squeezing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. van Der Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. J. Van Druten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. P. Van Exter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Woerdman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 47, pp.2841</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 85 (22), pp.4711</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00554275v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00554272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial quantum noise of semiconductor lasers</w:t>
               </w:r>
@@ -15209,51 +15209,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Z. Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Giacobino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 16 (11), pp.2140-2146. </w:t>
@@ -15419,373 +15419,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00558788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensity noise reduction using phase-amplitude coupling in a DFB diode laser</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId407" w:history="1">
+                <w:t xml:space="preserve">Spatial quantum noise of laser diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiejun Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 15 (6), pp.1757-1761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.15.001757⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00558822v1</w:t>
+                <w:t xml:space="preserve">hal-00558810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum-nondemolition measurements using cold trapped atoms: Comparison between theory and experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Sinatra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grelu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 57, pp.2980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.57.2980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00558983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial quantum noise of laser diodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
+                <w:t xml:space="preserve">Intensity noise reduction using phase-amplitude coupling in a DFB diode laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiejun Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 148, pp.180</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.15.001757⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00558810v1</w:t>
+                <w:t xml:space="preserve">hal-00558822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving quantum-noise reduction with spatially multimode squeezed light</w:t>
               </w:r>
@@ -15875,64 +15875,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear absorption and dispersion of cold Rb 87 atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony van Der Veldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grelu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15991,51 +15991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of anticorrelated modal noise in a quasi single-mode laser diode with a Michelson interferometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16134,51 +16134,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Giacobino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.C. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 75, pp.4606. </w:t>
@@ -16210,320 +16210,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00558942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of quantum non-demolition measurements in optics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
+                <w:t xml:space="preserve">Back-action-induced Squeezed Light in a Detuned Quantum Non-demolition Scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grelu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Castelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. A. Lugiato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/anphys:01994001903026500⟩</w:t>
+              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 41 (12), pp.2241 - 2257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09500349414552111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00558995v1</w:t>
+                <w:t xml:space="preserve">hal-00559071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Back-action-induced Squeezed Light in a Detuned Quantum Non-demolition Scheme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of quantum non-demolition measurements in optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 19 (3), pp.265-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/anphys:01994001903026500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09500349414552111⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00559071v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00558995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-shot-noise manipulation of light using semiconductor emitters and receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16570,51 +16570,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental realization of a quantum optical tap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16763,605 +16763,605 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00870996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-photon double-beam optical bistability in the dispersive regime</w:t>
+                <w:t xml:space="preserve">Characterization of nonideal quantum non-demolition measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.M. Pessina</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Michel Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.46.2735⟩</w:t>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 89 (1), pp.99-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0030-4018(92)90254-O⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00559091v1</w:t>
+                <w:t xml:space="preserve">hal-00559019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum-nondemolition measurements using ghost transitions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Klaus M. Gheri</w:t>
+                <w:t xml:space="preserve">Quantum non-demolition measurements in optics: a review and some recent experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniel F. Walls</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Reynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1992, 46, pp.4276-4285. </w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 55 (3), pp.291-297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.46.4276⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/BF00325017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00559005v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum non-demolition measurements in optics: a review and some recent experimental results</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gérard Roger</w:t>
+                <w:t xml:space="preserve">Quantum-nondemolition measurements using ghost transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus M. Gheri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Serge Reynaud</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel F. Walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/BF00325017⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 46, pp.4276-4285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.46.4276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00559094v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of nonideal quantum non-demolition measurements</w:t>
+                <w:t xml:space="preserve">Two-photon double-beam optical bistability in the dispersive regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. A. Lugiato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.M. Pessina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0030-4018(92)90254-O⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 46, pp.2735-2743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.46.2735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00559019v1</w:t>
+                <w:t xml:space="preserve">hal-00559091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum fluctuations in optical bistability: calculations from linear response theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hilico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Reynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 83 (3-4), pp.251-256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17401,312 +17401,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00559027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of backaction-evading measurement of an optical intensity in a three-level atomic nonlinear system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High efficiency multipass Ti:Sapphire amplifiers for continuous wave single mode laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederick Estable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 16 (3), pp.144</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00559097v1</w:t>
+                <w:t xml:space="preserve">hal-00691664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High efficiency multipass Ti:Sapphire amplifiers for continuous wave single mode laser</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Observation of backaction-evading measurement of an optical intensity in a three-level atomic nonlinear system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Roger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 66, pp.1418-1421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.66.1418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00691664v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulse propagation near zero group velocity dispersion in a femtosecond dye laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Salin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17744,77 +17744,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonreciprocal phase shift in a femtosecond dye laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Salin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17878,64 +17878,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum correlations and non-demolition measurements using two-photon non-linearities in optical cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Reynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1989, 72 (6), pp.387-392. </w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17981,77 +17981,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NON SYMMETRICAL N = 2 SOLITONS IN A FEMTOSECOND DYE LASER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Salin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18213,51 +18213,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum beats in continuously excited atomic cascades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aspect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dalibard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18368,64 +18368,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vigué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Aspect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique Lettres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1981, 42 (24), pp.531-535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18503,103 +18503,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QOSST: A Highly Modular Open Source Platform for Continuous Variable Quantum Key Distribution Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Marulanda Acosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gouraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantum 2.0 Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rotterdam, Netherlands. pp.QTh4B.4, </w:t>
@@ -18654,198 +18654,198 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEQW 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Milan, Italy</w:t>
+              <w:t xml:space="preserve">Conference on Quantum Foundations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Vaxjo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567808v1</w:t>
+                <w:t xml:space="preserve">hal-04567812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Quantum Foundations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Vaxjo, Sweden</w:t>
+              <w:t xml:space="preserve">CEQW 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567812v1</w:t>
+                <w:t xml:space="preserve">hal-04567808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-speed continuous-variable quantum key distribution with advanced digital signal processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fruleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18909,77 +18909,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CV-QKD Receiver Platform Based On A Silicon Photonic Integrated Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19060,487 +19060,487 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Quantum Foundations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Cordoba, Argentina</w:t>
+              <w:t xml:space="preserve">Fondements de la Physique quantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Moulin d’Andé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567816v1</w:t>
+                <w:t xml:space="preserve">hal-04567990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Versatile PIC-based CV-QKD receiver</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Integrated Quantum Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lyngby, Denmark</w:t>
+              <w:t xml:space="preserve">DICE 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Castiglioncello, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836637v1</w:t>
+                <w:t xml:space="preserve">hal-04567823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fondements de la Physique quantique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Moulin d’Andé, France</w:t>
+              <w:t xml:space="preserve">Conference on Quantum Foundations, 13-17 juin 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Vaxjo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567990v1</w:t>
+                <w:t xml:space="preserve">hal-04567833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Versatile PIC-based CV-QKD receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Piétri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Schiavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Rhouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DICE 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Castiglioncello, Italy</w:t>
+              <w:t xml:space="preserve">International Conference on Integrated Quantum Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lyngby, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567823v1</w:t>
+                <w:t xml:space="preserve">hal-03836637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexts, systems and modalities in Quantum physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Quantum Foundations, 13-17 juin 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Vaxjo, Sweden</w:t>
+              <w:t xml:space="preserve">Conference on Quantum Foundations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Cordoba, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567833v1</w:t>
+                <w:t xml:space="preserve">hal-04567816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demonstration of Probabilistic Constellation Shaping for Continuous Variable Quantum Key Distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Roumestan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amirhossein Ghazisaeidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Renaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Brindel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communication Conference (OFC) 2021, OSA Technical Digest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Washington, DC, United States. pp.F4E.1, </w:t>
@@ -19660,90 +19660,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Rate Continuous Variable Quantum Key Distribution Based on Probabilistically Shaped 64 and 256-QAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Roumestan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amirhossein Ghazisaeidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Renaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 European Conference on Optical Communication (ECOC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bordeaux, France. pp.1-4, </w:t>
@@ -19913,372 +19913,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum communications with gaussian and non-gaussian quantum states of the light</w:t>
+                <w:t xml:space="preserve">From Bell’s inequalities to Quantum Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Cryptography with Continuous Variables Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">Entanglement : from experimental tests of Bell’s inequalities to quantum information colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Cerro Paranal, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567892v1</w:t>
+                <w:t xml:space="preserve">hal-04567764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual inferences in quantum physics</w:t>
+                <w:t xml:space="preserve">Contextual inferences, nonlocality, and the incompleteness of quantum mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Foundations and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Vaxjo, Sweden</w:t>
+              <w:t xml:space="preserve">Conference on Quantum Foundations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Santiago, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567883v1</w:t>
+                <w:t xml:space="preserve">hal-04567755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Bell’s inequalities to Quantum Technologies</w:t>
+                <w:t xml:space="preserve">Quantum communications with gaussian and non-gaussian quantum states of the light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entanglement : from experimental tests of Bell’s inequalities to quantum information colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Cerro Paranal, Chile</w:t>
+              <w:t xml:space="preserve">Quantum Cryptography with Continuous Variables Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567764v1</w:t>
+                <w:t xml:space="preserve">hal-04567879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual inferences, nonlocality, and the incompleteness of quantum mechanics</w:t>
+                <w:t xml:space="preserve">Quantum communications with gaussian and non-gaussian quantum states of the light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Quantum Foundations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Santiago, Chile</w:t>
+              <w:t xml:space="preserve">Quantum Cryptography with Continuous Variables Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567755v1</w:t>
+                <w:t xml:space="preserve">hal-04567892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum communications with gaussian and non-gaussian quantum states of the light</w:t>
+                <w:t xml:space="preserve">Contextual inferences in quantum physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Cryptography with Continuous Variables Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Quantum Foundations and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Vaxjo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567879v1</w:t>
+                <w:t xml:space="preserve">hal-04567883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Bell’s inequalities to Quantum Technologies</w:t>
               </w:r>
@@ -20396,96 +20396,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les technologies quantiques</w:t>
+                <w:t xml:space="preserve">Recent progress in Continuous Variable Quantum Key Distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université d'été de la CPU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Laser Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567730v1</w:t>
+                <w:t xml:space="preserve">hal-04567728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum optical engineering</w:t>
               </w:r>
@@ -20534,575 +20534,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent progress in Continuous Variable Quantum Key Distribution</w:t>
+                <w:t xml:space="preserve">Recovering the Quantum Formalism from Physically Realist Axioms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Nottingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Hong Kong Workshop on Quantum Information and Foundations: Focus on the Physics of the Observer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567728v1</w:t>
+                <w:t xml:space="preserve">hal-01716525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovering the Quantum Formalism from Physically Realist Axioms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hong Kong Workshop on Quantum Information and Foundations: Focus on the Physics of the Observer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Hong Kong, China</w:t>
+              <w:t xml:space="preserve">Towards Ultimate Quantum Theory (UQT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Vaxjo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716525v1</w:t>
+                <w:t xml:space="preserve">hal-04567718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovering the Quantum Formalism from Physically Realist Axioms</w:t>
+                <w:t xml:space="preserve">Recent progress in Continuous Variable Quantum Key Distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Towards Ultimate Quantum Theory (UQT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Vaxjo, Sweden</w:t>
+              <w:t xml:space="preserve">Colloque France-Japon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567718v1</w:t>
+                <w:t xml:space="preserve">hal-04567733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent progress in Continuous Variable Quantum Key Distribution</w:t>
+                <w:t xml:space="preserve">Les technologies quantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque France-Japon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Université d'été de la CPU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567733v1</w:t>
+                <w:t xml:space="preserve">hal-04567730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating and breeding optical Schrödinger’s cat states</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">2nd quantum revolution (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOURTH INTERNATIONAL CONFERENCE ON QUANTUM TECHNOLOGIES (ICQT-2017)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quantum engineering day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02410895v1</w:t>
+                <w:t xml:space="preserve">hal-01716520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovering the Quantum Formalism from Physically Realist Axioms (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foundations of Quantum Mechanics and Technology (FQMT ) International conference devoted to quantum theory, experiment and technology </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Vaxjo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2nd quantum revolution (Orale)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Generating and breeding optical Schrödinger’s cat states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demid Sychev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ulanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Pushkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Fedorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Richards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum engineering day</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FOURTH INTERNATIONAL CONFERENCE ON QUANTUM TECHNOLOGIES (ICQT-2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Moscow, Russia. pp.020018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5025456⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01716520v1</w:t>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rydberg Blockade, from quantum gates to quantum simulations (Orale)</w:t>
               </w:r>
@@ -21220,497 +21220,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities: A New Ontology for Quantum Mechanics (Orale)</w:t>
+                <w:t xml:space="preserve">Recovering the quantum formalism from physically realist axioms (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Z I F Workshop: The Message of Quantum Science II, How much have we learned in the past five years </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Bielefeld, Germany</w:t>
+              <w:t xml:space="preserve">FQMT’17, Frontiers of Quantum and Mesoscopic Thermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716522v1</w:t>
+                <w:t xml:space="preserve">hal-01716470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovering the quantum formalism from physically realist axioms (Orale)</w:t>
+                <w:t xml:space="preserve">Single-photon nonlinearities and Rydberg blockade (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FQMT’17, Frontiers of Quantum and Mesoscopic Thermodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Quantum Fluids of Light and Matter </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716470v1</w:t>
+                <w:t xml:space="preserve">hal-01716438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-photon nonlinearities and Rydberg blockade (Orale)</w:t>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities: A New Ontology for Quantum Mechanics (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Fluids of Light and Matter </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Cargèse, France</w:t>
+              <w:t xml:space="preserve">Z I F Workshop: The Message of Quantum Science II, How much have we learned in the past five years </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Bielefeld, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716438v1</w:t>
+                <w:t xml:space="preserve">hal-01716522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-Chip Detection and Modulation for Continuous-Variable Quantum Key Distribution (poster)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QCrypt 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">2nd International Conference "Quantum Foundations 2016"(ICQF16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Patna, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01737597v1</w:t>
+                <w:t xml:space="preserve">hal-01716385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (orale)</w:t>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference "Quantum Foundations 2016"(ICQF16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Patna, India</w:t>
+              <w:t xml:space="preserve">Conference "Quantum phenomena: Between the whole and the parts" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Gdansk, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId560" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01716385v1</w:t>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (Orale)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">On-Chip Detection and Modulation for Continuous-Variable Quantum Key Distribution (poster)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Persechino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Ziebell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Crozat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Villing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference "Quantum phenomena: Between the whole and the parts" </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Gdansk, Poland</w:t>
+              <w:t xml:space="preserve">QCrypt 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01716366v1</w:t>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum communications with Gaussian and non-Gaussian states of light (Orale)</w:t>
               </w:r>
@@ -21828,1355 +21828,1355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Light : a Brief Introduction (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using Non-Gaussian States of Light (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Light</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716302v1</w:t>
+                <w:t xml:space="preserve">hal-01716309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards On-Chip Continuous-Variable Quantum Key Distribution (Orale)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards optical quantum network (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEO/Europe 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t>
+              <w:t xml:space="preserve">SUSSP71: Frontiers in Quantum Dynamics &amp; Quantum Optics, 71st Scottish Univertities Smmer School in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01737543v1</w:t>
+                <w:t xml:space="preserve">hal-01716341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum optics with continuous variables (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum optics and quantum information using cold Rydberg atoms and polaritons (orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SUSSP71: Frontiers in Quantum Dynamics &amp; Quantum Optics, 71st Scottish Univertities Smmer School in Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">PHOTONICA 2015, International School and Conference on Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01716327v1</w:t>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum cryptography with discrete and continuous variables (Orale)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Few Photon Non-linearities using Rydberg Polaritons (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajiv Boddeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imam Usmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Grankin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SUSSP71: Frontiers in Quantum Dynamics &amp; Quantum Optics, 71st Scottish Univertities Smmer School in Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">Quantum Information Processing and Communication 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01716337v1</w:t>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Few Photon Non-linearities using Rydberg Polaritons (Orale)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Information Processing and Communication 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Leeds, United Kingdom</w:t>
+              <w:t xml:space="preserve">QuPoN 2015, The International Conference on Quantum Physics Of Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713144v1</w:t>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum optics and quantum information using cold Rydberg atoms and polaritons (orale)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards On-Chip Continuous-Variable Quantum Key Distribution (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Persechino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Ziebell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHOTONICA 2015, International School and Conference on Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">Quantum Information Processing and Communication 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713432v1</w:t>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using Non-Gaussian States of Light (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum computation and simulations using interacting Rydberg atoms (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">ThinkQ 2015 - Challenges and applications for medium size quantum computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716309v1</w:t>
+                <w:t xml:space="preserve">hal-01716531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards optical quantum network (Orale)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quantum optical non-linearities induced by Rydberg-Rydberg interactions: a perturbative approach (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Grankin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajiv Boddeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imam Usmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SUSSP71: Frontiers in Quantum Dynamics &amp; Quantum Optics, 71st Scottish Univertities Smmer School in Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">Quantum Information Processing and Communication 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716341v1</w:t>
+                <w:t xml:space="preserve">hal-01713155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum Optics and Quantum Communications with non-Gaussian States of Light (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QuPoN 2015, The International Conference on Quantum Physics Of Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713411v1</w:t>
+                <w:t xml:space="preserve">hal-01721199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards On-Chip Continuous-Variable Quantum Key Distribution (Orale)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Information Processing and Communication 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Leeds, United Kingdom</w:t>
+              <w:t xml:space="preserve"> Colloque des Treilles : Antinomies quantiques et réalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tourtour, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713169v1</w:t>
+                <w:t xml:space="preserve">hal-01716527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum computation and simulations using interacting Rydberg atoms (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum Light : a Brief Introduction (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ThinkQ 2015 - Challenges and applications for medium size quantum computers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, New York, United States</w:t>
+              <w:t xml:space="preserve">Light</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716531v1</w:t>
+                <w:t xml:space="preserve">hal-01716302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum optical non-linearities induced by Rydberg-Rydberg interactions: a perturbative approach (Orale)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum optics with continuous variables (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Information Processing and Communication 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Leeds, United Kingdom</w:t>
+              <w:t xml:space="preserve">SUSSP71: Frontiers in Quantum Dynamics &amp; Quantum Optics, 71st Scottish Univertities Smmer School in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713155v1</w:t>
+                <w:t xml:space="preserve">hal-01716327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Optics and Quantum Communications with non-Gaussian States of Light (Orale)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards On-Chip Continuous-Variable Quantum Key Distribution (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Ziebell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Persechino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Moscou, Russia</w:t>
+              <w:t xml:space="preserve">CLEO/Europe 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721199v1</w:t>
+                <w:t xml:space="preserve">hal-01737543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities: a new ontology for quantum mechanics (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum cryptography with discrete and continuous variables (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Colloque des Treilles : Antinomies quantiques et réalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Tourtour, France</w:t>
+              <w:t xml:space="preserve">SUSSP71: Frontiers in Quantum Dynamics &amp; Quantum Optics, 71st Scottish Univertities Smmer School in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716527v1</w:t>
+                <w:t xml:space="preserve">hal-01716337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum communications with Gaussian an non-Gaussian states of the light (Orale)</w:t>
+                <w:t xml:space="preserve">Contexts, Systems and Modalities : a new ontology for Quantum Mechanics (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kick off meeting Quantum Hub</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Exeter, United Kingdom</w:t>
+              <w:t xml:space="preserve">Foundations of Quantum Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Les treilles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721193v1</w:t>
+                <w:t xml:space="preserve">hal-01721197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using Non-Gaussian States of Light (Orale)</w:t>
+                <w:t xml:space="preserve">Using ensembles of cold Rydberg atoms to process single photon light pulses (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LPHYS'14, 23rd annual International Laser Physics Workshop </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Sofia, Bulgaria</w:t>
+              <w:t xml:space="preserve">Physics@FOM 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Veldhoven Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713373v1</w:t>
+                <w:t xml:space="preserve">hal-01713350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Optics and Quantum Communications with non-Gaussian States of Light (Orale)</w:t>
               </w:r>
@@ -23225,165 +23225,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexts, Systems and Modalities : a new ontology for Quantum Mechanics (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using Non-Gaussian States of Light (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foundations of Quantum Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Les treilles, France</w:t>
+              <w:t xml:space="preserve">LPHYS'14, 23rd annual International Laser Physics Workshop </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Sofia, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721197v1</w:t>
+                <w:t xml:space="preserve">hal-01713373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using ensembles of cold Rydberg atoms to process single photon light pulses (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using cold Rydberg atoms in an optical cavity (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics@FOM 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Veldhoven Netherlands</w:t>
+              <w:t xml:space="preserve">2nd International Workshop on Ultracold Rydberg Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Recife, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713350v1</w:t>
+                <w:t xml:space="preserve">hal-01721213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum optics and quantum information using cold Rydberg atoms in an optical cavity (Orale)</w:t>
               </w:r>
@@ -23432,96 +23432,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using cold Rydberg atoms in an optical cavity (Orale)</w:t>
+                <w:t xml:space="preserve">Quantum communications with Gaussian an non-Gaussian states of the light (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Workshop on Ultracold Rydberg Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Recife, Brazil</w:t>
+              <w:t xml:space="preserve">Kick off meeting Quantum Hub</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Exeter, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721213v1</w:t>
+                <w:t xml:space="preserve">hal-01721193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Optics and Quantum Information with Non-Gaussian States of Light (Orale)</w:t>
               </w:r>
@@ -23777,217 +23777,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01713322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Information Processing with Atomic and Photonic Qubits using Rydberg Blockade (Orale)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental long-distance continuous-variable quantum key distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jouguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kunz-Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Winter School on Rydberg states</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Obergurgl, Austria</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Information Processing and Communications (QIPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823087v1</w:t>
+                <w:t xml:space="preserve">hal-02288420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental long-distance continuous-variable quantum key distribution</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Information Processing with Atomic and Photonic Qubits using Rydberg Blockade (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Information Processing and Communications (QIPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Florence, Italy</w:t>
+              <w:t xml:space="preserve">Winter School on Rydberg states</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Obergurgl, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02288420v1</w:t>
+                <w:t xml:space="preserve">hal-00823087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental demonstration of continuous-variable quantum key distribution over 80 km of standard telecom fiber</w:t>
               </w:r>
@@ -23999,77 +23999,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jouguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kunz-Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Lasers and Electro-Optics-International Quantum Electronics Conference (CLEO-IQEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24088,3073 +24088,3073 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strengthening classical symmetric encyption with continuous-variable quantum key distribution</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, San Jose, United States</w:t>
+              <w:t xml:space="preserve">International Conference on Atomic Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02286583v1</w:t>
+                <w:t xml:space="preserve">hal-00756789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Etesse</w:t>
+                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AQIS 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Suzhou, China</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference on Quantum Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Easton, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822428v1</w:t>
+                <w:t xml:space="preserve">hal-00756803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions photoniques dans des nuages de Rydberg</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+                <w:t xml:space="preserve">Expanding the experimental frontiers of heralded operation for quantum communications ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Etesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Laboratoire de Physique de la Matière Condensée, Université de Nice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Nice, France</w:t>
+              <w:t xml:space="preserve">Continuous Variable Quantum Information Processing 2012 (CVQIP'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Frederiksdal, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756782v1</w:t>
+                <w:t xml:space="preserve">hal-00822361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous-variable quantum key distribution strengthening classical symmetric encryption</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second GdR IQFA Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ITN Coherence satellite workshop to ICAP conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02286582v1</w:t>
+                <w:t xml:space="preserve">hal-00756801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+                <w:t xml:space="preserve">Continuous-variable quantum key distribution strengthening classical symmetric encryption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Atomic Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Second GdR IQFA Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756789v1</w:t>
+                <w:t xml:space="preserve">hal-02286582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Etesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference on Quantum Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Easton, United States</w:t>
+              <w:t xml:space="preserve">Continuous Variable Quantum Information Processing 2012 (CVQIP'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Frederiksdal, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756803v1</w:t>
+                <w:t xml:space="preserve">hal-00822351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding the experimental frontiers of heralded operation for quantum communications ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Etesse</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Continuous Variable Quantum Information Processing 2012 (CVQIP'12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Frederiksdal, Denmark</w:t>
+              <w:t xml:space="preserve">Conference on Quantum Communication Measurement and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822361v1</w:t>
+                <w:t xml:space="preserve">hal-00822417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Information Processing with Atomic and Photonic Qubits using Rydberg Blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITN Coherence satellite workshop to ICAP conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">Gordon Conference on Quantum Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756801v1</w:t>
+                <w:t xml:space="preserve">hal-00749568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manipulating single atoms and single photons using cold Rydberg atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Continuous Variable Quantum Information Processing 2012 (CVQIP'12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Frederiksdal, Denmark</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Communications, Measurement and Computing (QCMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822351v1</w:t>
+                <w:t xml:space="preserve">hal-00749563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Etesse</w:t>
+                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Quantum Communication Measurement and Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Quantum Optics VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Piriapolis, Uruguay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822417v1</w:t>
+                <w:t xml:space="preserve">hal-00756812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating non-classical light using Rydberg interactions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Etesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Optics VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Piriapolis, Uruguay</w:t>
+              <w:t xml:space="preserve">QCRYPT 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Singapore, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756812v1</w:t>
+                <w:t xml:space="preserve">hal-00822443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Information Processing with Atomic and Photonic Qubits using Rydberg Blockade</w:t>
+                <w:t xml:space="preserve">Quantum Information Processing using Rydberg Blockade with Atoms in Optical Tweezers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Conference on Quantum Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Boston, United States</w:t>
+              <w:t xml:space="preserve">Winter School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Obergurgl, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00749568v1</w:t>
+                <w:t xml:space="preserve">hal-00749555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulating single atoms and single photons using cold Rydberg atoms</w:t>
+                <w:t xml:space="preserve">Quantum Communications with Continuous Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Communications, Measurement and Computing (QCMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Blaubeuren, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00749563v1</w:t>
+                <w:t xml:space="preserve">hal-00749559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Information Processing with Atomic and Photonic Qubits using Rydberg Blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QCRYPT 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Singapore, China</w:t>
+              <w:t xml:space="preserve">Quantum Optics VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Piriapolis, Uruguay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822443v1</w:t>
+                <w:t xml:space="preserve">hal-00823079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Information Processing using Rydberg Blockade with Atoms in Optical Tweezers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Study of few interacting atoms using optical tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Winter School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Obergurgl, Austria</w:t>
+              <w:t xml:space="preserve">IPS - SFP Joint Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00749555v1</w:t>
+                <w:t xml:space="preserve">hal-00678237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Communications with Continuous Variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strengthening classical symmetric encyption with continuous-variable quantum key distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Summer School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Blaubeuren, Germany</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, San Jose, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00749559v1</w:t>
+                <w:t xml:space="preserve">hal-02286583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Information Processing with Atomic and Photonic Qubits using Rydberg Blockade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the maximum transmission distance of continuous-variable quantum key distribution using a noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Etesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Optics VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Piriapolis, Uruguay</w:t>
+              <w:t xml:space="preserve">AQIS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Suzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823079v1</w:t>
+                <w:t xml:space="preserve">hal-00822428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of few interacting atoms using optical tweezers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions photoniques dans des nuages de Rydberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Parigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bimbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovica Stanojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPS - SFP Joint Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">Séminaire du Laboratoire de Physique de la Matière Condensée, Université de Nice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00678237v1</w:t>
+                <w:t xml:space="preserve">hal-00756782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renforcer la sécurité du chiffrement en couplant cryptographie quantique et cryptographie classique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Méthode de caractérisation de portes quantiques agissants sur des états cohérents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLOQ'12</w:t>
+              <w:t xml:space="preserve">COLOQ12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02278632v1</w:t>
+                <w:t xml:space="preserve">hal-00673056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Communications using Coherent Detection Schemes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A method for characterizing coherent-state quantum gates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Science and Technologies in Rovereto (Italy)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Roveretto, Italy</w:t>
+              <w:t xml:space="preserve">LPHYS11 (20 th International Laser Physics Workshop )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Sarajvo, Bosnia and Herzegovina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625638v1</w:t>
+                <w:t xml:space="preserve">hal-00673079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrication de deux atomes par blocage de Rydberg</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Entanglement of two atoms using the rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLOQ12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Marseilles, France</w:t>
+              <w:t xml:space="preserve">Pushing Frontiers in quantum information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00815395v1</w:t>
+                <w:t xml:space="preserve">hal-00815401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two atoms using the rydberg blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manipulating cold atoms in Rydberg states for quantum information processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pushing Frontiers in quantum information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Heidelberg, Germany</w:t>
+              <w:t xml:space="preserve">Engineering and Control of Quantum Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00815401v1</w:t>
+                <w:t xml:space="preserve">hal-00630630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de caractérisation de portes quantiques agissants sur des états cohérents</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Communications with Gaussian and non-Gaussian States of Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLOQ12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">International on Quantum Information (ICQI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00673056v1</w:t>
+                <w:t xml:space="preserve">hal-00625690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for characterizing coherent-state quantum gates</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical amplification in QI systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LPHYS11 (20 th International Laser Physics Workshop )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Sarajvo, Bosnia and Herzegovina</w:t>
+              <w:t xml:space="preserve">Symposium on Optical Implementation of Quantum Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00673079v1</w:t>
+                <w:t xml:space="preserve">hal-00627506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulating cold atoms in Rydberg states for quantum information processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A method for characterizing coherent-state quantum gates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering and Control of Quantum Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">LPHYS11 (20 th International Laser Physics Workshop )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Sarajevo, Bosnia and Herzegovina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00630630v1</w:t>
+                <w:t xml:space="preserve">hal-00822458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Communications with Gaussian and non-Gaussian States of Light</w:t>
+                <w:t xml:space="preserve">Quantum Communications using Coherent Detection Schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International on Quantum Information (ICQI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">Quantum Science and Technologies in Rovereto (Italy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Roveretto, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625690v1</w:t>
+                <w:t xml:space="preserve">hal-00625638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical amplification in QI systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Renforcer la sécurité du chiffrement en couplant cryptographie quantique et cryptographie classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Optical Implementation of Quantum Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">COLOQ'12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00627506v1</w:t>
+                <w:t xml:space="preserve">hal-02278632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for characterizing coherent-state quantum gates</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Barbieri</w:t>
+                <w:t xml:space="preserve">Intrication de deux atomes par blocage de Rydberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LPHYS11 (20 th International Laser Physics Workshop )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Sarajevo, Bosnia and Herzegovina</w:t>
+              <w:t xml:space="preserve">COLOQ12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Marseilles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822458v1</w:t>
+                <w:t xml:space="preserve">hal-00815395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field implementation of symmetric encryption with quantum key renewal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Debuisschert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continuous-variable quantum information processing (CV-QIP'11) Workshop and Hipercom Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Paris, France</w:t>
@@ -27177,407 +27177,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02286576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Cryptography with Continuous Variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-resolved detection of relative intensity squeezed nanosecond pulses in a 87Rb vapor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad H. Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Giarmatzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Messin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QCRYPT 2011: First Annual Conference on Quantum Cryptography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Zürich, Switzerland</w:t>
+              <w:t xml:space="preserve">EQEC 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Münich, Germany. pp.EA6_2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625694v1</w:t>
+                <w:t xml:space="preserve">hal-00818433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a π-phase shift quantum gate for coherent-state qubits</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Cryptography with Continuous Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur l'Information Quantique, Fondements &amp; Applications, GDR IQFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">QCRYPT 2011: First Annual Conference on Quantum Cryptography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Zürich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId624" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822355v1</w:t>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00625694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved detection of relative intensity squeezed nanosecond pulses in a 87Rb vapor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christina Giarmatzi</w:t>
+                <w:t xml:space="preserve">Characterization of a π-phase shift quantum gate for coherent-state qubits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaétan Messin</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EQEC 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Münich, Germany. pp.EA6_2</w:t>
+              <w:t xml:space="preserve">Colloque sur l'Information Quantique, Fondements &amp; Applications, GDR IQFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00818433v1</w:t>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00822355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entanglement of two ground state neutral atoms using Rydberg blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaétan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIII International Conference on Quantum Optics and Quantum Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Kyiv, Ukraine. pp.540</w:t>
@@ -27675,103 +27675,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg Blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Electron and Atom Collisions (ICPEAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Belfast, Ireland</w:t>
@@ -27794,5210 +27794,5266 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multimode model for projective photon-counting measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Dantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on cold Ion and Atom</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Sankarpur, India</w:t>
+              <w:t xml:space="preserve">7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Herrsching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553655v1</w:t>
+                <w:t xml:space="preserve">hal-00573725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with trapped individual atoms</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting on Rydberg physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Heidelberg, Germany</w:t>
+              <w:t xml:space="preserve">DPG Spring Meeting of the section AMOP - Hannover 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Hannover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553183v1</w:t>
+                <w:t xml:space="preserve">hal-00559635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cryptographie quantique à variables continues: garantir le secret sans compter les photons</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Mesures, Lasers, et Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-optics and Quantum Electronics and Lasers Science Conference (CLEO/QELS 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, San Jose, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02286575v1</w:t>
+                <w:t xml:space="preserve">hal-00642665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New adventures in non-Gaussian space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minerva Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Rehovot, Israel</w:t>
+              <w:t xml:space="preserve">19th International Laser Physics Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Foz do Iguaçu, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552254v1</w:t>
+                <w:t xml:space="preserve">hal-00570306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed and Continuous-Wave Squeezed Vacuum in a Rubidium Vapor</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, San Jose, United States. pp.QFJ1</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Obergurgl, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00818429v1</w:t>
+                <w:t xml:space="preserve">hal-00552258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A non-deterministic noiseless optical amplifier</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ferreyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Coherent and Nonlinear Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Kazan, Russia</w:t>
+              <w:t xml:space="preserve">7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Herrsching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570300v1</w:t>
+                <w:t xml:space="preserve">hal-00822465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New adventures in non-Gaussian space</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Information processing with continuous variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Laser Physics Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Foz do Iguaçu, Brazil</w:t>
+              <w:t xml:space="preserve">CV-QIP'10: 7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Herrsching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570306v1</w:t>
+                <w:t xml:space="preserve">hal-00553146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Implémentation d'un amplificateur optique sans bruit non-déterministe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Obergurgl, Austria</w:t>
+              <w:t xml:space="preserve">Conférence PAMO/JSM (organisé par la SFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552258v1</w:t>
+                <w:t xml:space="preserve">hal-00573722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-optics and Quantum Electronics and Lasers Science Conference (CLEO/QELS 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, San Jose, United States</w:t>
+              <w:t xml:space="preserve">Workshop on Cold Rydberg gases and Ultracold Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642665v1</w:t>
+                <w:t xml:space="preserve">hal-00552999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Quantum key distribution with continuous variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lodewyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Herrsching, Germany</w:t>
+              <w:t xml:space="preserve">Updating Quantum Cryprography and Communications (UQCC) Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822465v1</w:t>
+                <w:t xml:space="preserve">hal-02286577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Janik Wolters</w:t>
+                <w:t xml:space="preserve">Quantum cryptography and network security</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Roueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lutkenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Atomic Physics ICAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">Updating Quantum Cryptography and Communications Conference (UQCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553932v1</w:t>
+                <w:t xml:space="preserve">hal-02288358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updating quantum cryptography and communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Updating quantum cryptography and communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Optics QIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Obergurgl, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00625705v1</w:t>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum information processing with trapped individual atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Quantum Information and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00625701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimode model for projective photon-counting measurements</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Updating quantum cryptography and communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Herrsching, Germany</w:t>
+              <w:t xml:space="preserve">Updating quantum cryptography and communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId644" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573725v1</w:t>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00625705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DPG Spring Meeting of the section AMOP - Hannover 10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Hannover, Germany</w:t>
+              <w:t xml:space="preserve">22nd International Conference on Atomic Physics ICAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId645" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00559635v1</w:t>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information processing with continuous variables</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CV-QIP'10: 7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Herrsching, Germany</w:t>
+              <w:t xml:space="preserve">19th International Conference on Laser Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Kussharo, Japan. pp.63-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId646" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553146v1</w:t>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Schrödinger's Kittens and Non-Gaussian States of the Light: New Tools for Quantum Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Optics QIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Obergurgl, Austria</w:t>
+              <w:t xml:space="preserve">UQCC 2010 - Updating Quantum Cryptography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId647" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553922v1</w:t>
+            <w:hyperlink r:id="rId649" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00552987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implémentation d'un amplificateur optique sans bruit non-déterministe</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manipulation of small atom clouds in a microscopic dipole trap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Fuhrmanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence PAMO/JSM (organisé par la SFP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Orsay, France</w:t>
+              <w:t xml:space="preserve">22nd International Conference on Atomic Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId648" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573722v1</w:t>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
+                <w:t xml:space="preserve">Quantum information processing with neutral atoms using Rydberg blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Cold Rydberg gases and Ultracold Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">ICAP, 22nd International Conference on Atomic Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId649" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00552999v1</w:t>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00552156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum key distribution with continuous variables</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Updating Quantum Cryprography and Communications (UQCC) Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">10th European Conference on Atoms, Molecules and Photons - 4-9 July 2010 Palacio de Congreso Salamanca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId650" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02286577v1</w:t>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum cryptography and network security</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Lutkenhaus</w:t>
+                <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Updating Quantum Cryptography and Communications Conference (UQCC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Herrsching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId651" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288358v1</w:t>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation of small atom clouds in a microscopic dipole trap</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information with continuous variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Atomic Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Communication, Measurement and Computation (QCMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573723v1</w:t>
+                <w:t xml:space="preserve">hal-00552249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Laser Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Kussharo, Japan. pp.63-73</w:t>
+              <w:t xml:space="preserve">International quantum information congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573702v1</w:t>
+                <w:t xml:space="preserve">hal-00552210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schrödinger's Kittens and Non-Gaussian States of the Light: New Tools for Quantum Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UQCC 2010 - Updating Quantum Cryptography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">Cold Rydberg Gases and Ultracold Plasmas Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552987v1</w:t>
+                <w:t xml:space="preserve">hal-00553944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with neutral atoms using Rydberg blockade</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Intrication de deux atomes par le blocage de Rydberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAP, 22nd International Conference on Atomic Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">Congrès de la division "physique atomique et moléculaire et optique" de la Société Française de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552156v1</w:t>
+                <w:t xml:space="preserve">hal-00553937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Janik Wolters</w:t>
+                <w:t xml:space="preserve">La cryptographie quantique à variables continues: garantir le secret sans compter les photons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Conference on Atoms, Molecules and Photons - 4-9 July 2010 Palacio de Congreso Salamanca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Salamanca, Spain</w:t>
+              <w:t xml:space="preserve">Journée Mesures, Lasers, et Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553888v1</w:t>
+                <w:t xml:space="preserve">hal-02286575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a non-deterministic optical noiseless amplifier</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Workshop on Continuous-Variable Quantum Information Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Herrsching, Germany</w:t>
+              <w:t xml:space="preserve">Minerva Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Rehovot, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573720v1</w:t>
+                <w:t xml:space="preserve">hal-00552254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with trapped individual atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Rydberg Gases and Ultracold Plasmas Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">Meeting on Rydberg physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553944v1</w:t>
+                <w:t xml:space="preserve">hal-00553183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrication de deux atomes par le blocage de Rydberg</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Janik Wolters</w:t>
+                <w:t xml:space="preserve">A non-deterministic noiseless optical amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la division "physique atomique et moléculaire et optique" de la Société Française de Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Orsay, France</w:t>
+              <w:t xml:space="preserve">International Conference on Coherent and Nonlinear Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Kazan, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553937v1</w:t>
+                <w:t xml:space="preserve">hal-00570300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information with continuous variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pulsed and Continuous-Wave Squeezed Vacuum in a Rubidium Vapor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad H. Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Messin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Communication, Measurement and Computation (QCMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Brisbane, Australia</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, San Jose, United States. pp.QFJ1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552249v1</w:t>
+                <w:t xml:space="preserve">hal-00818429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International quantum information congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">International Conference on cold Ion and Atom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Sankarpur, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552210v1</w:t>
+                <w:t xml:space="preserve">hal-00553655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles Evellin</w:t>
+                <w:t xml:space="preserve">Controllable interactions between Rydberg atoms and ultracold plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Janik Wolters</w:t>
+                <w:t xml:space="preserve">Thibault Vogt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Viteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference on Atomic Physics in Tilton</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, New-Hampshire, United States</w:t>
+              <w:t xml:space="preserve">XXVI INTERNATIONAL CONFERENCE ON PHOTONIC, ELECTRONIC AND ATOMIC COLLISIONS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Western Michigan University, Kalamazoo, Michigan, United States. pp.012066</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573678v1</w:t>
+                <w:t xml:space="preserve">hal-00814863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+                <w:t xml:space="preserve">Collective excitation of two individual atoms in the Rydberg blockade regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Applied Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Scalable Quantum Computing with Light and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Cortina, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573705v1</w:t>
+                <w:t xml:space="preserve">hal-00553214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId667" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation of microclouds in an optical tweezer</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scalable Quantum Computing with Light and Atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Cargèse, Corse, France</w:t>
+              <w:t xml:space="preserve">QIPC 2009 International Conference Quantum Information Processing and Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId667" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573673v1</w:t>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00552202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum cryptography with continuous variables</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Quantum Cryptography with Finite Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference on Atomic Physics in Tilton</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, New-Hampshire, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553195v1</w:t>
+                <w:t xml:space="preserve">hal-00573678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two atoms using the Rydberg Blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Schrödinger's Kittens and Non-Gaussian States of the Light: New Tools for Quantum Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICOLS 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Kussharo Lake, Japan</w:t>
+              <w:t xml:space="preserve">Workshop on Single and Entangled Photons : Sources, Detectors, Components, and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Boulder, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570603v1</w:t>
+                <w:t xml:space="preserve">hal-00552976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two atoms using the Rydberg Blockade</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+                <w:t xml:space="preserve">Manipulation de champs quantiques mésoscopiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ferreyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on Quantum engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Monte Verità, Italy</w:t>
+              <w:t xml:space="preserve">Journée C'Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570596v1</w:t>
+                <w:t xml:space="preserve">hal-00642676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId672" w:history="1">
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controllable interactions between Rydberg atoms and ultracold plasma</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Démonstration d'un système de cryptographie quantique à variables continues sur un réseau fibré existant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVI INTERNATIONAL CONFERENCE ON PHOTONIC, ELECTRONIC AND ATOMIC COLLISIONS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Western Michigan University, Kalamazoo, Michigan, United States. pp.012066</w:t>
+              <w:t xml:space="preserve">COLOQ'11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId672" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00814863v1</w:t>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with single atoms and Rydberg blockade</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entanglement of two individual 87Rb atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janik Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QIPC 2009 International Conference Quantum Information Processing and Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Workshop FOR635</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552202v1</w:t>
+                <w:t xml:space="preserve">hal-00573716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective excitation of two individual atoms in the Rydberg blockade regime</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Towards entanglement of two individual 87Rb atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Scalable Quantum Computing with Light and Atoms</w:t>
+              <w:t xml:space="preserve">SCALA Conference 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2009, Cortina, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553214v1</w:t>
+                <w:t xml:space="preserve">hal-00573676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schrödinger's Kittens and Non-Gaussian States of the Light: New Tools for Quantum Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amodsen Chotia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Single and Entangled Photons : Sources, Detectors, Components, and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Boulder, United States</w:t>
+              <w:t xml:space="preserve">DPG-meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Hamburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552976v1</w:t>
+                <w:t xml:space="preserve">hal-00818013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation de champs quantiques mésoscopiques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Blandino</w:t>
+                <w:t xml:space="preserve">Evaporation in a microscopic optical tweezer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Fuhrmanek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Fuchs</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
+                <w:t xml:space="preserve">Andrew M. Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée C'Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, France</w:t>
+              <w:t xml:space="preserve">International Conference on Scalable Quantum Computing with Light and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Cortina d'Ampezzo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642676v1</w:t>
+                <w:t xml:space="preserve">hal-00685935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum cryptography with continuous variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DPG-meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Hamburg, Germany</w:t>
+              <w:t xml:space="preserve">Workshop on Quantum Cryptography with Finite Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00818013v1</w:t>
+                <w:t xml:space="preserve">hal-00553195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démonstration d'un système de cryptographie quantique à variables continues sur un réseau fibré existant</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entanglement of two atoms using the Rydberg Blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLOQ'11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Nice, France</w:t>
+              <w:t xml:space="preserve">International conference on Quantum engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Monte Verità, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02278631v1</w:t>
+                <w:t xml:space="preserve">hal-00570596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards entanglement of two individual 87Rb atoms using the Rydberg blockade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Entanglement of two atoms using the Rydberg Blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCALA Conference 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2009, Cortina, Italy</w:t>
+              <w:t xml:space="preserve">ICOLS 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Kussharo Lake, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573676v1</w:t>
+                <w:t xml:space="preserve">hal-00570603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual 87Rb atoms using the Rydberg blockade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Entangling two individual neutral atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop FOR635</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Bonn, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Applied Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573716v1</w:t>
+                <w:t xml:space="preserve">hal-00573705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaporation in a microscopic optical tweezer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manipulation of microclouds in an optical tweezer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Fuhrmanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Scalable Quantum Computing with Light and Atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2009, Cortina d'Ampezzo, Italy</w:t>
+              <w:t xml:space="preserve">Scalable Quantum Computing with Light and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Cargèse, Corse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00685935v1</w:t>
+                <w:t xml:space="preserve">hal-00573673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with individual atomic qubits in tweezers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rydberg blockade and entanglement of two individual atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QIP workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Herrsching, Germany</w:t>
+              <w:t xml:space="preserve">Colloque de l'IFRAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552261v1</w:t>
+                <w:t xml:space="preserve">hal-00573708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entanglement of two individual 87Rb atoms using the Rydberg blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer School on Scalable Quantum Computing with Light and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Cargèse, Corse, Italy</w:t>
@@ -33020,941 +33076,885 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00573696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rydberg blockade and entanglement of two individual atoms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with individual atomic qubits in tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'IFRAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">QIP workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Herrsching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00573708v1</w:t>
+                <w:t xml:space="preserve">hal-00552261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information with continuous variables</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Collective excitation of two individual atoms in the Rydberg blockade regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amodsen Chotia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum information workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">Conference on Scalable quantum computing with light and atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Cortina, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552950v1</w:t>
+                <w:t xml:space="preserve">hal-00570609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent progress in Quantum Information Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg Blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science beyond fiction - The European Future Technologies Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">2nd International Summer School of the SFB/TRR21 Heinrich-Fabri-Haus, Blaubeuren</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Blaubeuren, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552984v1</w:t>
+                <w:t xml:space="preserve">hal-00570584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with individual atomic qubits in optical tweezers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Energy distribution and cooling of neutral atoms in an optical tweezer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Fuhrmanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Quantum Electronics Conference (IQEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Baltimore, United States</w:t>
+              <w:t xml:space="preserve">ICOLS2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Kussharo lake, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552251v1</w:t>
+                <w:t xml:space="preserve">hal-00818085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy distribution and cooling of neutral atoms in an optical tweezer</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information with continuous variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICOLS2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Kussharo lake, Japan</w:t>
+              <w:t xml:space="preserve">Quantum information workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00818085v1</w:t>
+                <w:t xml:space="preserve">hal-00552950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective excitation of two individual atoms in the Rydberg blockade regime</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent progress in Quantum Information Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Scalable quantum computing with light and atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2009, Cortina, Italy</w:t>
+              <w:t xml:space="preserve">Science beyond fiction - The European Future Technologies Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570609v1</w:t>
+                <w:t xml:space="preserve">hal-00552984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg Blockade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum information processing with individual atomic qubits in optical tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Summer School of the SFB/TRR21 Heinrich-Fabri-Haus, Blaubeuren</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Blaubeuren, Germany</w:t>
+              <w:t xml:space="preserve">International Quantum Electronics Conference (IQEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Baltimore, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570584v1</w:t>
+                <w:t xml:space="preserve">hal-00552251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAMOP 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Charlottesville, Virginia, United States</w:t>
+              <w:t xml:space="preserve">International conference on applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00572343v1</w:t>
+                <w:t xml:space="preserve">hal-00686837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entanglement of two atoms using the Rydberg Blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du GdR Physique Mésoscopique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Aussois, France</w:t>
@@ -33977,2301 +33977,2301 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00573707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+                <w:t xml:space="preserve">Towards entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on applied optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">DAMOP 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Charlottesville, Virginia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00686837v1</w:t>
+                <w:t xml:space="preserve">hal-00572343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous Variable Quantum Key</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rydberg excitation of single atoms in optical tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Messin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Updating Quantum Cryptography 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">Workshop on Rydberg atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Sandbjerg Estate, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553210v1</w:t>
+                <w:t xml:space="preserve">hal-00573781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication and cryptography based on quantum physics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Single neutral atomic qubit manipulations in microscopic dipole trap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solvay Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">ESF-FWF Conference in Partnership with LFUI QUANTUM OPTICS: FROM PHOTONS AND ATOMS TO MOLECULES AND SOLID STATE SYSTEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Obergurgl, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822784v1</w:t>
+                <w:t xml:space="preserve">hal-00816809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent progress on the manipulation of single atoms in optical tweezers for quantum computing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Energy distribution and cooling of neutral atoms in an optical tweezer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII International Conference On Laser Spectroscopy (ICOLS 2007)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICAP 2008, Storrs Connecticut (USA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Storrs Connecticut, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00509074v1</w:t>
+                <w:t xml:space="preserve">hal-00573568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId701" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy distribution and cooling of neutral atoms in an optical tweezer</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards entanglement of two individual atoms using the Rydberg blockade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amodsen Chotia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAP 2008, Storrs Connecticut (USA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Storrs Connecticut, United States</w:t>
+              <w:t xml:space="preserve">DPG-Meeting Hambourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId701" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573568v1</w:t>
+            <w:hyperlink r:id="rId700" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId702" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of the coupling between two single Rydberg atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème ICAP 2008, Storrs Connecticut (USA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Storrs Connecticut, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId702" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00570545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId703" w:history="1">
+            <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards entanglement of two individual atoms using the Rydberg blockade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Studying the Rydberg blockade with individually trapped single atoms in optical tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amodsen Chotia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Viteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DPG-Meeting Hambourg</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">21ème ICAP 2008, Storrs Connecticut (USA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Storrs Connecticut, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId703" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573693v1</w:t>
+            <w:hyperlink r:id="rId702" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId704" w:history="1">
+            <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy distribution and cooling of a single atom in an optical tweezer</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">QKD-Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop IFRAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">Quantum Network Demonstration - Scientific Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId704" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573784v1</w:t>
+            <w:hyperlink r:id="rId703" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId705" w:history="1">
+            <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards entanglement of two individual atoms using Rydberg blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Evellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroshnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janik Wolters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DAMOP 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Charlottesville, VA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId705" w:history="1">
+            <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00816811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId706" w:history="1">
+            <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QKD-Devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy distribution and cooling of a single atom in an optical tweezer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Network Demonstration - Scientific Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Workshop IFRAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId706" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553223v1</w:t>
+            <w:hyperlink r:id="rId705" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId707" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rydberg excitation of single atoms in optical tweezers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Continuous variable quantum information processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Rydberg atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Sandbjerg Estate, Denmark</w:t>
+              <w:t xml:space="preserve">2008 International Symposium on Physics of Quantum Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Nara, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId707" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573781v1</w:t>
+            <w:hyperlink r:id="rId706" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId708" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single neutral atomic qubit manipulations in microscopic dipole trap</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of cooling a single neutral atom in a microscopic dipole trap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId678" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew M. Lance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Tuchendler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId668" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan R. P. Sortais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Browaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESF-FWF Conference in Partnership with LFUI QUANTUM OPTICS: FROM PHOTONS AND ATOMS TO MOLECULES AND SOLID STATE SYSTEMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Obergurgl, Austria</w:t>
+              <w:t xml:space="preserve">SCALA 3rd annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Mainz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId708" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816809v1</w:t>
+            <w:hyperlink r:id="rId707" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId709" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the Rydberg blockade with individually trapped single atoms in optical tweezers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Vers l'observation du blocage de Rydberg avec deux atomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amodsen Chotia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Viteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème ICAP 2008, Storrs Connecticut (USA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Storrs Connecticut, United States</w:t>
+              <w:t xml:space="preserve">Congrès annuel de la division physique atomique optique et moléculaire du SFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId709" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573564v1</w:t>
+            <w:hyperlink r:id="rId708" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00570530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId710" w:history="1">
+            <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of cooling a single neutral atom in a microscopic dipole trap</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+                <w:t xml:space="preserve">Multidimensional reconciliation for continuous-variable quantum key distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId710" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph J. Boutros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId711" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Zémor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCALA 3rd annual meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Symposium on Information Theory, 2008. ISIT 2008.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Toronto, Canada. pp.1020-1024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIT.2008.4595141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId710" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816810v1</w:t>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00316160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous variable quantum information processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quantum Key Distribution over 25 km, using a Fiber Setup, Based on Continuous Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lodewyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 International Symposium on Physics of Quantum Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Nara, Japan</w:t>
+              <w:t xml:space="preserve">Cleo/Qels Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, San Jose, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId711" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553201v1</w:t>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00822795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional reconciliation for continuous-variable quantum key distribution</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intrication et mémoires pour les communications quantiques: quelques développements récents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Information Theory, 2008. ISIT 2008.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Nationales en Nanosciences et en Nanotechnologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIT.2008.4595141⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00316160v1</w:t>
+                <w:t xml:space="preserve">hal-00553190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers l'observation du blocage de Rydberg avec deux atomes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Studying the Rydberg blockade with individually trapped single atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Evellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhen Miroschnychenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Wilk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de la division physique atomique optique et moléculaire du SFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Lille, France</w:t>
+              <w:t xml:space="preserve">Colloque du GdR "Information et communication quantiques, Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570530v1</w:t>
+                <w:t xml:space="preserve">hal-00570564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Key Distribution over 25 km, using a Fiber Setup, Based on Continuous Variables</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Communication and cryptography based on quantum physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cleo/Qels Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, San Jose, California, United States</w:t>
+              <w:t xml:space="preserve">Solvay Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00822795v1</w:t>
+                <w:t xml:space="preserve">hal-00822784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrication et mémoires pour les communications quantiques: quelques développements récents</w:t>
+                <w:t xml:space="preserve">Continuous Variable Quantum Key</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales en Nanosciences et en Nanotechnologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Updating Quantum Cryptography 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId719" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553190v1</w:t>
+            <w:hyperlink r:id="rId718" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId720" w:history="1">
+            <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the Rydberg blockade with individually trapped single atoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+                <w:t xml:space="preserve">Recent progress on the manipulation of single atoms in optical tweezers for quantum computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Browaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tuchendler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha Gaëtan</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Amodsen Chotia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du GdR "Information et communication quantiques, Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XVIII International Conference On Laser Spectroscopy (ICOLS 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Telluride, Colorado, United States. pp 259-270, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId720" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/9789812813206_0022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId720" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00570564v1</w:t>
+            <w:hyperlink r:id="rId719" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation and detection of entangled light elds with negative Wigner functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Dantan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -36331,64 +36331,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental generation of optical &amp;quot;Schrödinger cats&amp;quot; from photon number states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyunseok Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -36435,103 +36435,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled photon emission and Raman transition experiments with a single trapped atom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew P. A. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Dingjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bergamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVII International Conference On Laser Spectroscopy (ICOLS 2005)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Aviemore, Scotland, United Kingdom. pp 413-420, </w:t>
@@ -36595,303 +36595,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Demonstration of Continuous-Variable Quantum Key Distribution with a Photonic Integrated Receiver and Modular Software</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Valentina Marulanda Acosta</w:t>
+                <w:t xml:space="preserve">Dispositifs électroniques avancés pour la CV-QKD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fruleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Diamanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st colloquium GDR TeQ "Quantum Technologies"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">17ème Colloque du GDR SoC2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682790v1</w:t>
+                <w:t xml:space="preserve">hal-04746859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositifs électroniques avancés pour la CV-QKD</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eleni Diamanti</w:t>
+                <w:t xml:space="preserve">Experimental Demonstration of Continuous-Variable Quantum Key Distribution with a Photonic Integrated Receiver and Modular Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Piétri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Schiavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Marulanda Acosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Colloque du GDR SoC2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France. </w:t>
+              <w:t xml:space="preserve">1st colloquium GDR TeQ "Quantum Technologies"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04746859v1</w:t>
+                <w:t xml:space="preserve">hal-04682790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CV-QKD Receiver Platform Based On A Silicon Photonic Chip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -36946,77 +36946,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Versatile PIC-based CV-QKD Receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37071,77 +37071,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Versatile CV-QKD system with a PIC-based receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37196,77 +37196,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A versatile and high-performance PIC-based CV-QKD receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Piétri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Schiavon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -37321,103 +37321,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlations with on-chip detection and modulation for CVQKD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Persechino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Ziebell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Crozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Villing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QCrypt 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Cambridge, United Kingdom. </w:t>
@@ -37644,51 +37644,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2 De l’article d’Einstein Podolsky et Rosen à l’information quantique : les stupéfiantes propriétés de l’intrication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Aspect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -37735,51 +37735,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The First Single Photon Sources and Single Photon Interference Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Aspect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -37952,175 +37952,175 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716551v1</w:t>
+                <w:t xml:space="preserve">hal-01716555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum communications using Gaussian and non-Gaussian states of the light</w:t>
+                <w:t xml:space="preserve">Quantum Photonics Systems (3 cours)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716554v1</w:t>
+                <w:t xml:space="preserve">hal-01721208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Photonics Systems (3 cours)</w:t>
+                <w:t xml:space="preserve">Quantum communications using Gaussian and non-Gaussian states of the light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721208v1</w:t>
+                <w:t xml:space="preserve">hal-01716554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId749" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communications Quantiques avec des Etats Gaussiens et Non-Gaussiens de la Lumière</w:t>
               </w:r>
@@ -38224,151 +38224,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum communications using Gaussian and non-Gaussian states of the light</w:t>
+                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using Gaussian and Non-Gaussian States of the Light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716555v1</w:t>
+                <w:t xml:space="preserve">hal-01721456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Optics and Quantum Communications using Gaussian and Non-Gaussian States of the Light</w:t>
+                <w:t xml:space="preserve">Quantum communications using Gaussian and non-Gaussian states of the light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721456v1</w:t>
+                <w:t xml:space="preserve">hal-01716552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum communications using Gaussian and non-Gaussian states of the light</w:t>
               </w:r>
@@ -38386,51 +38386,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716552v1</w:t>
+                <w:t xml:space="preserve">hal-01716551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId754" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum information processing with individual atomic qubits in optical tweezers</w:t>
               </w:r>
@@ -38472,89 +38472,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual Objectivity and Quantum Mechanics</w:t>
+                <w:t xml:space="preserve">Quantum information processing with Rydberg blockade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716546v1</w:t>
+                <w:t xml:space="preserve">hal-01716542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum information processing with Rydberg blockade</w:t>
               </w:r>
@@ -38572,113 +38572,113 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716542v1</w:t>
+                <w:t xml:space="preserve">hal-01716545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId757" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum information processing with Rydberg blockade</w:t>
+                <w:t xml:space="preserve">Contextual Objectivity and Quantum Mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId757" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716545v1</w:t>
+                <w:t xml:space="preserve">hal-01716546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId758" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum information with atoms and photons</w:t>
               </w:r>
@@ -38696,51 +38696,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId758" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823092v1</w:t>
+                <w:t xml:space="preserve">hal-00823089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum information with atoms and photons</w:t>
               </w:r>
@@ -38758,417 +38758,417 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823089v1</w:t>
+                <w:t xml:space="preserve">hal-00823092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chatons de Schrödinger et états non gaussiens de la lumière: de nouveaux outils pour les communications quantiques</w:t>
+                <w:t xml:space="preserve">La lumière : des photons intriqués à l'information quantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00671539v1</w:t>
+                <w:t xml:space="preserve">hal-00671553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional transport and transfer of individual atomic qubits in optical tweesers</w:t>
+                <w:t xml:space="preserve">Two-dimensional transport and transfer of individual atomic qubits in optical tweezers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642687v1</w:t>
+                <w:t xml:space="preserve">hal-00671536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional transport and transfer of individual atomic qubits in optical tweezers</w:t>
+                <w:t xml:space="preserve">Des photons intriqués à l'information quantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00671536v1</w:t>
+                <w:t xml:space="preserve">hal-00646632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId763" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lumière : des photons intriqués à l'information quantique</w:t>
+                <w:t xml:space="preserve">Chatons de Schrödinger et états non gaussiens de la lumière: de nouveaux outils pour les communications quantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId763" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00671553v1</w:t>
+                <w:t xml:space="preserve">hal-00671539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des photons intriqués à l'information quantique</w:t>
+                <w:t xml:space="preserve">Two-dimensional transport and transfer of individual atomic qubits in optical tweesers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00646632v1</w:t>
+                <w:t xml:space="preserve">hal-00642687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bunching and antibunching from single NV color centers in diamond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexios Beveratos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Brouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -39309,273 +39309,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03952265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId769" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Quantum Contextuality</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental Demonstration of Discrete Modulation Formats for Continuous Variable Quantum Key Distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Roumestan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amirhossein Ghazisaeidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Renaudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Trigo Vidarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId769" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03531129v1</w:t>
+                <w:t xml:space="preserve">hal-03874179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why $\psi$ is incomplete indeed: a simple illustration</w:t>
+                <w:t xml:space="preserve">Revisiting Quantum Contextuality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307744v1</w:t>
+                <w:t xml:space="preserve">hal-03531129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Demonstration of Discrete Modulation Formats for Continuous Variable Quantum Key Distribution</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Why $\psi$ is incomplete indeed: a simple illustration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874179v1</w:t>
+                <w:t xml:space="preserve">hal-04307744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting Quantum Mysteries</w:t>
               </w:r>
@@ -39649,64 +39649,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. I Lvovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ourjoumtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Parigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masahide Sasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -39741,103 +39741,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A method for characterizing coherent-state quantum gates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blandino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ferreyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Tualle-Brouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -39855,51 +39855,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reverse reconciliation protocols for quantum cryptography with continuous variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grosshans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -39975,77 +39975,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Vehicle Routing Problem with Cross-Docking and Resource Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gendreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lehuédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Martin Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 2017-23, Les cahiers du CIRRELT. 2017, 23p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -40481,51 +40481,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05536173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grangier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e28010080" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563985v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pi&#233;tri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Schiavon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marulanda Acosta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gouraud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Trigo Vidarte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2024-12-23-1575" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803781v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Roumestan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirhossein Ghazisaeidi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Renaudier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Leverrier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2024.3391168" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307734v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICAQ.534699" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04453650v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias van den Bossche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-023-00678-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307736v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25121600" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307739v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias van Den Bossche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2533/1/012008" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03871612v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Huttner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain All&#233;aume" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Diamanti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fr&#246;wis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-022-00613-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455462v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Auff&#232;ves" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24020199" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277261v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gendreau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lehu&#233;d&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Martin Rousseau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10732-019-09423-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayla Farouki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10699-020-09716-7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-021-00424-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455568v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e23121660" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001936v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-020-00326-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouvik Ghorai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.9.021059" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361170v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21090904" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410891v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grankin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.053860" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985226v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0322" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0311" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499170v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2017.03.004" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21N1HQTC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626966v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43365" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712839v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boddeda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. &#262;uk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Usmani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.253602" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumanta Das" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Grankin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Iakoupov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brion" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Borregaard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.93.040303" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712833v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ulanov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fedorov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demid Sychev" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lvovsky" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11925" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712784v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-015-9952-z" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712791v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bimbard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ourjoumtsev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/8/084005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386642v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219749916400025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712824v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovica Stanojevic" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/12/124003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308825v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2016.03.040" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228960v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Blandino" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Barbieri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Tualle-Brouri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.062305" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/PT.3.2759" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712709v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.043841" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00951366v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bimbard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajiv Boddeda" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vitrant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Parigi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.033601" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01011354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imam Usmani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/4/043020" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814831v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Murphy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Montangero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Calarco" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Browaeys" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.032334" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712569v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Alleaume" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Branciard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bouda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Debuisschert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Dianati" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2014.09.018" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798855v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jouguet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kunz-Jacques" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2013.63" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818862v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Ourjoumtsev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.053845" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00676458v3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco G. Genoni" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etesse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo G. A. Paris" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.180402" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663595v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fossier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.014030" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750347v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1222815" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712595v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/PT.3.1503" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749490v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pillet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.021403" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749549v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ferreyrol" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/1/013017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00822984v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Hilliard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nogrette" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.233602" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749512v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.012327" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286248v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dumeige" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Treussart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Roch" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624758v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.063801" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00566399v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad H. Agha" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Giarmatzi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Glorieux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudreau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/4/043030" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624771v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1204814" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00674751v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.053830" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578573v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/2/025015" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624775v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.042312" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624762v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lapl.201010143" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DTQLPZ8C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508934v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Wilk" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Ga&#235;tan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Evellin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Wolters" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhen Miroshnychenko" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.010502" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509133v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Messin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553565v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sangouard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Simon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gisin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurat" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.27.00A137" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553551v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Comparat" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.013405" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00546533v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Spagnolo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.063833" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508991v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/6/065040" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553558v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.062314" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553554v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grosshans" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.062343" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00568784v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fuhrmanek" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan R. P. Sortais" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.023623" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553571v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.123603" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01102495v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Fuhrmanek" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Matheson Lance" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tuchendler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/5/053028" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508999v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amodsen Chotia" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Viteau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys1183" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553585v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Villing" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/4/045023" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459177v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.180504" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553544v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00551638v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys1199" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554926v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Karpov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cerf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/11/115009" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559693v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peev" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pacher" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barreiro" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouda" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/7/075001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361946v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dantan" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Wubs" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509055v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tuchendler" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.78.033425" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202608v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.220402" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00270517v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Boutros" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Zemor" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.042325" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955981v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Diep Lai" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dr&#233;au" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingwei Zheng" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chauvat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/10/12/123009" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179093v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Aspect" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/anphys:2008041" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570459v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jacques" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Lai" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dr&#233;au" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zheng" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chauvat" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559707v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Rabeau" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Treussart" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeng" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340802267118" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570446v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wallraff" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Zoller" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys818" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090186v4" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.030502" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689672v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110392v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1136303" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509168v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lodewyck" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Garcia-Patron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cerf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.030503" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509083v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Marion" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lamare" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Fournet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.013406" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509079v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Beugnon" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Marion" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys698" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096007v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew P. A. Jones" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junxiang Zhang" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.040301" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167036v2" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Rabeau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Roger" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heping Zeng" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/9/12/434" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689675v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunseok Jeong" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature06054" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-B5XT2C61-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016139v2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cviklinski" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinard" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509096v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Dingjan" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darqui&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bergamini" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-005-2027-7" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509115v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.213601" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508276v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1122858" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014015v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107420v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew P.A. Jones" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509106v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uve Dorner" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122188v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wenger" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094645v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034417v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Toury" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aspect" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2005-00201-y" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509172v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.72.050303" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509177v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Garcia-Patron Sanchez" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fiurasek" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Cerf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1834431" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012424v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509110v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Darqui&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacubowiez" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012423v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001148v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/6/1/092" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012422v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IQEC.2004.ITuG1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509181v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles van Assche" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122186v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Assche" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554238v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abram" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509120v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012425v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Hafezi" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.67.012105" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509136v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexios Beveratos" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kuehn" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Brouri" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gacoin" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Poizat" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509112v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor E. Protsenko" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Reymond" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schlosser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.66.062306" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509124v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.88.057902" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509134v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.89.187901" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554189v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.65.052301" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554211v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.89.023005" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554233v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554215v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509127v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.64.010301" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509137v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.64.061802" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554272v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. van Der Lee" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Van Druten" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Van Exter" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Woerdman" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509183v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.62.063817" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554291v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiejun Chang" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.61.043807" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509140v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554275v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558800v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hermier" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bramati" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Z. Khoury" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Giacobino" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.16.002140" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558788v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schnitzer" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.24.000893" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558822v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558983v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sinatra" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vigneron" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grelu" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.57.2980" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558810v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ripoll" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.15.001757" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00871013v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A. Lugiato" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.14.000225" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559064v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony van Der Veldt" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(96)00797-3" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFW5MG18-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558919v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.14.002772" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558942v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marin" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Zhang" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.75.4606" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558995v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/anphys:01994001903026500" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-HS8Q2FHS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559071v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castelli" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Lugiato" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500349414552111" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558952v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.71.2006" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559077v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.70.271" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00870996v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ariel Levenson" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izo Abram" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rivera" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559091v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Pessina" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.46.2735" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559005v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus M. Gheri" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F. Walls" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.46.4276" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559094v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Courty" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Reynaud" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00325017" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-9J2RF66N-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559019v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(92)90254-O" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZ83LZR4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559027v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hilico" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(91)90172-A" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGRXVS7W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559097v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.66.1418" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691664v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Georges" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Estable" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Salin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691668v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brun" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691669v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Saux" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559029v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(89)90446-X" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7LP5BP71-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00227626v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19882115" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/632F2C5C68EB87F5C4A374246699453B87D89B7B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210498v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vigu&#233;" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01987004805078100" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D8D95D3E0B732F6AC137413D807F35B1EB01EE6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740666v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dalibard" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roger" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(84)90208-6" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZ2JCZJW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00231993v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyslet:019810042024053100" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1CC8511559EC3D93DBE8EB7A30B262E4E4B19D9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682106v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/QUANTUM.2024.QTh4B.4" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567808v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567812v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746874v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fruleux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Huguenot" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON59386.2023.10207403" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020567v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Rhouni" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OFC.2023.M1I.2" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567816v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836637v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567990v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567823v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567833v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03454558v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Renaudier" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brindel" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OFC.2021.F4E.1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567855v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03454455v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roumestan" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC52684.2021.9606013" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567864v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567858v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567892v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567883v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567764v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567755v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567879v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567872v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567772v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567730v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567742v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567728v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716525v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567718v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567733v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410895v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Pushkina" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Fedorov" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Richards" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5025456" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716429v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716520v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716419v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716518v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716522v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716470v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716438v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01737597v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Persechino" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Ziebell" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Crozat" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Marris-Morini" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716385v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716366v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716356v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716348v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716302v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01737543v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harris" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Galland" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716327v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716337v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713144v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713432v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716309v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716341v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713411v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713169v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716531v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713155v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721199v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716527v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721193v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713373v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721470v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721197v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713350v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721216v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721213v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713337v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713301v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713306v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713322v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823087v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288420v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288360v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286583v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822428v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756782v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286582v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756789v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756803v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822361v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756801v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822351v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822417v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756812v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749568v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749563v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822443v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749555v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749559v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823079v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678237v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02278632v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625638v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815395v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815401v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00673056v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00673079v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00630630v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625690v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00627506v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822458v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286576v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625694v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822355v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818433v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Messin" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814869v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Ga&#233;tan" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00626426v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678231v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553655v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553183v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286575v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552254v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818429v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570300v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570306v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552258v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00642665v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822465v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553932v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625705v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625701v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573725v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559635v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553146v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553922v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573722v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552999v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286577v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288358v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roueff" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lutkenhaus" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573723v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573702v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552987v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552156v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553888v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573720v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553944v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553937v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552249v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552210v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573678v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhen Miroschnychenko" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573705v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573673v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lance" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553195v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570603v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570596v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814863v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vogt" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552202v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553214v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552976v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00642676v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fuchs" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818013v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02278631v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573676v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573716v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00685935v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Lance" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552261v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573696v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573708v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552950v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552984v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552251v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818085v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570609v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570584v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00572343v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573707v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686837v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553210v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00822784v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509074v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789812813206_0022" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573568v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570545v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573693v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573784v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816811v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553223v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573781v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816809v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573564v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816810v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553201v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316160v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph J. Boutros" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Z&#233;mor" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT.2008.4595141" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570530v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00822795v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bloch" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553190v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570564v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689147v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2007.4386784" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689152v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.736622" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509093v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789812701473_0042" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682790v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746859v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860917v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836626v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836617v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836608v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01737610v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academie-sciences.hal.science/hal-04863088v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Douarin" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry de Lumley" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coppens" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brunet" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Senut" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62686/21" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455582v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-0269-2.c003" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410899v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98402-5_1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721462v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716551v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716554v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721208v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721458v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721460v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716555v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721456v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716552v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716548v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716546v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716542v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716545v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823092v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823089v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671539v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00642687v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671536v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671553v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00646632v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509182v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-306-47114-0_42" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952265v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Federico" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531129v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307744v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874179v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455563v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034448v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. I Lvovsky" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahide Sasaki" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00596778v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509122v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517259v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01254445v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015EMNA0228" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00009436v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00720193v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05536173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grangier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e28010080" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803781v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Roumestan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirhossein Ghazisaeidi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Renaudier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Trigo Vidarte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Leverrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2024.3391168" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563985v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pi&#233;tri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Schiavon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marulanda Acosta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gouraud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2024-12-23-1575" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307734v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICAQ.534699" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04453650v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias van den Bossche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-023-00678-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307736v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25121600" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307739v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias van Den Bossche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2533/1/012008" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Auff&#232;ves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24020199" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03871612v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Huttner" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain All&#233;aume" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Diamanti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fr&#246;wis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-022-00613-4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034473v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-021-00424-1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277261v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gendreau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lehu&#233;d&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Martin Rousseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10732-019-09423-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034490v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayla Farouki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10699-020-09716-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455568v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e23121660" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001936v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-020-00326-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361170v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21090904" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163714v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouvik Ghorai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.9.021059" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410891v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grankin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.053860" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985226v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0322" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0311" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499170v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2017.03.004" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21N1HQTC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626966v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43365" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712792v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumanta Das" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Grankin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Iakoupov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Borregaard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.93.040303" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712784v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-015-9952-z" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712833v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ulanov" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fedorov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demid Sychev" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lvovsky" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11925" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712791v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boddeda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Usmani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bimbard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ourjoumtsev" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/8/084005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386642v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219749916400025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712824v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovica Stanojevic" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/12/124003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308825v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2016.03.040" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712839v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. &#262;uk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.253602" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712591v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/PT.3.2759" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228960v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Blandino" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Barbieri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Tualle-Brouri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.062305" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712709v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.043841" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01011354v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bimbard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajiv Boddeda" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imam Usmani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/4/043020" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814831v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Murphy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Montangero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Calarco" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Browaeys" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.032334" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712569v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Alleaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Branciard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bouda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Debuisschert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Dianati" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2014.09.018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00951366v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vitrant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Parigi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.033601" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798855v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jouguet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kunz-Jacques" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2013.63" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818862v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Ourjoumtsev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.053845" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750347v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1222815" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01712595v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/PT.3.1503" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663595v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fossier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.014030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00676458v3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco G. Genoni" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etesse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo G. A. Paris" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.180402" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00822984v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Hilliard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nogrette" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.233602" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749549v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ferreyrol" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/1/013017" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749490v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pillet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.021403" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749512v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.012327" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00566399v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad H. Agha" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Giarmatzi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Glorieux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudreau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/4/043030" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624758v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.063801" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624771v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1204814" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286248v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dumeige" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Treussart" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Roch" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578573v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/2/025015" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00674751v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.053830" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624775v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.042312" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00624762v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lapl.201010143" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DTQLPZ8C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00546533v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Spagnolo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.063833" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508991v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Ga&#235;tan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Evellin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Wolters" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Wilk" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/6/065040" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508934v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhen Miroshnychenko" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.010502" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553558v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.062314" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553554v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grosshans" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.062343" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553565v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sangouard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Simon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gisin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurat" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.27.00A137" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553551v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Comparat" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.013405" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509133v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Messin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00568784v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fuhrmanek" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan R. P. Sortais" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.023623" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553571v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.123603" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01102495v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Fuhrmanek" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Matheson Lance" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tuchendler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/5/053028" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553544v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553585v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Villing" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/4/045023" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459177v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.180504" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00551638v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys1199" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559693v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peev" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pacher" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barreiro" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouda" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/7/075001" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554926v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Karpov" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cerf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/11/115009" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361946v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dantan" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Wubs" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508999v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amodsen Chotia" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Viteau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys1183" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179093v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Aspect" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/anphys:2008041" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202608v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.220402" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570459v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jacques" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Lai" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dr&#233;au" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zheng" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chauvat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/10/12/123009" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955981v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Diep Lai" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dr&#233;au" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingwei Zheng" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chauvat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00270517v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Boutros" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Zemor" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.042325" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559707v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Rabeau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Treussart" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeng" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340802267118" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570446v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wallraff" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Zoller" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys818" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509055v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tuchendler" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.78.033425" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689672v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110392v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1136303" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509168v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lodewyck" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Garcia-Patron" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cerf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.030503" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509083v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Marion" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lamare" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Fournet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.013406" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509079v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Beugnon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Marion" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys698" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096007v2" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew P. A. Jones" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junxiang Zhang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.040301" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167036v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Rabeau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Roger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heping Zeng" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/9/12/434" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689675v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunseok Jeong" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature06054" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-B5XT2C61-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090186v4" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.030502" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509115v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.213601" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509096v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Dingjan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darqui&#233;" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bergamini" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-005-2027-7" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508276v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1122858" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014015v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107420v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew P.A. Jones" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016139v2" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cviklinski" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094645v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509106v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uve Dorner" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034417v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Toury" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aspect" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2005-00201-y" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122188v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wenger" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509172v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.72.050303" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012424v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fiurasek" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Cerf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509110v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Darqui&#233;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacubowiez" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509177v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Garcia-Patron Sanchez" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1834431" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012423v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001148v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/6/1/092" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012422v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IQEC.2004.ITuG1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509181v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles van Assche" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122186v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Assche" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554238v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abram" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509120v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012425v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Hafezi" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.67.012105" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509134v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexios Beveratos" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Brouri" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gacoin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Poizat" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.89.187901" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509112v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor E. Protsenko" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Reymond" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schlosser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.66.062306" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509124v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.88.057902" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554189v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.65.052301" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554211v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.89.023005" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509136v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kuehn" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509127v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.64.010301" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509137v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.64.061802" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554215v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554233v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554291v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiejun Chang" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.61.043807" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509183v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.62.063817" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509140v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554275v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554272v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. van Der Lee" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Van Druten" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Van Exter" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Woerdman" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558800v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hermier" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bramati" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Z. Khoury" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Giacobino" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.16.002140" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558788v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schnitzer" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.24.000893" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558810v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ripoll" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.15.001757" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558983v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sinatra" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vigneron" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grelu" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.57.2980" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558822v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00871013v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A. Lugiato" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.14.000225" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559064v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony van Der Veldt" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(96)00797-3" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFW5MG18-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558919v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.14.002772" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558942v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marin" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Zhang" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.75.4606" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559071v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castelli" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Lugiato" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500349414552111" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558995v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/anphys:01994001903026500" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-HS8Q2FHS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00558952v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.71.2006" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559077v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.70.271" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00870996v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ariel Levenson" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izo Abram" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rivera" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559019v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Courty" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Reynaud" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(92)90254-O" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZ83LZR4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559094v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00325017" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-9J2RF66N-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559005v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus M. Gheri" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F. Walls" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.46.4276" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559091v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Pessina" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.46.2735" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559027v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hilico" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(91)90172-A" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGRXVS7W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691664v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Georges" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Estable" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Salin" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559097v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.66.1418" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691668v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brun" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00691669v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Saux" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559029v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(89)90446-X" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7LP5BP71-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00227626v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19882115" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/632F2C5C68EB87F5C4A374246699453B87D89B7B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210498v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vigu&#233;" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01987004805078100" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D8D95D3E0B732F6AC137413D807F35B1EB01EE6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740666v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dalibard" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roger" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0030-4018(84)90208-6" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZ2JCZJW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00231993v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyslet:019810042024053100" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1CC8511559EC3D93DBE8EB7A30B262E4E4B19D9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682106v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/QUANTUM.2024.QTh4B.4" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567812v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567808v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746874v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fruleux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Huguenot" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON59386.2023.10207403" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020567v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Rhouni" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OFC.2023.M1I.2" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567990v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567823v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567833v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836637v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567816v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03454558v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Renaudier" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brindel" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OFC.2021.F4E.1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567855v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03454455v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roumestan" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC52684.2021.9606013" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567864v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567858v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567764v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567755v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567879v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567892v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567883v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567872v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567772v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567728v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567742v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716525v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567718v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567733v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04567730v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716520v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716429v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410895v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Pushkina" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Fedorov" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Richards" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5025456" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716419v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716518v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716470v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716438v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716522v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716385v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716366v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01737597v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Persechino" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Ziebell" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Crozat" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Marris-Morini" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716356v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716348v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716309v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716341v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713432v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713144v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713411v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713169v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harris" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Galland" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716531v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713155v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721199v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716527v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716302v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716327v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01737543v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716337v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721197v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713350v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721470v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713373v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721213v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721216v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721193v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713337v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713301v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713306v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01713322v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288420v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823087v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288360v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756789v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756803v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822361v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756801v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286582v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822351v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822417v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749568v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749563v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756812v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822443v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749555v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749559v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823079v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678237v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286583v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822428v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00756782v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00673056v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00673079v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815401v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00630630v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625690v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00627506v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822458v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625638v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02278632v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815395v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286576v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818433v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Messin" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625694v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822355v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814869v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Ga&#233;tan" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00626426v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678231v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573725v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00559635v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00642665v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570306v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552258v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822465v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553146v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573722v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552999v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286577v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288358v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roueff" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lutkenhaus" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553922v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625701v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00625705v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553932v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573702v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552987v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573723v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552156v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553888v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573720v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552249v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552210v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553944v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553937v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286575v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552254v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553183v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570300v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818429v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553655v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814863v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vogt" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553214v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhen Miroschnychenko" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552202v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573678v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552976v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00642676v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fuchs" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02278631v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573716v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573676v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818013v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00685935v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Lance" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553195v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570596v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570603v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573705v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573673v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lance" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573708v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573696v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552261v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570609v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570584v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818085v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552950v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552984v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00552251v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686837v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573707v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00572343v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573781v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816809v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573568v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573693v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570545v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573564v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553223v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816811v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00573784v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553201v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816810v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570530v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316160v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph J. Boutros" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Z&#233;mor" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT.2008.4595141" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00822795v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bloch" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553190v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00570564v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00822784v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00553210v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509074v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789812813206_0022" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689147v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2007.4386784" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00689152v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.736622" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509093v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789812701473_0042" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746859v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682790v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860917v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836626v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836617v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836608v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01737610v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academie-sciences.hal.science/hal-04863088v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Douarin" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry de Lumley" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coppens" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brunet" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Senut" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62686/21" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455582v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-0269-2.c003" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410899v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98402-5_1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721462v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716555v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721208v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716554v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721458v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721460v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01721456v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716552v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716551v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716548v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716542v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716545v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01716546v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823089v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823092v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671553v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671536v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00646632v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671539v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00642687v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509182v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-306-47114-0_42" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952265v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Federico" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874179v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531129v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307744v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03455563v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03034448v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. I Lvovsky" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahide Sasaki" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00596778v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509122v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517259v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01254445v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015EMNA0228" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00009436v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00720193v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>