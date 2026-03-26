--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -563,671 +563,671 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AUTELO -Evaluer et promouvoir des stratégies alimentaires plus autonomes et économes en élevage ovin laitier</w:t>
+                <w:t xml:space="preserve">Measuring liveweight changes in lactating dairy ewes with an automated walk-over-weighing system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
+                <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Doré</w:t>
+                <w:t xml:space="preserve">Moutaz Alhamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Fança</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+                <w:t xml:space="preserve">Hugo Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Portes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Legarto</w:t>
+                <w:t xml:space="preserve">Gaëtan. Bonnafe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 82 (janvier), pp.25-41. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (5), pp.5675-5688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/1p32-7426⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2020-19075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03128766v1</w:t>
+                <w:t xml:space="preserve">hal-03238259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation des agnelles et chevrettes de renouvellement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">AUTELO -Evaluer et promouvoir des stratégies alimentaires plus autonomes et économes en élevage ovin laitier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Fança</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Legarto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 82 (janvier), pp.25-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1p32-7426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03654893v1</w:t>
+                <w:t xml:space="preserve">hal-03128766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring liveweight changes in lactating dairy ewes with an automated walk-over-weighing system</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Portes</w:t>
+                <w:t xml:space="preserve">Alimentation des agnelles et chevrettes de renouvellement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Fança</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan. Bonnafe</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurence Sagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bluet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.53-58</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03238259v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of different supplement amounts on dry matter intake, milk production and milk composition of high-producing Lacaune dairy ewes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intake and digestibility of meat ewes belonging to two contrasting feed efficiency genetic lines, during their two first production cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Agustina Cordoba</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Portes</w:t>
+                <w:t xml:space="preserve">Azizi A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pradel</w:t>
+                <w:t xml:space="preserve">H. Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Douls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 251, pp.104664. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2021.104664⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 254 (Décembre), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2021.104738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03338822v1</w:t>
+                <w:t xml:space="preserve">hal-03410902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intake and digestibility of meat ewes belonging to two contrasting feed efficiency genetic lines, during their two first production cycles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+                <w:t xml:space="preserve">Effects of different supplement amounts on dry matter intake, milk production and milk composition of high-producing Lacaune dairy ewes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Hazard</w:t>
+                <w:t xml:space="preserve">Maria Agustina Cordoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Portes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Douls</w:t>
+                <w:t xml:space="preserve">Julien Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 254 (Décembre), </w:t>
+              <w:t xml:space="preserve">, 2021, 251, pp.104664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2021.104738⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2021.104664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03410902v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03338822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance of Baladi Goat Feeding Behavior in Response to a Mediterranean Natural Rangeland Evolution</w:t>
               </w:r>
@@ -1343,51 +1343,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual Feed Intake in Dairy Ewes: An Evidence of Intraflock Variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Paulo dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1447,51 +1447,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An assessment of Walk-over-Weighing to estimate short-term individual forage intake in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. de Oliveira Golini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1499,51 +1499,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 12 (06), pp.1174-1181. </w:t>
@@ -1594,51 +1594,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved management to limit milk production losses resulting from the transition to once-a-day milking in dairy sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1705,814 +1705,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monotraite quotidienne appliquée en brebis laitières de race Lacaune : synthèse de cinq années de recherche</w:t>
+                <w:t xml:space="preserve">Nouveautés dans les pratiques de traite des ovins et caprins : monotraite et lactations longues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eliel González García</w:t>
+                <w:t xml:space="preserve">Yves Lefrileux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene H. Larroque</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicole Bossis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renée de Crémoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 83 (juillet-août), pp.43-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636017v1</w:t>
+                <w:t xml:space="preserve">hal-02639934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyethylene glycol marker measured with NIRS gives a reliable estimate of the rangeland intake of grazing sheep</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DOSSIER : « Brebis laitières en France : 50 ans de recherche et de développement » Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Barillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Foulquie</w:t>
+                <w:t xml:space="preserve">Emmanuelle Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bonnal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francois Bocquier</w:t>
+                <w:t xml:space="preserve">Jean Michel Astruc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 10 (05), pp.771-778. </w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731115002621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2016.29.1.2513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01506472v1</w:t>
+                <w:t xml:space="preserve">hal-04049335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panorama de la production de lait de brebis en France et son évolution depuis 50 ans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+                <w:t xml:space="preserve">Polyethylene glycol marker measured with NIRS gives a reliable estimate of the rangeland intake of grazing sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Foulquie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bonnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2016.29.1.2512⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (05), pp.771-778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731115002621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02638129v1</w:t>
+                <w:t xml:space="preserve">hal-01506472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brebis laitières en France : 50 ans de Recherche et de Développement - Avant-Propos</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La monotraite quotidienne appliquée en brebis laitières de race Lacaune : synthèse de cinq années de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliel González García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene H. Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 29 (1), pp.3-6</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 29 (1), pp.57-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2016.29.1.2516⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634545v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveautés dans les pratiques de traite des ovins et caprins : monotraite et lactations longues</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Panorama de la production de lait de brebis en France et son évolution depuis 50 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Bocquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1), pp.7-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2016.29.1.2512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02639934v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DOSSIER : « Brebis laitières en France : 50 ans de recherche et de développement » Avant-propos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brebis laitières en France : 50 ans de Recherche et de Développement - Avant-Propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis F. Barillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Barillet</w:t>
+                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Astruc</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1), pp.3-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04049335v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of parity, litter size, physiological state and milking frequency on the metabolic profile of Lacaune dairy ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tesnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2520,51 +2520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Barillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Domestic Animal Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 50 (1), pp.32-44. </w:t>
@@ -2627,51 +2627,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyethylene glycol compared with ytterbium oxide as a total faecal output marker to predict organic matter intake of dairy ewes fed indoors or at pasture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Autran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2770,51 +2770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Viudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Autran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3794,51 +3794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Debus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Dehays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Guillaume Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3874,277 +3874,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04912412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi en production d'un lot de brebis laitières alimentées au foin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation de la capacité d’ingestion des brebis laitières Lacaune en fin de gestation et période d’allaitement dans le cadre de la mise à jour des équations de 1988.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Portes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Amposta</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentin Coulon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France. 1 p</w:t>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. 5p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05109315v1</w:t>
+                <w:t xml:space="preserve">hal-04842315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de la capacité d’ingestion des brebis laitières Lacaune en fin de gestation et période d’allaitement dans le cadre de la mise à jour des équations de 1988.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suivi en production d'un lot de brebis laitières alimentées au foin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Portes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Amposta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Valentin Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. 5p</w:t>
+              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04842315v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05109315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Practical rationing of dairy sheep in early milking period based on the new Inra 2018 feeding system compared to the previous Inra 2007.</w:t>
               </w:r>
@@ -4156,51 +4156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Portes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4682,51 +4682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Rinn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3R - Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4751,51 +4751,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faecal near infrared spectroscopy (FNIRS) a support tool to manage small ruminants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bonnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4859,77 +4859,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tesnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Legarto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France. 67 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4954,51 +4954,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of intraflock variability in the feed efficiency of lactating Lacaune dairy ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Paulo dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5049,77 +5049,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des environnements de production et de nouveaux phénotypes pour améliorer la sélection et l’adaptation des ovins et caprins dans des environnements variés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5312,51 +5312,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional classification by NIRS of plant parts selected by sheep on a shrubby rangeland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nahoulé Silue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5433,90 +5433,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating empirical and scientific knowledge to evaluate the transition to a once-a-day milking in dairy ewe farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis F. Barillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGRO2015, 5th International Symposium for Farming Systems Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Agropolis International. FRA., Sep 2015, Montpellier, France. 551 p</w:t>
@@ -5571,64 +5571,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5683,51 +5683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage de la simulation pour une évaluation multi-échelle du passage à la monotraite en élevage ovin lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5789,316 +5789,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du rythme de traite des brebis laitières Lacaune sur le temps de travail et les consommations en eau et en électricité en salle de traite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les besoins et réponses laitières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Vernhes</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">La rénovation des systèmes d'unités d'alimentation pour les ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748980v1</w:t>
+                <w:t xml:space="preserve">hal-01561717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les besoins et réponses laitières</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effet du rythme de traite des brebis laitières Lacaune sur le temps de travail et les consommations en eau et en électricité en salle de traite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G Vernhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Autran</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La rénovation des systèmes d'unités d'alimentation pour les ruminants</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01561717v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Once-daily milking ability of the Lacaune ewes : synthesis of the results of a 4 years French study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis F. Barillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Guitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6140,51 +6140,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When biological experience determines individual adaptation: the role of parity in the efficiency of body reserves mobilization-accretion process in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6274,90 +6274,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutrient and tannin content of browsing shrub legumes informally used for small ruminant feeding in Canary Islands, Spain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.R. Ventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Meeting of the FAO-CIHEAM Sub-network on Mediterranean pastures and fodder crops</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Samsun, Turkey</w:t>
@@ -6380,277 +6380,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood metabolites and hormones as potential markers of body reserves dynamic and energetic balance in ruminants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eliel González García</w:t>
+                <w:t xml:space="preserve">Effect of maternal periconceptional undernutrition on male offspring physiology and testicular development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rosefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Debus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Viudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Rose Aurel</w:t>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of American Dairy Science Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Louisiane, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Orlando (Florida), United States. pp.219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189597v1</w:t>
+                <w:t xml:space="preserve">hal-01019349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of maternal periconceptional undernutrition on male offspring physiology and testicular development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Rosefort</w:t>
+                <w:t xml:space="preserve">Blood metabolites and hormones as potential markers of body reserves dynamic and energetic balance in ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Debus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Viudes</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+                <w:t xml:space="preserve">Marie-Rose Aurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Orlando (Florida), United States. pp.219</w:t>
+              <w:t xml:space="preserve">Annual Meeting of American Dairy Science Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Louisiane, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019349v1</w:t>
+                <w:t xml:space="preserve">hal-01189597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal periconceptional undernutrition in sheep: effects on male lambs' physiology and reproduction</w:t>
               </w:r>
@@ -6688,51 +6688,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Viudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine S. Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Symposium on Perinatal Nephrology:Early Determinants of Renal Function &amp; Disease at Adulthood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Marseille, France. pp.*</w:t>
@@ -6813,51 +6813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Viudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine S. Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Annual Meeting AETE (Association Européeenne de Transfert Embryonnaire)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Kuopio, Finland</w:t>
@@ -6938,51 +6938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Viudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine S. Camous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. General Meeting of GEMINI:Maternal Communication with Gametes and Embryo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Soustons, France</w:t>
@@ -7149,51 +7149,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes d'élevages innovants en brebis laitières : expression et entretien de la lactation des brebis selon la persistance laitière, le nombre de traites journalières et la conduite d'élevage.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Dion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Rose Aurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Autran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7287,51 +7287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques J. Bouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis F. Barillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7475,519 +7475,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of pasture as sole feed and herbage allowances on voluntary intake of dairy ewes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude des variations de la digestibilité et de l’ingestibilité des fourrages mesurées chez des ovins dans différents ateliers de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Rémy Peccatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Seminar of the FAO-CIHEAM Sub-Network on Sheep and Goat Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Catania, Italy</w:t>
+              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755011v1</w:t>
+                <w:t xml:space="preserve">hal-02757485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeur alimentaire des parcours de Causse steppique du Larzac par les ovins viande</w:t>
+                <w:t xml:space="preserve">Utilization of Poly Ethylene Glycol 6000 (PEG) as a faecal marker measured with Near Infra Red Spectrometry (NIRS) in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques J. Bouix</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bonnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">11. Seminar of the FAO-CIHEAM Sub-Network on Sheep and Goat Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Catane, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752482v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des variations de la digestibilité et de l’ingestibilité des fourrages mesurées chez des ovins dans différents ateliers de mesure</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valeur alimentaire des parcours de Causse steppique du Larzac par les ovins viande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Autran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Foulquie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques J. Bouix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Bocquier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757485v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilization of Poly Ethylene Glycol 6000 (PEG) as a faecal marker measured with Near Infra Red Spectrometry (NIRS) in sheep</w:t>
+                <w:t xml:space="preserve">Effect of pasture as sole feed and herbage allowances on voluntary intake of dairy ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Fabre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+                <w:t xml:space="preserve">Paul P. Autran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Rose Aurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Bonnal</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jacqueline Jamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Baumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Seminar of the FAO-CIHEAM Sub-Network on Sheep and Goat Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2005, Catane, Italy</w:t>
+              <w:t xml:space="preserve">, Sep 2005, Catania, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754811v1</w:t>
+                <w:t xml:space="preserve">hal-02755011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typicity of Mediterranean sheep products: improvement of nutrition and feeding</w:t>
               </w:r>
@@ -8081,64 +8081,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Polyethylene Glycol 6000 (PEG) concentration in sheep faeces using near infrared spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bonnal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International Conference on Near Infrared Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Auckland, New Zealand. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8614,51 +8614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science (EAAP 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, 29, pp.333, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
@@ -8687,64 +8687,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt de l’individualisation de l’alimentation des brebis laitières par l’utilisation d’un distributeur automatique de concentrés en salle de traite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Fança</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8806,523 +8806,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feeding strategy of Lacaune dairy sheep: dairy ewes fed in groups according to their milk yield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of group feeding management of Basco-Bearnais dairy ewes in early milking period on milkproduction and milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Arranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Poivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Cami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Legarto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Seminar of the FAO-CIHEAM Network on Sheep and Goats, titled "Innovation for Sustainability in Sheep and Goats"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2017, Vittoria-Gasteiz, Spain. , Options Méditerranéennes. Série A : Séminaires Méditerranéens, 123, 2017, Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
+              <w:t xml:space="preserve">, Oct 2017, Vittoria-Gasteiz, Spain. , Options Méditerranéennes. Série A : Séminaires Méditerranéens, 123, 494 p., 2019, Book of abstract. Innovation for Sustainability in Sheep and Goats</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676668v1</w:t>
+                <w:t xml:space="preserve">hal-02738193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intake prediction and energy requirements for lactating dairy small ruminants: Comparison of systems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Feeding strategy of Lacaune dairy sheep: dairy ewes fed in groups according to their milk yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tesnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Legarto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting ADSA-ASAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Pittsburgh, United States. 2017</w:t>
+              <w:t xml:space="preserve">Joint Seminar of the FAO-CIHEAM Network on Sheep and Goats, titled "Innovation for Sustainability in Sheep and Goats"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Vittoria-Gasteiz, Spain. , Options Méditerranéennes. Série A : Séminaires Méditerranéens, 123, 2017, Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840970v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing environment production and exploring new phenotypes to improve genetic selectionefficiency and animal adaptation to a variety of environments</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dominique Francois</w:t>
+                <w:t xml:space="preserve">Intake prediction and energy requirements for lactating dairy small ruminants: Comparison of systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonello Cannas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Seminar of the FAO-CIHEAM Network on Sheep and Goats, titled "Innovation for Sustainability in Sheep and Goats"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Vittoria-Gasteiz, Spain. , Options Méditerranéennes. Série A : Séminaires Méditerranéens, 123, 494 p., 2019, Book of abstract. Innovation for Sustainability in Sheep and Goats</w:t>
+              <w:t xml:space="preserve">Annual Meeting ADSA-ASAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Pittsburgh, United States. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735996v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of group feeding management of Basco-Bearnais dairy ewes in early milking period on milkproduction and milk</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Arranz</w:t>
+                <w:t xml:space="preserve">Characterizing environment production and exploring new phenotypes to improve genetic selectionefficiency and animal adaptation to a variety of environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliel González García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Legarto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Seminar of the FAO-CIHEAM Network on Sheep and Goats, titled "Innovation for Sustainability in Sheep and Goats"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Vittoria-Gasteiz, Spain. , Options Méditerranéennes. Série A : Séminaires Méditerranéens, 123, 494 p., 2019, Book of abstract. Innovation for Sustainability in Sheep and Goats</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738193v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic response to diet energy restriction in ewes selected for high and low mastitis resistance</w:t>
               </w:r>
@@ -9440,294 +9440,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La consommation d’eau des élevages ovins laitiers en Aveyron</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.L. Menard</w:t>
+                <w:t xml:space="preserve">Effect of perinatal undernutrition in Merinos d’Arles ewes on physiology and reproductive function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine S. Camous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rosefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cambridge University Press. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 19, 2012, 19èmes Rencontres Recherches Ruminants</w:t>
+              <w:t xml:space="preserve">Colloque SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Paris, France. Cambridge University Press, Journal of Developmental Origins of Health and Disease, 4 (Supplement 1) (S1), pp.S12-S13, 2013, Founding meeting of SF-DOHaD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746550v1</w:t>
+                <w:t xml:space="preserve">hal-02745038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of perinatal undernutrition in Merinos d’Arles ewes on physiology and reproductive function</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+                <w:t xml:space="preserve">La consommation d’eau des élevages ovins laitiers en Aveyron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Wucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Paris, France. Cambridge University Press, Journal of Developmental Origins of Health and Disease, 4 (Supplement 1) (S1), pp.S12-S13, 2013, Founding meeting of SF-DOHaD</w:t>
+              <w:t xml:space="preserve">19. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 19, 2012, 19èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745038v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences postnatales d’une restriction alimentaire péri-conceptionnelle chez la brebis</w:t>
               </w:r>
@@ -9870,51 +9870,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'alimentation des brebis laitières. Références et conseils pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Fonça</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10019,51 +10019,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRA, 2e ed., 547 p., 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -10349,230 +10349,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovins en lactation, en croissance et à l'engrais</w:t>
+                <w:t xml:space="preserve">Dairy, growing and fattening sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inra, 2018. Alimentation des ruminants : Apports nutritionnels - Besoins et réponses des animaux - Rationnement - Tables des valeurs des aliments</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 728 p., 2018, 978-2-7592-2867-6</w:t>
+              <w:t xml:space="preserve">INRA Feeding System for Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wageningen Academic Publishers, 640 p., 2018, 978-90-8686-292-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789052v1</w:t>
+                <w:t xml:space="preserve">hal-02928228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy, growing and fattening sheep</w:t>
+                <w:t xml:space="preserve">Ovins en lactation, en croissance et à l'engrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bocquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Feeding System for Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wageningen Academic Publishers, 640 p., 2018, 978-90-8686-292-4</w:t>
+              <w:t xml:space="preserve">Inra, 2018. Alimentation des ruminants : Apports nutritionnels - Besoins et réponses des animaux - Rationnement - Tables des valeurs des aliments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4ème ed., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 728 p., 2018, 978-2-7592-2867-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02928228v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation des ovins</w:t>
               </w:r>
@@ -10672,51 +10672,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual feed intake in dairy ewes: an evidence of intraflock variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Paulo dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10854,51 +10854,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1F3B9B7"/>
+    <w:nsid w:val="F6C206AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11085,51 +11085,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-hassoun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7885-555X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216772v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Machefert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lagriffoul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04070123v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Laclef" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22080" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03856899v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arles" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2022.106862" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Boissieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fan&#231;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legarto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1p32-7426" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654893v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Sagot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bluet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238259v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutaz Alhamada" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Nascimento" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan. Bonnafe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-19075" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338822v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Agustina Cordoba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pradel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2021.104664" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03410902v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azizi A." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nascimento" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Douls" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2021.104738" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02571905v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Kharrat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline y Aad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud El Hajj" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bocquier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rama.2020.01.005" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936584v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Paulo dos Santos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani10091593" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621594v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Oliveira Golini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117002609" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627098v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2018.06.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636017v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Larroque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.1.2516" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506472v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Foulquie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115002621" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638129v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.1.2512" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634545v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Barillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639934v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lefrileux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bossis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e de Cr&#233;moux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Morin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Astruc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.1.2513" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506335v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tesni&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Camous" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2014.07.001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFZLQ84T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506343v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Autran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114001451" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939513v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Viudes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731113000323" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019363v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Debus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rosefort" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2011.11.015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBHB90W1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394406v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laignel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/h30x-fy29" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644096v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2011.02.005" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KR8RX16Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658489v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Sansoucy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709023v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geoffroy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saminadin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prior" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beramis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05112155v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laclau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#226;d Nasri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364634v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fanca" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Grisot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912412v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dehays" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109315v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lamarque" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Amposta" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Coulon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842315v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033381v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Tomas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04039683v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costes-Ori" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fan&#231;a" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033343v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775185v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taillandier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hardy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Buisson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rinn" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03262292v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736469v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738101v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607215v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602474v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahoul&#233; Silue" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739559v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740846v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506369v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748980v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Vernhes" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01561717v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748886v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guitard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506336v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gozzo de Figuereido" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745158v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Ventura" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Flores" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189597v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Aurel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019349v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817016v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Viudes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752535v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754446v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173489v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820028v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dion" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Marnet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817100v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755327v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755011v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul P. Autran" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Jamot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752482v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757485v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;my Peccatte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Gallard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754811v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fabre" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonnal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755292v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830927v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762964v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc-Vazeille" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carri&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764182v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gautier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulmier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Arranz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842362v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bouichou" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Coventi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Marie Pasquali" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Bianchini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175967v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nozi&#232;re" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chapoutot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733514v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Batut" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Noblia" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Poquet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676668v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840970v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Cannas" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735996v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738193v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Poivre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cami" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742514v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bouvier-Muller" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Enjalbert" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2015.org" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746550v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roussel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wucher" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thomas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lagriffoul" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Menard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.umr-lisah.fr/index.php?page=welc&amp;amp;lang=fr" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745038v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823546v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailloux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790641v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fon&#231;a" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idele.fr/no_cache/recherche/publication/idelesolr/recommends/lalimentation-des-brebis-laitieres-1.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293337v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5704543715167085E12" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675555v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/9789086868728_023" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675585v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789052v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928228v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815116v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788822v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-hassoun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7885-555X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216772v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Machefert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lagriffoul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04070123v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Laclef" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22080" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03856899v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arles" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2022.106862" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238259v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutaz Alhamada" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Nascimento" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan. Bonnafe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-19075" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128766v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Boissieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fan&#231;a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legarto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1p32-7426" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654893v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Sagot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bluet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03410902v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azizi A." TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nascimento" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Douls" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2021.104738" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338822v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Agustina Cordoba" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pradel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2021.104664" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02571905v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Kharrat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline y Aad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud El Hajj" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bocquier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rama.2020.01.005" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936584v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Paulo dos Santos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani10091593" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621594v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Oliveira Golini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117002609" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627098v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2018.06.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639934v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lefrileux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bossis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e de Cr&#233;moux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049335v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barillet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Morin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Astruc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.1.2513" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506472v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Foulquie" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115002621" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636017v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Larroque" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.1.2516" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638129v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.1.2512" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634545v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Barillet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506335v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tesni&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Camous" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2014.07.001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFZLQ84T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506343v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Autran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114001451" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939513v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Viudes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731113000323" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019363v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Debus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rosefort" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2011.11.015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBHB90W1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394406v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laignel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/h30x-fy29" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644096v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2011.02.005" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KR8RX16Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658489v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Sansoucy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709023v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geoffroy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saminadin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prior" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beramis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05112155v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laclau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#226;d Nasri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364634v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fanca" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Grisot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912412v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dehays" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842315v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lamarque" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Coulon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109315v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Amposta" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033381v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Tomas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04039683v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costes-Ori" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fan&#231;a" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033343v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775185v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taillandier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hardy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Buisson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rinn" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03262292v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736469v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738101v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607215v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602474v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahoul&#233; Silue" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739559v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740846v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506369v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01561717v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748980v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Vernhes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748886v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guitard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506336v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gozzo de Figuereido" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745158v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Ventura" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Flores" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019349v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189597v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Aurel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817016v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Viudes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752535v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754446v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173489v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820028v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dion" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Marnet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817100v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755327v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757485v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;my Peccatte" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Gallard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754811v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fabre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonnal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752482v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755011v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul P. Autran" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Jamot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755292v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830927v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762964v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc-Vazeille" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carri&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764182v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gautier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulmier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Arranz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842362v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bouichou" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Coventi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Marie Pasquali" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Bianchini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175967v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nozi&#232;re" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chapoutot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733514v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Batut" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Noblia" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Poquet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738193v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Poivre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cami" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676668v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840970v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Cannas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735996v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742514v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bouvier-Muller" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Enjalbert" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2015.org" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745038v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746550v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roussel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wucher" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thomas" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lagriffoul" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Menard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.umr-lisah.fr/index.php?page=welc&amp;amp;lang=fr" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823546v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailloux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790641v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fon&#231;a" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idele.fr/no_cache/recherche/publication/idelesolr/recommends/lalimentation-des-brebis-laitieres-1.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293337v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5704543715167085E12" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675555v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/9789086868728_023" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675585v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928228v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789052v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815116v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788822v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>