--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -562,295 +562,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Levels of Free NƐ-Carboxymethyllysine (CML) after Different Oral Doses of CML in Rats and after the Intake of Different Breakfasts in Humans: Postprandial Plasma Level of sRAGE in Humans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of leavening agent on Maillard reaction and the bifidogenic effect of traditional French bread</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Troadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Nestora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Niquet-Léridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Helou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Niquet-Leridon</w:t>
+                <w:t xml:space="preserve">David Marier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu14091890⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 393, pp.133387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673610v1</w:t>
+                <w:t xml:space="preserve">hal-03693730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of leavening agent on Maillard reaction and the bifidogenic effect of traditional French bread</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Niquet-Léridon</w:t>
+                <w:t xml:space="preserve">Plasma Levels of Free NƐ-Carboxymethyllysine (CML) after Different Oral Doses of CML in Rats and after the Intake of Different Breakfasts in Humans: Postprandial Plasma Level of sRAGE in Humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Helou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Thomaz Nogueira Silva Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Niquet-Leridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Marier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jacolot</w:t>
+                <w:t xml:space="preserve">Eric Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 393, pp.133387. </w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (9), pp.1890. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133387⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nu14091890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03693730v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03673610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbamylation and glycation compete for collagen molecular aging in vivo</w:t>
               </w:r>
@@ -1022,51 +1022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 83 (10), pp.2424-2431. </w:t>
@@ -1983,51 +1983,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Woodward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2173,50 +2173,62 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 63, pp.299 - 305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodres.2014.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02631365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
@@ -2230,91 +2242,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do early and lifelong exposure to dietary AGEs affect tissue, gut sensitivity, and microbiota in mice?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Thomaz Nogueira Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Delayre-Orthez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Howsam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2333,100 +2345,100 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMARS 15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a bovine serum albumin model system for in vitro fortification of N ε -carboxymethyl-lysine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Thomaz Nogueira Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Howsam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Delayre-Orthez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2458,87 +2470,87 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Young AGErs symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Maasticht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04414993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des propriétés anti-oxydantes et anti-inflammatoires des tanins de châtaignier sur la barrière épithéliale intestinale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Niquet-Léridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2546,84 +2558,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barbezier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.M. Anton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques Colorants et Pigments Naturels 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Artois, Nov 2021, Bethunes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04580109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2633,51 +2645,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of fermentation time and temperature on the sensory and nutritional properties of French bread.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2736,100 +2748,100 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EFFoST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Dublin (Irlande), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04261338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro fortification of Nε-carboxymethyl-lysine in bovine serum albumin model systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Thomaz Nogueira Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Howsam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Niquet-Léridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2865,176 +2877,176 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Naila Rabbani; Paul J. Thornalley. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMARS14: Protein glycation in food, health and disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Doha, Qatar. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04414832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formula Milk derived CML induces RAGE activation, long term inflammation and oxidative stress in IUGR Piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Elmhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Leridon-Niquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Symposium on the Maillard Reaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Tokyo (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04376110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3044,236 +3056,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formula milk is involved in programming of oxidative stress and inflammation in kidney of IUGR piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Elmhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Leridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">second meeting of the French-speaking society SF-DOHaD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Developmental Origins of Health and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6 (s1), pp.S1-S50, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S2040174415000197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04376118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formula Milk is involved in programming of oxidative stress and inflammation in kidney of IUGR piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Elmhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Niquet-Leridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3292,51 +3304,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2 eme congrès de la SF-DOHAD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Volume 4 (Supplement 1), Cambridge Univers, pp.S3-S47, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3346,144 +3358,144 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROCEDE DE TRAITEMENT DU CRESSON</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gadonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Robert de Massy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2019138200A1. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId119"/>
+      <w:footerReference w:type="default" r:id="rId120"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3551,51 +3563,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="335B3035"/>
+    <w:nsid w:val="C324FEF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3782,51 +3794,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-jacolot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-1395-4176" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213646v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Troadec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Regnault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Nestora" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Niquet-L&#233;ridon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-023-04325-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213639v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Richard-Dazeur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Goethals" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barbezier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e18993" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04186828v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mt Nogueira Silva Lima" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Howsam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delayre-Orthez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jaisson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136815" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03673610v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Helou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Thomaz Nogueira Silva Lima" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Niquet-Leridon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boulanger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14091890" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693730v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133387" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03406830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nicolas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaisson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Gorisse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J. Tessier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54817-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286250v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouquand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Petit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14331" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02272707v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicolas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jaisson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gorisse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Tessier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Niquet-L&#233;ridon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2017.05.006" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172583v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Goz&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly&#232;s Lakhal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pauss" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2017.04.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04064620v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tessier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Niquet-Leridon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jouquand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201600140" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X63ZPXR7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02368763v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grossin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Auger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durieux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montaigne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400643" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VSN044L1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140160v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Elmhiri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dler F D Mahmood" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400722" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GFK8DFJ7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285557v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Loa&#235;c" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b02853" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tessier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bernard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Woodward" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2014.07.038" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631365v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loaec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Volpoet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2014.03.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707235v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Howsam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414993v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580109v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Richard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Anton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261338v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414832v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376110v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Elmhiri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mahmood" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leridon-Niquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jacolot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Firmin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376118v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Elmhiri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mahmood" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leridon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jacolot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Firmin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174415000197" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611245v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Niquet-Leridon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269179v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gadonna" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robert de Massy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-jacolot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-1395-4176" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213646v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Troadec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Regnault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Nestora" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Niquet-L&#233;ridon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-023-04325-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213639v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Richard-Dazeur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Goethals" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barbezier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e18993" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04186828v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mt Nogueira Silva Lima" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Howsam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delayre-Orthez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jaisson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136815" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693730v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133387" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03673610v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Helou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Thomaz Nogueira Silva Lima" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Niquet-Leridon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boulanger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14091890" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03406830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nicolas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaisson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Gorisse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J. Tessier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54817-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286250v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouquand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Petit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14331" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02272707v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicolas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jaisson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gorisse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Tessier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Niquet-L&#233;ridon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2017.05.006" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172583v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Goz&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly&#232;s Lakhal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pauss" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2017.04.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04064620v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tessier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Niquet-Leridon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jouquand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201600140" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X63ZPXR7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02368763v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grossin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Auger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durieux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montaigne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400643" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VSN044L1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140160v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Elmhiri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dler F D Mahmood" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400722" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GFK8DFJ7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285557v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Loa&#235;c" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b02853" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tessier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bernard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Woodward" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2014.07.038" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631365v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loaec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Volpoet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2014.03.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7Z12FDJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707235v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Howsam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414993v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580109v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Richard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Anton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261338v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414832v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376110v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Elmhiri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mahmood" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leridon-Niquet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jacolot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Firmin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376118v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Elmhiri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mahmood" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leridon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jacolot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Firmin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174415000197" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611245v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Niquet-Leridon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269179v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gadonna" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robert de Massy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>