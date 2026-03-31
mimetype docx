--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -169,174 +169,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03947490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le décor sculpté de la tholos de Delphes (IVe siècle av. J.-C.). Défis et transgressions</w:t>
+                <w:t xml:space="preserve">Le décor sculpté de la tholos de Delphes : 119 ans après sa mise au jour, où en sommes-nous ?, Bulletin de la société française d’archéologie classique (2019-2020), séance du 21 février 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jockey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire de l'art</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue archéologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 71 (1), pp.157-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arch.211.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03947411v1</w:t>
+                <w:t xml:space="preserve">halshs-03947460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le décor sculpté de la tholos de Delphes : 119 ans après sa mise au jour, où en sommes-nous ?, Bulletin de la société française d’archéologie classique (2019-2020), séance du 21 février 2020</w:t>
+                <w:t xml:space="preserve">Le décor sculpté de la tholos de Delphes (IVe siècle av. J.-C.). Défis et transgressions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jockey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Histoire de l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 88, Limites : objets et matérialité, pp.11-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/arch.211.0129⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03947460v1</w:t>
+                <w:t xml:space="preserve">halshs-03947411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La restitution des couleurs.</w:t>
               </w:r>
@@ -541,234 +541,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01821917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Eye of the Medusa: XRF Imaging Reveals Unknown Traces of Antique Polychromy</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La couleur dans l’antiquité : quelle était la véritable polychromie des Grecs anciens ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jockey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 555, pp.30-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03888058v1</w:t>
+                <w:t xml:space="preserve">halshs-03947474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La couleur dans l’antiquité : quelle était la véritable polychromie des Grecs anciens ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Eye of the Medusa: XRF Imaging Reveals Unknown Traces of Antique Polychromy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Alfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Cain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jockey</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 89 (3), pp.1493-1500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.6b03179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03947474v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03888058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ritual practices of “preservative” obliteration in the Iron Age. An archeological perspective on the choice of colors and materials</w:t>
               </w:r>
@@ -2113,263 +2113,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01550009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recueil général des sculptures sur pierre de la Gaule. Nouvel Espérandieu I. Vienne (Isère)</w:t>
+                <w:t xml:space="preserve">Recueil général des sculptures sur pierre de la Gaule, I. Vienne (Isère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Danièle Terrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Lauxerois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Renaud Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vassiliki Gaggadis-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jockey</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Hermary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Académie des Inscriptions et Belles-Lettres, pp.251, 2003</w:t>
+              <w:t xml:space="preserve">Académie des Inscriptions et Belles-Lettres. De Boccard Paris, 253 p., 269 pl., 2003, Nouvel Espérandieu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02862717v1</w:t>
+                <w:t xml:space="preserve">halshs-00266363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recueil général des sculptures sur pierre de la Gaule, I. Vienne (Isère)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recueil général des sculptures sur pierre de la Gaule. Nouvel Espérandieu I. Vienne (Isère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Terrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danièle Terrer</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Roger Lauxerois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vassiliki Gaggadis-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jockey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Académie des Inscriptions et Belles-Lettres, pp.251, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Hermary</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-00266363v1</w:t>
+                <w:t xml:space="preserve">hal-02862717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Maison urbaine d'époque romaine en Gaule narbonnaise et dans les provinces voisines</w:t>
               </w:r>
@@ -2947,146 +2947,155 @@
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jockey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Jockey. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les arts de la couleur en Grèce ancienne… et ailleurs. Approches interdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 56, Ecole française d'Athènes, pp.387-402, 2018, BCH Supplément, 978-2-86958-290-3</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 56, Ecole française d'Athènes, pp.387-402, 2018, BCH Supplément, 978-2-86958-290-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv1q26mm2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02464178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le décor sculpté de la maison urbaine en Gaule Narbonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jockey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Maison urbaine d'époque romaine en Gaule narbonnaise et dans les provinces voisines : Actes du colloque d'Avignon (11-13 novembre 1994)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6.1, Service d'Archéologie du Conseil Général de Vaucluse, pp.195-211, 1996, Documents d'Archéologie Vauclusienne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId90"/>
+      <w:footerReference w:type="default" r:id="rId91"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3233,51 +3242,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947490v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jockey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947411v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947460v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arch.211.0129" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270977v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricia Fauquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26mm2.23" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821917v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Alfeld" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mulliez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Devogelaere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence de Viguerie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2018.05.050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888058v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Cain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.6b03179" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947474v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026561v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Denti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Glanville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Seccaroni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920416v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01414925v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Daniel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W4-299-2015" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715553v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Etienne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Wurch-K&#246;zelj" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Prost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Sarris" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2001.7160" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Walter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264082v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888199v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03936488v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Glanville" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637521v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thomas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550625v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gravina" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Cibecchini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Hesnard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Villalobos Alonso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alves Francisco J.S." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pcjb/3808" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888263v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Amouretti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ruz&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550009v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Crivello" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine-Larissa Basset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Nicola&#239;dis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ourania Polycandrioti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Balta" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862717v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Robert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Terrer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Lauxerois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Gaggadis-Robin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266363v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hermary" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562916v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Balmelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Barbet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Beltr&#225;n Lloris" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borgard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03936515v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03936546v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947589v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947629v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efa/8402" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947654v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bourgeois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464178v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569754v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947490v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jockey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947460v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arch.211.0129" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270977v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricia Fauquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26mm2.23" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821917v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Alfeld" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mulliez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Devogelaere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence de Viguerie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2018.05.050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947474v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888058v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Cain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.6b03179" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026561v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Denti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Glanville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Seccaroni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920416v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01414925v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Daniel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W4-299-2015" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715553v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Etienne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Wurch-K&#246;zelj" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Prost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Sarris" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2001.7160" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Walter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264082v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888199v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03936488v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Glanville" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637521v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thomas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550625v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gravina" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Cibecchini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Hesnard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Villalobos Alonso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alves Francisco J.S." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pcjb/3808" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888263v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Amouretti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ruz&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550009v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Crivello" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine-Larissa Basset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Nicola&#239;dis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ourania Polycandrioti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Balta" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266363v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Terrer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Lauxerois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Robert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Gaggadis-Robin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hermary" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862717v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562916v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Balmelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Barbet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Beltr&#225;n Lloris" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borgard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03936515v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03936546v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947589v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947629v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efa/8402" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947654v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bourgeois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464178v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26mm2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>