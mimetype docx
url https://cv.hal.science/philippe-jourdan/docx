--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1138,273 +1138,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumer Tendency to Regret: Validation of a Measurement Scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La tendance à regretter du consommateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Delacroix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+                <w:t xml:space="preserve">E. Delacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 22</w:t>
+              <w:t xml:space="preserve">, 2007, 22 (1), pp.1-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01763464v1</w:t>
+                <w:t xml:space="preserve">halshs-00257562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La tendance à regretter du consommateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Delacroix</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 22 (1), pp.1-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00257562v1</w:t>
+                <w:t xml:space="preserve">halshs-00155112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tendance à regretter du consommateur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Consumer Tendency to Regret: Validation of a Measurement Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 22 (1), pp.1-20</w:t>
+              <w:t xml:space="preserve">, 2007, 22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00155112v1</w:t>
+                <w:t xml:space="preserve">hal-01763464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GRP et Internet : une transposition sans risque ?</w:t>
               </w:r>
@@ -2564,165 +2564,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'apport des modèles en marketing : les études doivent-elles aussi faire leur marketing et accroître leur valeur pour le commanditaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Journée Nationale des études</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UDA/ADETEM, 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Optimizing the ROI of your marketing strategy thanks to an innovative brand value measurement and conceptualization method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HEC Alumni Association of New York</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134661v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01134658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les marques aujourd'hui : que faut-il mesurer ?</w:t>
               </w:r>
@@ -2840,441 +2840,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">“An example of operational use of brand equity: The launch of the M3Power by Gillette”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Consumer Research: Asia Pacific Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Hyderabad, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la publicité télévisée renforce-t-elle le capital de marque ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème édition de l'université d'été du SNPTV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syndicat National de la Publicité Télévisée, 2009, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un exemple d'utilisation opérationelle du capital de la marque : le lancement du M3 Power de Gillette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Concumer Research Asia Pacific Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Hyberadad, Inde</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les clients de l'assurance face à la crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences du LAB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Assurance Banque, 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">“An example of operational use of brand equity: The launch of the M3Power by Gillette”</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Comment accroître la réponse aux études en ligne ? Une étude longitudinale des leviers de la réponse depuis un access panel ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Consumer Research: Asia Pacific Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Hyderabad, India</w:t>
+              <w:t xml:space="preserve">Journée AFM- SYNTEC dédiée aux échantillonnages en ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles routes empruntent vos prospects pour se rapprocher de votre marque ? La démarche Reach Through Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Nationale des Etudes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UDA/ADETEM, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134635v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03264618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“How to optimize communications: an approach based on the online identification of touch points in the automobile sector”</w:t>
               </w:r>
@@ -3638,50 +3638,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etudes en ligne : de l'ère des technologies à celle des méthodologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Nationale des Etudes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UDA/ADETEM, 2006, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capitalizing TM : optimization of the strategic and tactical choices that characterizes the launch of a key product - Gillette's M3Power case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien de Ponthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESOMAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Londres, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment utiliser le capital de marque pour optimiser les choix stratégiques et tactiques dans la gestion de son portefeuille ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commission études de l'UDA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00132462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etudes en ligne : de l'ère des technologies à celle des méthodologies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ère Journée nationale des études organisée conjointement par l'UDA et l'ADETEM.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, France. pp.CD ROM + site web</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00132466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contradiction comme outil d'aide à la réflexion stratégique prospective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Erner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'innovation de l'IREP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2006, France. pp.CD ROM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00132455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Gillette Mach III Power: How to optimize strategic and tactical choices in the context of a major product launch?”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien de Ponthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du congrès annuel international de l’ESOMAR: Shaping the Future: Innovation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Londres, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Capitalizing™ : Optimising strategic and tactical choices in the context of a major product launch&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3703,743 +4156,290 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennale internationale de l'éducation et de la formation, Lyon, avril 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00101628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Freins et performances de l’entrepreneuriat dans les entreprises innovantes: une étude exploratoire”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Arlotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationale des Etudes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UDA/ADETEM, 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">4ème Congrès de l’Académie de l’Entrepreneuriat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Capitalizing TM : optimization of the strategic and tactical choices that characterizes the launch of a key product - Gillette's M3Power case</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“An exploratory study of the non-participation to the surveys using Online Access Panels”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien de Ponthaud</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Arlotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESOMAR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Actes du Colloque International : Symposium on Applications and the Internet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...323 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“An exploratory study of the non-participation in the online surveys using access panels”.- Actes du congrès international de l’ESOMAR : Worldwide Panel Research.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">/</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264493v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-03264564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les concours à la création d’entreprise, une nouvelle perspective pédagogique pour l’entrepreneuriat ? »</w:t>
               </w:r>
@@ -5414,51 +5414,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marketing Research : Méthodes de recherche et d'étude en marketing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jolibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5909,51 +5909,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir son projet d'étude ou de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6071,212 +6071,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01416086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE BIG DATA SIGNIFIE-T-IL LE « BIG BANG » DES ETUDES MARKETING ?</w:t>
+                <w:t xml:space="preserve">Le Big Data signifie-t-il le Big Bang des études de marketing?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Pacitto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Conseil scientifique de l'ADETEM. </w:t>
+              <w:t xml:space="preserve">Editions Kawa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le marketing augmenté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">Le Big Data signifie-t-il le Big Bang des études de marketing?</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE BIG DATA SIGNIFIE-T-IL LE « BIG BANG » DES ETUDES MARKETING ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Pacitto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions Kawa. </w:t>
+              <w:t xml:space="preserve">Conseil scientifique de l'ADETEM. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le marketing augmenté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Kawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 978-2-36778-074-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03263931v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Stratégies de consommation et plaisirs à consommer : quelles implications pour le marketing ? »</w:t>
               </w:r>
@@ -6814,51 +6814,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C80452D"/>
+    <w:nsid w:val="D64F01B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7045,51 +7045,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-jourdan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103205594" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915534v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jourdan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pacitto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263964v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763415v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jourdan&#171;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.345.0257" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264360v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264380v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134913v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Soparnot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264424v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956931v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Arlotto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sahut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Teulon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.055.0291" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264436v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763464v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Delacroix" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257562v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delacroix" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155112v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132953v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132968v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383407v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jourdan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915501v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915520v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264449v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264595v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264590v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Flender" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Motquin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264612v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Solca" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Wise" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264615v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264616v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132933v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fabiani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264620v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Ponthaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134661v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134656v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134653v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134345v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134643v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264459v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134647v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134635v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264618v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264473v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134890v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134906v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188079v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arlotto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264513v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101628v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134694v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134349v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132462v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132466v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132455v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Erner" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264481v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264493v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264501v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264564v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264566v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264570v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134675v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jolibert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134684v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264573v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264505v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134893v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134671v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134501v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244807v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118355v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jolibert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Monnot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415748v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135351v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132988v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135358v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132470v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120566v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416086v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684043v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-kawa.com/marketing-digital/133-le-marketing-augmente.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263931v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263957v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132996v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134919v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Matthieu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189232v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189229v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-jourdan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103205594" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915534v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jourdan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pacitto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263964v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763415v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jourdan&#171;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.345.0257" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264360v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264380v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134913v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Soparnot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264424v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956931v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Arlotto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sahut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Teulon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.055.0291" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264436v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257562v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delacroix" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155112v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Delacroix" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763464v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132953v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132968v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383407v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jourdan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915501v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915520v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264449v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264595v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264590v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Flender" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Motquin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264612v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Solca" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Wise" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264615v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264616v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132933v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fabiani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264620v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Ponthaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134658v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134661v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134656v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134653v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264459v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134647v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134345v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134643v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264618v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134635v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264473v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134890v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134906v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188079v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arlotto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264513v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134694v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134349v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132462v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132466v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132455v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Erner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264481v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101628v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264564v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264501v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264493v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264566v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264570v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134675v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jolibert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134684v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264573v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264505v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134893v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134671v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134501v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244807v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118355v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jolibert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Monnot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415748v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135351v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132988v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135358v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132470v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120566v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416086v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263931v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684043v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-kawa.com/marketing-digital/133-le-marketing-augmente.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263957v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132996v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134919v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Matthieu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189232v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189229v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>