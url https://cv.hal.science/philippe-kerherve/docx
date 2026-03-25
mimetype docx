--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3380,307 +3380,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Live (stained) benthic foraminifera from the Rhône prodelta (Gulf of Lion, NW Mediterranean): Environmental controls on a river-dominated shelf</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Fontanier</w:t>
+                <w:t xml:space="preserve">Distribution and lability of land-derived organic matter in the surface sediments of the Rhône prodelta and the adjacent shelf (Mediterranean Sea, France): a multi proxy study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.J. Jorissen</w:t>
+                <w:t xml:space="preserve">M.-Y. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Buscail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lansard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Buscail</w:t>
+                <w:t xml:space="preserve">F. Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 65 (1), pp.58-75. </w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8 (11), pp.3107-3125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.seares.2010.07.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-8-3107-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744425v1</w:t>
+                <w:t xml:space="preserve">hal-02908651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and lability of land-derived organic matter in the surface sediments of the Rhône prodelta and the adjacent shelf (Mediterranean Sea, France): a multi proxy study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey M Pruski</w:t>
+                <w:t xml:space="preserve">Live (stained) benthic foraminifera from the Rhône prodelta (Gulf of Lion, NW Mediterranean): Environmental controls on a river-dominated shelf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fontanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.J. Jorissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-Y. Sun</w:t>
+                <w:t xml:space="preserve">B. Lansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Buscail</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 65 (1), pp.58-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.seares.2010.07.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-8-3107-2011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02908651v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Across margin export of organic matter by cascading events traced by stable isotopes, northwestern Mediterranean Sea</w:t>
               </w:r>
@@ -3947,64 +3947,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Live foraminifera from the open slope between Grand Rhône and Petit Rhône Canyons (Gulf of Lions, NW Mediterranean)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.J. Jorissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5776,290 +5776,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytoplankton photoadaptation related to some frontal physical processes</w:t>
+                <w:t xml:space="preserve">Phytoplankton dynamics associated with a geostrophic front: Ecological and biogeochemical implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Claustre</w:t>
+                <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-C Marty</w:t>
+                <w:t xml:space="preserve">Jean-Claude Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Prieur</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louis Prieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christianne Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0924-7963(94)90050-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of marine research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 52 (4), pp.711-742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1357/0022240943077000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744370v1</w:t>
+                <w:t xml:space="preserve">hal-04744365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytoplankton dynamics associated with a geostrophic front: Ecological and biogeochemical implications</w:t>
+                <w:t xml:space="preserve">Phytoplankton photoadaptation related to some frontal physical processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Claustre</w:t>
+                <w:t xml:space="preserve">H Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Marty</w:t>
+                <w:t xml:space="preserve">J.-C Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Prieur</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L Prieur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of marine research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 5 (3-5), pp.251-265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0924-7963(94)90050-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1357/0022240943077000⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744365v1</w:t>
+                <w:t xml:space="preserve">hal-04744370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8327,51 +8327,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EE4E9E40"/>
+    <w:nsid w:val="B9CDF0C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8558,51 +8558,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-kerherve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078618v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nahon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menniti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Roucaute" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2025.102865" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892658v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nahon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2024015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743302v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laverre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Weiss" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charri&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162733" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979136v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Villa de Brito" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Quental-Ferreira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739292" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743327v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Constant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reynaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Weiss" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics1010012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718112v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heussner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Canals" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe0290" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03178286v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Pruski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Rzeznik-Orignac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles V&#233;tion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Bourgeois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107274" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024569v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Sola" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charri&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136984" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935214v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Durrieu de Madron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Stabholz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.22581" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02868890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735162" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02328747v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mino-Vercellio-Verollet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumontier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S&#224;nchez Vidal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.03.032" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01764323v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Meslard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourrin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Many" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2018.02.020" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02024195v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aim&#233;e Galeron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charr&#236;&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Vaultier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Volkman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2017.10.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01686759v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ll. Calleja" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kerherv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K&#281;dra" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Leynaert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2017.07.005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01510337v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Li&#233;nart" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Savoye" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bozec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Breton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Conan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2017.03.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01374404v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;c" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ll. Callejae" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Manyc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Morataa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2016.08.009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D219GDNT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01267510v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja K Fagervold" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey M Pruski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.86" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743356v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Higueras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanchez-Vidal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calafat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ludwig" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-157-2014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743372v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cathalot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rabouille" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tisn&#233;rat-Laborde" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Toussaint" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.05.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470105v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Toussaint" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat-Laborde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cathalot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Buscail" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033822200058070" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Khripounoff" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Taupier-Letage" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/BG-10-1097-2013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743388v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metzger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cesbron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deflandre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2013.01.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Z9KDF9R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743363v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sanchez-Vidal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Higueras" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;nia Mart&#237;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camino Liquete" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Calafat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2013.07.020" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3HP37SZT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421623v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goineau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jorissen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buscail" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1367-2012" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744425v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Jorissen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lansard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2010.07.007" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SX8ZQWMJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908651v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-Y. Sun" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lantoine" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-3107-2011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743397v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanchez&#8208; Vidal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasqual" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heussner" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2009.54.5.1488" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743416v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007GL032825" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881044v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouret" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2008.07.003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QL0M5KV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290656v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garcia-Esteves" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Kerherv&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Probst" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lespinas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743420v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Hyun Kim" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schouten" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Herfort" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2007.06.010" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RZL8K7C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592057v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garcia-Esteves" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lespinas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2006.09.013" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746957v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Amram" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Anghinolfi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Anvar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.E Ardellier-Desages" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Aslanides" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0927-6505(02)00202-5" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743427v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gadel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Serve" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0146-6380(02)00003-7" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNXNWGZB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812084v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Panagiotopoulos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sempere" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lafont" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Kerherve" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9673(01)00697-5" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X25S30MV-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743430v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Semp&#233;r&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Lafont" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0021-9673(01)00697-5" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743432v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masao Minagawa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Monaco" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0399-1784(00)01111-7" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744344v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazzak Abassi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Aloisi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0399-1784(00)00119-5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061581v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abassi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Heussner" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Monaco" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Aloisi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744347v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Miserocchi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadran Faganeli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Balboni" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Monaco" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0146-6380(99)00026-1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XV3QDK4Q-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744336v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Stavrakakis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ferrand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6611(99)00040-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BXCQM4M-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744359v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0021-9673(95)00698-2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-44VQ044X-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744370v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Claustre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Marty" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Prieur" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0924-7963(94)90050-7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LKQQS8LP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744365v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Marty" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christianne Videau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1357/0022240943077000" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750668v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311547v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonz&#225;lez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hanke" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Kideys" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Navarro-Ortega," TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601932v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Radakovitch" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gairoard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Delanghe-Sabatier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Angeletti" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kerherve" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040218v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750695v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71279-6_2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039504v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serges Heussner" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096678v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Morata" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika K&#281;dra" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lalande" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750759v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0030395" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750722v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sotin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278211v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontanier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Jorissen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lansard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mouret" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278214v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278207v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ernoult" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750725v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041634v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750716v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00111-3" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041639v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00127-7" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-kerherve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078618v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nahon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menniti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Roucaute" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2025.102865" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892658v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nahon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2024015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743302v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laverre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Weiss" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charri&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162733" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979136v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Villa de Brito" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Quental-Ferreira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.739292" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743327v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Constant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reynaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Weiss" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics1010012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718112v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heussner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Canals" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe0290" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03178286v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Pruski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Rzeznik-Orignac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles V&#233;tion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Bourgeois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107274" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024569v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Sola" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charri&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136984" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935214v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Durrieu de Madron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Stabholz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.22581" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02868890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735162" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02328747v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mino-Vercellio-Verollet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumontier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S&#224;nchez Vidal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.03.032" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01764323v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Meslard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourrin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Many" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2018.02.020" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02024195v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aim&#233;e Galeron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charr&#236;&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Vaultier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Volkman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2017.10.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01686759v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ll. Calleja" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kerherv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K&#281;dra" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Leynaert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2017.07.005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01510337v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Li&#233;nart" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Savoye" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bozec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Breton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Conan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2017.03.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01374404v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;c" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ll. Callejae" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Manyc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Morataa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2016.08.009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D219GDNT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01267510v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja K Fagervold" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey M Pruski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.86" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743356v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Higueras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanchez-Vidal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calafat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ludwig" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-157-2014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743372v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cathalot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rabouille" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tisn&#233;rat-Laborde" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Toussaint" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.05.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470105v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Toussaint" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat-Laborde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cathalot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Buscail" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033822200058070" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Khripounoff" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Taupier-Letage" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/BG-10-1097-2013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743388v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metzger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cesbron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deflandre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2013.01.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Z9KDF9R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743363v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sanchez-Vidal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Higueras" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;nia Mart&#237;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camino Liquete" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Calafat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2013.07.020" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3HP37SZT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421623v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goineau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jorissen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buscail" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1367-2012" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908651v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-Y. Sun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lantoine" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-3107-2011" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744425v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Jorissen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lansard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2010.07.007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SX8ZQWMJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743397v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanchez&#8208; Vidal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasqual" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heussner" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2009.54.5.1488" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743416v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007GL032825" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881044v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouret" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2008.07.003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QL0M5KV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290656v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garcia-Esteves" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Kerherv&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Probst" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lespinas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743420v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Hyun Kim" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schouten" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Herfort" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2007.06.010" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RZL8K7C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592057v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garcia-Esteves" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lespinas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2006.09.013" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746957v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Amram" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Anghinolfi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Anvar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.E Ardellier-Desages" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Aslanides" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0927-6505(02)00202-5" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743427v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gadel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Serve" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0146-6380(02)00003-7" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNXNWGZB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812084v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Panagiotopoulos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sempere" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lafont" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Kerherve" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9673(01)00697-5" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X25S30MV-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743430v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Semp&#233;r&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Lafont" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0021-9673(01)00697-5" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743432v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masao Minagawa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Monaco" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0399-1784(00)01111-7" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744344v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazzak Abassi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Aloisi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0399-1784(00)00119-5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061581v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abassi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Heussner" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Monaco" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Aloisi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744347v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Miserocchi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadran Faganeli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Balboni" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Monaco" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0146-6380(99)00026-1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XV3QDK4Q-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744336v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Stavrakakis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ferrand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6611(99)00040-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BXCQM4M-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744359v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0021-9673(95)00698-2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-44VQ044X-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744365v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Marty" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christianne Videau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1357/0022240943077000" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744370v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Claustre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Marty" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Prieur" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0924-7963(94)90050-7" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LKQQS8LP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750668v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311547v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonz&#225;lez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hanke" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Kideys" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Navarro-Ortega," TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601932v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Radakovitch" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gairoard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Delanghe-Sabatier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Angeletti" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kerherve" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040218v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750695v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71279-6_2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039504v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serges Heussner" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096678v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Morata" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika K&#281;dra" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lalande" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750759v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0030395" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750722v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sotin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278211v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontanier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Jorissen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lansard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mouret" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278214v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278207v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ernoult" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750725v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041634v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750716v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00111-3" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041639v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00127-7" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>