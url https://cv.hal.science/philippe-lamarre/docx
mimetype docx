--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1605,299 +1605,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01217102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnosco: trace user data for the user</w:t>
+                <w:t xml:space="preserve">Trust Evaluation of a System for an Activity with Subjective Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Bennani</w:t>
+                <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Duchateau</w:t>
+                <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+                <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">inforsid : XXXIIème congrès INformatique des ORganisations et Systèmes d'Information de Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, lYON, France. pp.147-163</w:t>
+              <w:t xml:space="preserve">TrustBus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Munich, Germany. pp.48-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271921v1</w:t>
+                <w:t xml:space="preserve">hal-01059198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trust Evaluation of a System for an Activity with Subjective Logic</w:t>
+                <w:t xml:space="preserve">Adnosco: trace user data for the user</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nagham Alhadad</w:t>
+                <w:t xml:space="preserve">Nadia Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Busnel</w:t>
+                <w:t xml:space="preserve">Fabien Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TrustBus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Munich, Germany. pp.48-59</w:t>
+              <w:t xml:space="preserve">inforsid : XXXIIème congrès INformatique des ORganisations et Systèmes d'Information de Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, lYON, France. pp.147-163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01059198v1</w:t>
+                <w:t xml:space="preserve">hal-01271921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnosco : gérez les données que vous diffusez ! (démonstration)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1935,77 +1935,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trust Evaluation of a System for an Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2037,411 +2037,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00853679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SocioPath: Bridging the Gap between Digital and Social Worlds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nagham Alhadad</w:t>
+                <w:t xml:space="preserve">Influence de l'hétérogénéité sémantique sur les performances d'un système de RI distribuée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerqueus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Database and Expert Systems Applications (DEXA 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Vienna, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">COnférence en Recherche d'Information et Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Bordeaux, France. pp.151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725098v2</w:t>
+                <w:t xml:space="preserve">hal-00682545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'hétérogénéité sémantique sur les performances d'un système de RI distribuée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">An Approach to Manage Semantic Heterogeneity in Unstructured P2P Information Retrieval Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COnférence en Recherche d'Information et Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Bordeaux, France. pp.151</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Peer-to-Peer Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Tarragona, Spain. pp.178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00682545v1</w:t>
+                <w:t xml:space="preserve">hal-00731848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Approach to Manage Semantic Heterogeneity in Unstructured P2P Information Retrieval Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+                <w:t xml:space="preserve">SocioPath: Bridging the Gap between Digital and Social Worlds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Busnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Biazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Peer-to-Peer Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Tarragona, Spain. pp.178</w:t>
+              <w:t xml:space="preserve">23rd International Conference on Database and Expert Systems Applications (DEXA 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Vienna, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731848v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725098v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trust Approach Based on User's Activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Protection de la Vie Privée (APVP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Ile de Groix, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2466,90 +2466,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WUW (What Users Want): A Service to Enhance Users' Satisfaction in Content-Based Peer-to-Peer Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Biazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raziel Carvajal-Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Perez-Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2585,281 +2585,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00744775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures d'hétérogénéité sémantique des systèmes P2P non-structurés</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+                <w:t xml:space="preserve">Efficient Early Top-k Query Processing in Overloaded P2P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Kokou Dedzoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Akbarinia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et gestion des connaissances EGC'2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DEXA 2011 - 22nd International Conference on Database and Expert Systems Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Toulouse, France. pp.140-155, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-23088-2_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625119v1</w:t>
+                <w:t xml:space="preserve">lirmm-00607920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling Up Query Allocation in the Presence of Autonomous Participants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">To Replicate or Not To Replicate Queries in the Presence of Autonomous Participants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quiané-Ruiz Arnulfo Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DASFAA'11: International Conference on Database Systems for Advanced Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BDA: Bases de Données Avancées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Rabbat, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00640387v1</w:t>
+                <w:t xml:space="preserve">hal-00640380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic heterogeneity measures of unstructured P2P systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2874,351 +2862,363 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2011 IEEE/WIC/ACM International Joint Conference on Web Intelligence and Intelligent Agent Technology (WI-IAT 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Lyon, France. pp.223</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00625121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Early Top-k Query Processing in Overloaded P2P Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Kokou Dedzoe</w:t>
+                <w:t xml:space="preserve">Mesures d'hétérogénéité sémantique des systèmes P2P non-structurés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerqueus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DEXA 2011 - 22nd International Conference on Database and Expert Systems Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extraction et gestion des connaissances EGC'2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Brest, France. pp.341</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00607920v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00625119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To Replicate or Not To Replicate Queries in the Presence of Autonomous Participants?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Scaling Up Query Allocation in the Presence of Autonomous Participants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quiané-Ruiz Arnulfo Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BDA: Bases de Données Avancées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DASFAA'11: International Conference on Database Systems for Advanced Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Hong Kong, China. pp.210-224, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-20152-3_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00640380v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SocioPath: In Whom You Trust?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Biazzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Protection de la Vie Privée (APVP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Les Loges en Josas, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3243,103 +3243,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SocioPath: In Whom You Trust?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Biazzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Protection de la Vie Privée / Géolocalisation et Vie Privée (APVP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Soreze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3364,103 +3364,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SocioPath: In Whom You Trust?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Biazzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bases de Données Avancées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3485,51 +3485,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gossiping correspondences to reduce semantic heterogeneity of unstructured P2P systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3574,584 +3574,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00625122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mysins : Make Your Semantic INformation System</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reducing User Waiting Time for Top-k Queries in Unstructured P2P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Kokou Dedzoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Akbarinia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Valduriez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC'2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Hammamet, Tunisie. pp.629-630</w:t>
+              <w:t xml:space="preserve">BDA: Bases de Données Avancées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00481466v1</w:t>
+                <w:t xml:space="preserve">lirmm-00694972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing User Waiting Time for Top-k Queries in Unstructured P2P Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">ASAP Top-k Query Processing in Unstructured P2P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Kokou Dedzoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reza Akbarinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BDA: Bases de Données Avancées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IEEE Tenth International Conference on Peer-To-Peer Computing (P2P)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Kyoto, Netherlands. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00694972v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00607926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASAP Top-k Query Processing in Unstructured P2P Systems</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mysins : Make Your Semantic INformation System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ventresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerqueus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celton Louis-Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervouet Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levin Damien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Tenth International Conference on Peer-To-Peer Computing (P2P)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Kyoto, Netherlands. pp.1-10</w:t>
+              <w:t xml:space="preserve">EGC'2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Hammamet, Tunisie. pp.629-630</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00607926v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00481466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trust your Social Network According to Satisfaction, Reputation and Privacy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
+                <w:t xml:space="preserve">Personalization through query explanation and document adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ventresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Pasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd ACM Workshop on Reliability, Availability and Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Zurich, Swaziland. pp.1</w:t>
+              <w:t xml:space="preserve">VLDB 2010 co-located workshop on Personalized Access, Profile Management, and Context Awareness in Databases (PersDB2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Singapour, Singapore. pp.17-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00537557v1</w:t>
+                <w:t xml:space="preserve">hal-00534030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personalization through query explanation and document adaptation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Cerqueus</w:t>
+                <w:t xml:space="preserve">Trust your Social Network According to Satisfaction, Reputation and Privacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Busnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriella Pasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VLDB 2010 co-located workshop on Personalized Access, Profile Management, and Context Awareness in Databases (PersDB2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Singapour, Singapore. pp.17-22</w:t>
+              <w:t xml:space="preserve">3rd ACM Workshop on Reliability, Availability and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Zurich, Swaziland. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00534030v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00537557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SbQA: A Self-Adaptable Query Allocation Process</w:t>
               </w:r>
@@ -4232,51 +4232,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation optimiste de contenus dans les système P2P</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ventresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4340,51 +4340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Interoperability Using Query Interpretation in Semantic Vector Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ventresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4552,51 +4552,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Query interpretation to help peers understand each others in semantically heterogeneous systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ventresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4654,57 +4654,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00419634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dealing with P2P semantic heterogeneity through query expansion and interpretation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Enrichissement sémantique de requête utilisant un ordre sur les concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ventresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4716,103 +4716,103 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Data Management in Peer-to-Peer Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Nantes, France. pp.3-10</w:t>
+              <w:t xml:space="preserve">Atelier "Mesures de similarité sémantique", associé à la conférence Extraction et Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, France. pp.Atelier "Mesures de Similarité Sémantique"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00409597v1</w:t>
+                <w:t xml:space="preserve">hal-00419628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichissement sémantique de requête utilisant un ordre sur les concepts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Dealing with P2P semantic heterogeneity through query expansion and interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ventresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4824,73 +4824,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier "Mesures de similarité sémantique", associé à la conférence Extraction et Gestion des Connaissances (EGC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, France. pp.Atelier "Mesures de Similarité Sémantique"</w:t>
+              <w:t xml:space="preserve">International Workshop on Data Management in Peer-to-Peer Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Nantes, France. pp.3-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00419628v1</w:t>
+                <w:t xml:space="preserve">inria-00409597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing Virtual Money for Satisfaction and Scale Up in P2P Systems</w:t>
               </w:r>
@@ -4978,429 +4978,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00374997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KnBest - A Balanced Request Allocation Method for Distributed Information Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge-Arnulfo Quiane-Ruiz</w:t>
+                <w:t xml:space="preserve">Query Expansion and Interpretation to Go Beyond Semantic P2P Interoperability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ventresque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database Systems for Advanced Applications (DASFAA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OTM Confederated International Conferences CoopIS, DOA, ODBASE, GADA, and IS 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Vilamoura, Portugal. pp.870-877, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-76848-7_58⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00374835v1</w:t>
+                <w:t xml:space="preserve">inria-00409478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Query Expansion and Interpretation to Go Beyond Semantic P2P Interoperability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+                <w:t xml:space="preserve">KnBest - A Balanced Request Allocation Method for Distributed Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge-Arnulfo Quiane-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OTM Confederated International Conferences CoopIS, DOA, ODBASE, GADA, and IS 2007</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Database Systems for Advanced Applications (DASFAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Bangkok, Thailand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-76848-7_58⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00409478v1</w:t>
+                <w:t xml:space="preserve">inria-00374835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SQLB: A Query Allocation Framework for Autonomous Consumers and Providers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Libra : une méthode de médiation auto-adaptative en fonction des attentes des participants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge-Arnulfo Quiane-Ruiz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Very Large Data Bases (VLDB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Vienna, Austria. pp.974-985</w:t>
+              <w:t xml:space="preserve">Journnées Francophones des Systèmes Multi-Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Carcassonne, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00374977v1</w:t>
+                <w:t xml:space="preserve">hal-00375039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Libra : une méthode de médiation auto-adaptative en fonction des attentes des participants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SQLB: A Query Allocation Framework for Autonomous Consumers and Providers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge-Arnulfo Quiane-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge-Arnulfo Quiane-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Valduriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journnées Francophones des Systèmes Multi-Agents</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Carcassonne, France. pp.0</w:t>
+              <w:t xml:space="preserve">International Conference on Very Large Data Bases (VLDB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Vienna, Austria. pp.974-985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00375039v1</w:t>
+                <w:t xml:space="preserve">hal-00374977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Satisfaction Balanced Query Allocation Process for Distributed Information Systems</w:t>
               </w:r>
@@ -5697,51 +5697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echange d'Information grâce à des caractérisations sémantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ventresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6420,51 +6420,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnosco : gérez les données que vous diffusez !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7250,51 +7250,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing Semantic Heterogeneity of Unstructured P2P Systems Through Gossip-Based Ontology-Driven Topology Adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cazalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7338,103 +7338,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOCIOPATH: In Whom You Trust?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Biazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] LINA-University of Nantes. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7523,1759 +7523,1759 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-6928, INRIA. 2009, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00383321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identifying exceptional (dis)agreement between groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnene Belfodil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Plantevit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (2), pp.394-442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10618-019-00665-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02383776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DABS-Storm: A Data-Aware Approach for Elastic Stream Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Kotto-Kombi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lumineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoló Rivetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Busnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40, pp.58--93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-58664-8_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computational Fact Checking: A Content Management Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leblay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Manolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tannier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (12), pp.2110-2113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14778/3229863.3229880⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01853067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">System Modeling and Trust Evaluation of Distributed Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham Alhadad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Busnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (9430), pp.33-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">As-Soon-As-Possible Top-k Query Processing in P2P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Kokou Dedzoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Akbarinia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Valduriez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Part IX, LNCS (7980), pp.1-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-40069-8_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00821929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satisfaction-based query replication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge-Amulfo Quiané-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Valduriez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distributed and Parallel Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30 (1), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10619-011-7086-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00748553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reducing the Semantic Heterogeneity of Unstructured P2P Systems: A Contribution Based on a Dissemination Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cerqueus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TLDKS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, pp.62-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01353134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semantic information system for services and traded resources in Grid e-markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George A. Vouros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Papasalouros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Tzonas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandros Valarakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Kotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Future Generation Computer Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.future.2010.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00483367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Self-Adaptable Query Allocation Framework for Distributed Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge-Arnulfo Quiane-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Valduriez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The VLDB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, online</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00374999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Flexible Mediation Process for Large Distributed Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lemp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Valduriez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Cooperative Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16 (2), pp.299-332</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00466674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sources d'informations et de connaissances : de la gestion locale à la recherche distribuée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Desmontils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série L'Objet : logiciel, bases de données, réseaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 8 (4), pp.47-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00450282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une expérience de spécification d'organisation d'agents déployés sur Internet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cazalens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de l'atelier SMA, Plate-forme AFIA 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, pp.37--46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00442705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems. Vol. XLIV, LNCS 12380. Special Issue on Data Management - Principles, Technologies, and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Hameurlain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Min Tjoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Zeitouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-662-62271-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03102005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems. Vol. XLIV, LNCS 12380. Special Issue on Data Management - Principles, Technologies, and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Hameurlain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Min Tjoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Zeitouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04458571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special Issue on Advanced Data Stream Management and Continuous Query Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8290, 2013, Lecture Notes in Computer Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01221876v1</w:t>
-              </w:r>
-[...1382 lines deleted...]
-                <w:t xml:space="preserve">hal-00442705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9293,51 +9293,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-actes BDA 2019 -Gestion de Données Principes Technologies et Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Zeitouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9501,77 +9501,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graph-Based Trust Model for Evaluating Trust Using Subjective Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham Alhadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Serrano-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9602,51 +9602,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle pour caractériser des participants autonomes dans un processus de médiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge-Amulfo Quiané-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9953,51 +9953,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04575211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Andersen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cazalens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589335.3651443" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709107v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamarre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372234v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT59888.2023.00034" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169706v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43458-7_7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009172v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles de Lacombe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Morel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnene Belfodil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Labb&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355503v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimene Belfodil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anes Bendimerad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA.2019.00023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961093v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Duivesteijn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Plantevit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46150-8_1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722666v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leblay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Manolescu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587041v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71246-8_27" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585096v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Kotto-Kombi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lumineau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2017.253" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401469v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dufromentel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lesueur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271921v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bennani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duchateau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059198v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagham Alhadad" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Busnel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Serrano-Alvarado" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271914v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gaude" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725098v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Biazzini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682545v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerqueus" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731848v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755038v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744775v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raziel Carvajal-Gomez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Perez-Espinosa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625119v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640387v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quian&#233;-Ruiz Arnulfo Jorge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Valduriez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20152-3_16" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-ZMW0VLWK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625121v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00607920v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Kokou Dedzoe" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Akbarinia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23088-2_10" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640380v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755055v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362325v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638753v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625122v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481466v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ventresque" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celton Louis-Alexandre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hervouet Ga&#235;tan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levin Damien" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00694972v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00607926v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537557v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534030v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Pasi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375003v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Arnulfo Quiane-Ruiz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464922v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00404716v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-68234-9_40" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375038v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00419634v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00409597v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00419628v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374997v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00374835v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00409478v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76848-7_58" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374977v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375039v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374995v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00374834v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00419637v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483837v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lemp" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448121v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466701v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00816868v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desmontils" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacquin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00816865v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169691v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01016020v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#337;d Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339301v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986309v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986511v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018813v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161309v3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956087v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbar Fijalkow" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Queinnec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Theoleyre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174205v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643300v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608435v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383321v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Arnulfo Quian&#233;-Ruiz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102005v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Hameurlain" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Min Tjoa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Zeitouni" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-62271-1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458571v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221876v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Amann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383776v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-019-00665-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01951682v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#243; Rivetti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-58664-8_3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01853067v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/3229863.3229880" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166896v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00821929v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40069-8_1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00748553v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Amulfo Quian&#233;-Ruiz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10619-011-7086-7" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4HW1KKK1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353134v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483367v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George A. Vouros" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Papasalouros" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Tzonas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Valarakos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kotis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2010.03.004" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLHPSR3C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374999v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466674v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450282v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442705v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03176580v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215287v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caniou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871138v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193941v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00464482v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04575211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Andersen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cazalens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589335.3651443" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709107v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamarre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372234v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT59888.2023.00034" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169706v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43458-7_7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009172v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles de Lacombe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Morel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnene Belfodil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Labb&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355503v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimene Belfodil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anes Bendimerad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA.2019.00023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961093v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Duivesteijn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Plantevit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46150-8_1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722666v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leblay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Manolescu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587041v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71246-8_27" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585096v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Kotto-Kombi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lumineau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2017.253" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401469v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dufromentel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lesueur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059198v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagham Alhadad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Busnel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Serrano-Alvarado" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271921v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bennani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duchateau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271914v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gaude" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682545v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerqueus" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725098v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Biazzini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755038v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744775v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raziel Carvajal-Gomez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Perez-Espinosa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00607920v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Kokou Dedzoe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Akbarinia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Valduriez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23088-2_10" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640380v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quian&#233;-Ruiz Arnulfo Jorge" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625121v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625119v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640387v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20152-3_16" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-ZMW0VLWK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755055v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362325v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638753v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625122v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00694972v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00607926v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481466v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ventresque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celton Louis-Alexandre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hervouet Ga&#235;tan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levin Damien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534030v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Pasi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537557v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375003v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Arnulfo Quiane-Ruiz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464922v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00404716v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-68234-9_40" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375038v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00419634v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00419628v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00409597v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374997v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00409478v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76848-7_58" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00374835v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375039v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374977v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374995v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00374834v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-00419637v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483837v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lemp" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448121v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466701v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00816868v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desmontils" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacquin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00816865v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169691v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01016020v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#337;d Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339301v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986309v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986511v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018813v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161309v3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956087v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbar Fijalkow" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Queinnec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Theoleyre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174205v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643300v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608435v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383321v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Arnulfo Quian&#233;-Ruiz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383776v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-019-00665-9" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01951682v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#243; Rivetti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-58664-8_3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01853067v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/3229863.3229880" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166896v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00821929v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40069-8_1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00748553v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Amulfo Quian&#233;-Ruiz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10619-011-7086-7" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4HW1KKK1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353134v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483367v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George A. Vouros" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Papasalouros" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Tzonas" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Valarakos" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kotis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2010.03.004" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLHPSR3C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374999v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466674v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442705v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102005v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Hameurlain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Min Tjoa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Zeitouni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-62271-1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458571v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221876v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Amann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03176580v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215287v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caniou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871138v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193941v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00464482v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>