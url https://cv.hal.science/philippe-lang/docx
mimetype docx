--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -351,2288 +351,2288 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03455753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance of solution-processed SnO 2 thin-film transistors by promotion of photo-exposure time-dependent carrier transport during the pre-annealing stage</w:t>
+                <w:t xml:space="preserve">Control of silver nanowire-elastomer nanocomposite networks through elaborate direct printing for ultrathin and stretchable strain sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun-Ik Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do-Kyung Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyunjae Lee</w:t>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaewon Jang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jihwan Park</w:t>
+                <w:t xml:space="preserve">In Man Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyeok Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6641/ab8537⟩</w:t>
+              <w:t xml:space="preserve">Composites Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 200, pp.108471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2020.108471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03007484v1</w:t>
+                <w:t xml:space="preserve">hal-03874351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the importance of the crystalline surface structure on the catalytic activity and stability of tailored unsupported cobalt nanoparticles for the solvent-free acceptor-less alcohol dehydrogenation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Chevillot-Biraud</w:t>
+                <w:t xml:space="preserve">Numerical Analysis on Effective Mass and Traps Density Dependence of Electrical Characteristics of a-IGZO Thin-Film Transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihwan Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do-Kyung Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Ik Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In Man Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.04.005⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics9010119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874357v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical Analysis of Prospects of Organic Photovoltaics as a Multi-Functional Solar Cell and Laser Power Converter for Wireless Power Transfer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hyeok Kim</w:t>
+                <w:t xml:space="preserve">Nanoscale mapping of photo-induced charge carriers generated at interfaces of a donor/acceptor 2D-assembly by light-assisted- scanning tunneling microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Lombana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Zrig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lagoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chevillot-Biraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1166/jnn.2020.17829⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (22), pp.2001325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admi.202001325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874353v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale mapping of photo-induced charge carriers generated at interfaces of a donor/acceptor 2D-assembly by light-assisted- scanning tunneling microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the importance of the crystalline surface structure on the catalytic activity and stability of tailored unsupported cobalt nanoparticles for the solvent-free acceptor-less alcohol dehydrogenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Viola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Peron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrés Lombana</w:t>
+                <w:t xml:space="preserve">Marion Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Lorette Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chevillot-Biraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admi.202001325⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 573, pp.165-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996285v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Analysis on Effective Mass and Traps Density Dependence of Electrical Characteristics of a-IGZO Thin-Film Transistors</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Theoretical Analysis of Prospects of Organic Photovoltaics as a Multi-Functional Solar Cell and Laser Power Converter for Wireless Power Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premkumar Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Man Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jaewon Jang</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyeok Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics9010119⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (8), pp.4878-4883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/jnn.2020.17829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874354v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of silver nanowire-elastomer nanocomposite networks through elaborate direct printing for ultrathin and stretchable strain sensors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contact line curvature-induced molecular misorientation of a surface energy patterned organic semiconductor in meniscus-guided coating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do-Kyung Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premkumar Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Man Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyeok Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2020.108471⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 504, pp.144362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.144362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874351v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact line curvature-induced molecular misorientation of a surface energy patterned organic semiconductor in meniscus-guided coating</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dipolar self-assembled monolayers grafted on ZnO for the tuning of electronic properties of the poly (3-hexylthiophène)- [6,6]-phenyl C61-butyric acid methylester blend</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Ben Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahamadou Seydou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faycal Kouki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.144362⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 714, pp.138296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2020.138296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395157v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dipolar self-assembled monolayers grafted on ZnO for the tuning of electronic properties of the poly (3-hexylthiophène)- [6,6]-phenyl C61-butyric acid methylester blend</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mahamadou Seydou</w:t>
+                <w:t xml:space="preserve">High performance of solution-processed SnO 2 thin-film transistors by promotion of photo-exposure time-dependent carrier transport during the pre-annealing stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Ik Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do-Kyung Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faycal Kouki</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hyunjae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihwan Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 714, pp.138296. </w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Jun-Ik Park et al 2020 Semicond. Sci. Technol. 35 065019, 35 (6), pp.065019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2020.138296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6641/ab8537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996474v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03007484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Charge Transport of Polymer Nanocomposite of Polyaniline: Polystyrene Sulfonate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative Study of Triboelectric Nanogenerators with Differently Woven Cotton Textiles for Wearable Electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaebum Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Hyuk Kwon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyungmin Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swarup Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suwoong Lee</w:t>
+                <w:t xml:space="preserve">Alexandra Tibaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 19 (8), pp.4638-4642. </w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (9), pp.1443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1166/jnn.2019.16680⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/polym11091443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874359v1</w:t>
+                <w:t xml:space="preserve">hal-02392342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrofluorochromism of Surface-Confined Tetrazines Investigated on the Monolayer Scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced output voltage of nano energy harvester with diverse textiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyungmin Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do-Kyung Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Guerret-Legras</w:t>
+                <w:t xml:space="preserve">Jae Bum Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Maillot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Galmiche</w:t>
+                <w:t xml:space="preserve">Suyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swarup Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b08929⟩</w:t>
+              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 687 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15421406.2019.1651060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02395117v1</w:t>
+                <w:t xml:space="preserve">hal-03018113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Crucial Role of Quaternary Mixtures of Active Layer in Organic Indoor Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premkumar Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jae Won Shim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Man Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 (10), pp.1838. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/en12101838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced output voltage of nano energy harvester with diverse textiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrofluorochromism of Surface-Confined Tetrazines Investigated on the Monolayer Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Guerret-Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Frédéric Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyungmin Lim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Do-Kyung Kim</w:t>
+                <w:t xml:space="preserve">G. V Dubacheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jae Bum Jeong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Swarup Biswas</w:t>
+                <w:t xml:space="preserve">Laurent Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15421406.2019.1651060⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (48), pp.29255-29261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b08929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018113v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Triboelectric Nanogenerators with Differently Woven Cotton Textiles for Wearable Electronics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Enhanced output voltage of nano energy harvester with diverse textiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyungmin Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do-Kyung Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae Bum Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suyoung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swarup Biswas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Tibaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym11091443⟩</w:t>
+              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 687 (1), pp.113-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15421406.2019.1651060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392342v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced output voltage of nano energy harvester with diverse textiles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kyungmin Lim</w:t>
+                <w:t xml:space="preserve">Importance of Blade-Coating Temperature for Diketopyrrolopyrrole-based Thin-Film Transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Ik Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyeon-Seok Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do-Kyung Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Swarup Biswas</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaewon Jang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In Man Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15421406.2019.1651060⟩</w:t>
+              <w:t xml:space="preserve">Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cryst9070346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874358v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of Blade-Coating Temperature for Diketopyrrolopyrrole-based Thin-Film Transistors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Synthesis and Charge Transport of Polymer Nanocomposite of Polyaniline: Polystyrene Sulfonate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swarup Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyeon-Seok Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">In Man Kang</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Bum Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boram Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suwoong Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (7), </w:t>
+              <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (8), pp.4638-4642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cryst9070346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1166/jnn.2019.16680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018111v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of active layer positioning on gate electrode in organic thin-film transistors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
+                <w:t xml:space="preserve">DFT study of the adsorption and dissociation of 5-hydroxy-3-butanedithiol-1,4-naphthaquinone (Jug-C4-thiol) on Au(111) surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Lassoued</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahamadou Seydou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Raouafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadhel Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jin-Hyuk Bae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15421406.2018.1456062⟩</w:t>
+              <w:t xml:space="preserve">Adsorption - Journal of the International Adsorption Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (2), pp.191-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10450-018-9932-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03018112v1</w:t>
+                <w:t xml:space="preserve">hal-03874362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DFT study of the adsorption and dissociation of 5-hydroxy-3-butanedithiol-1,4-naphthaquinone (Jug-C4-thiol) on Au(111) surface</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fayçal Raouafi</w:t>
+                <w:t xml:space="preserve">Importance of active layer positioning on gate electrode in organic thin-film transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihwan Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Hyuk Kwon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fadhel Larbi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lang</w:t>
+                <w:t xml:space="preserve">Jin-Hyuk Bae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adsorption - Journal of the International Adsorption Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 24 (2), pp.191-201. </w:t>
+              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2017 KJF International Conference on Organic Materials for Electronics and Photonics (KJF-ICOMEP 2017): Part II, 660 (1), pp.72-78. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10450-018-9932-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15421406.2018.1456062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874362v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Injection-modulated polarity conversion by charge carrier density control via a self-assembled monolayer for all-solution-processed organic field-effect transistors</w:t>
               </w:r>
@@ -2898,51 +2898,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Organization of Polyoxometalate Hybrids Steered by a 2D Supramolecular PTCDI/Melamine Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Lombana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Rinfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2950,51 +2950,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Volatron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Izzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Battaglini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 120 (5), pp.2837--2845. </w:t>
@@ -3032,77 +3032,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of NTCDI supra-molecular networks on Au(111); combining STM, IR and DFT calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahamadou Seydou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Teyssandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Battaglini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Tsague Kenfack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3440,565 +3440,565 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04111985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving charge injection in organic thin transistor with thiol-based self-assembled monolayers</w:t>
+                <w:t xml:space="preserve">Aryl diazonium salts for carbon fiber surface-initiated atom transfer radical polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Marmont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
+                <w:t xml:space="preserve">Tarik Matrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Ngoc Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Mahouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaehyung Hwang</w:t>
+                <w:t xml:space="preserve">Chantal Badre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Electronics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 84 (8), pp.684 - 701</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00334295v1</w:t>
+                <w:t xml:space="preserve">hal-00400069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aryl diazonium salts for carbon fiber surface-initiated atom transfer radical polymerization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving charge injection in organic thin transistor with thiol-based self-assembled monolayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Marmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Horowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarik Matrab</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Chantal Badre</w:t>
+                <w:t xml:space="preserve">Jaehyung Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Organic Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9, pp.419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orgel.2008.01.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00400069v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00334295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-assembly of an octanethiol monolayer on a gold-stepped surface</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FTIR and XPS Study of Pt Nanoparticle Functionalization and Interaction with Alumina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Repain</w:t>
+                <w:t xml:space="preserve">Céline Dablemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Rousset</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claire Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeri Petkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 24 (5), pp.2042-2050</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 24 (11), pp.5832-5841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la7028643⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01987581v1</w:t>
+                <w:t xml:space="preserve">hal-00305466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FTIR and XPS Study of Pt Nanoparticle Functionalization and Interaction with Alumina</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Dablemont</w:t>
+                <w:t xml:space="preserve">Self-assembly of an octanethiol monolayer on a gold-stepped surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Repain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Horowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 24 (11), pp.5832-5841. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2008, 24 (5), pp.2042-2050</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00305466v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId145"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4153,51 +4153,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Kouki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piti&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Torkhani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Mam&#232;che" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.1c03050" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455753v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swarup Biswas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeok Kim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149794" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03007484v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ik Park" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do-Kyung Kim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunjae Lee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaewon Jang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihwan Park" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ab8537" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874357v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Viola" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Peron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Giraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Sicard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chevillot-Biraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.04.005" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Premkumar Vincent" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In Man Kang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2020.17829" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02996285v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Lombana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Battaglini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Zrig" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lagoute" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202001325" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874354v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9010119" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874351v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2020.108471" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02395157v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.144362" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996474v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ben Youssef" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Seydou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Kouki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2020.138296" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874359v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeon-Seok Jeong" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Bum Jeong" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Cho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwoong Lee" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2019.16680" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02395117v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerret-Legras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Maillot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fr&#233;d&#233;ric Audibert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. V Dubacheva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galmiche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b08929" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02392344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Won Shim" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12101838" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03018113v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyungmin Lim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Bum Jeong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyoung Choi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421406.2019.1651060" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02392342v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaebum Jeong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Hyuk Kwon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tibaldi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym11091443" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874358v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03018111v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst9070346" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03018112v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Hyuk Bae" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421406.2018.1456062" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874362v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Lassoued" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Raouafi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhel Larbi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-018-9932-7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874363v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongkyun Roh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taesoo Lee" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chan-Mo Kang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeonghun Kwak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46365" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874365v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Bakas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorkem Yilmaz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Ait-Touchente" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aazdine Lamouri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.28241" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZB5HS8R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664175v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rinfray" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volatron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Izzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b11945" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275052v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Teyssandier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Tsague Kenfack" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra02717e" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00830461v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechir Mrabet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mejbri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mahouche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Gam-Derouich" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Turmine" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.3741" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H6JPK1H2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04111985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carbonnier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jouini" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la100880j" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334295v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marmont" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Horowitz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaehyung Hwang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2008.01.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9C9KD7TK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400069v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Matrab" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Badre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987581v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Repain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rousset" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305466v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dablemont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mangeney" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Piquemal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeri Petkov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la7028643" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XB467CVC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Kouki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piti&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Torkhani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Mam&#232;che" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.1c03050" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455753v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swarup Biswas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeok Kim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149794" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874351v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Ik Park" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do-Kyung Kim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaewon Jang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In Man Kang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2020.108471" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874354v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihwan Park" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9010119" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02996285v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Lombana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Battaglini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Zrig" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lagoute" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chevillot-Biraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202001325" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874357v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Viola" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Peron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Giraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Sicard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.04.005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874353v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Premkumar Vincent" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2020.17829" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02395157v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.144362" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996474v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ben Youssef" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Seydou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Kouki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2020.138296" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03007484v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunjae Lee" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ab8537" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02392342v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaebum Jeong" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Hyuk Kwon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyungmin Lim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tibaldi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym11091443" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03018113v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Bum Jeong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyoung Choi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421406.2019.1651060" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02392344v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Won Shim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12101838" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02395117v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerret-Legras" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Maillot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fr&#233;d&#233;ric Audibert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. V Dubacheva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galmiche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b08929" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874358v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03018111v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeon-Seok Jeong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst9070346" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874359v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Bum Jeong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boram Cho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwoong Lee" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2019.16680" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874362v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Lassoued" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Raouafi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhel Larbi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-018-9932-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03018112v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Hyuk Bae" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421406.2018.1456062" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874363v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongkyun Roh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taesoo Lee" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chan-Mo Kang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeonghun Kwak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46365" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874365v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Bakas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorkem Yilmaz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Ait-Touchente" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aazdine Lamouri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.28241" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZB5HS8R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664175v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rinfray" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volatron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Izzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b11945" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275052v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Teyssandier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Tsague Kenfack" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra02717e" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00830461v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechir Mrabet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mejbri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mahouche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Gam-Derouich" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Turmine" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.3741" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H6JPK1H2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04111985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carbonnier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jouini" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la100880j" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400069v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Matrab" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Badre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334295v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marmont" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Horowitz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaehyung Hwang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2008.01.004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9C9KD7TK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305466v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dablemont" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mangeney" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Piquemal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeri Petkov" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la7028643" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XB467CVC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987581v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Repain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rousset" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>