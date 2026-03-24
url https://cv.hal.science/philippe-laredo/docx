--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> philippe laredo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5014-9132</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">026966204</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ontologies to map between research data and policymakers’ presumptions: the experience of the KNOWMAK project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Maynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Petrak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyi Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (2), pp.1275-1290. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11192-020-03664-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04542718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The artificial patents in the PATSTAT database: how much do they matter when computing indicators of internationalisation based on worldwide priority patents?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 114, pp.91-112. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11192-017-2578-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation policies: the national and regional dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial and Business Economics = Economia e politica industriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 43 (3), pp.323 - 330. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40812-016-0038-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction d’une Europe de la recherche et ses effets sur les relations scientifiques transatlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers rouges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 215, pp.285-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalisation of European MNCs R&amp;D: &amp;quot; deglobalisation &amp;quot; and evolution of the locational strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer l’impact sociétal de la recherche pour apprendre à le gérer : l’approche ASIRPA et l’exemple de la recherche agronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 122, pp.31-42. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.122.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rate and motives of the internationalisation of large firm R&D (1994–2005): Towards a turning point?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (3), pp.765-776. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2014.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01259810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASIRPA: A comprehensive theory-based approach to assessing the societal impacts of a research organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 24 (4), pp.440-453. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/reseval/rvv015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the opening of national R&D programs: what indicators for what purposes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Primeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nedeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.312-326. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/reseval/rvu018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01276020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logics of integration and actors' strategies in European joint programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 43 (2), pp.391-402. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2013.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy-making in science policy : the 'OECD model' unveiled</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luisa Henriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42 (3), pp.801-816. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2012.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Careers and competences of PhDs in science and engineering in the knwoledge economy : The case fo graduates from a UK research-based university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsing-Fen Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Miozzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (7), pp.869-881. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2010.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00583826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Nano Sciences and Technologies : Policy Implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STI - Science, Technology Industry Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (1), pp.43-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de recherche et pratiques scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Paradeise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, pp.29-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don't confuse ERA's growing pains with its maturing strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, pp.7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00690517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction and conclusion to the special issue on &amp;quot;Sustaining differentiation in higher education in the knowledge society&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivar Bleiklie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sverker Sörlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Higher Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 20 (4), pp. 365-372 et pp. 495-498. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/palgrave.hep.8300168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A network approach to studying research propammes: mobilizing and coordinating public responses to hiv/aids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Analysis and Strategic Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (1), pp.39 - 54. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09537329308524116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-01715473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the Third Mission of Universities: Toward a Renewed Categorization of University Activities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Higher Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 20 (4), pp.441-456. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/palgrave.hep.8300169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the emergence and deployment of “nano” S&T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barry Bozeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mangematin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 36 (6), pp.807-812. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2007.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changing patterns of public research funding in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thèves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and public policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 34 (6), pp.389-399. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3152/030234207X229501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation des &amp;quot; régimes de recherche &amp;quot; : implications pour les interventions publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre de la régulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 56, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00950375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective de l'espace européen de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française d’administration publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 112 (4), pp.675-685. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfap.112.0675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche publique en France : évolutions et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Banquet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 19/20, pp.95-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00950362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Sector Research: A Growing Role in Innovation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minerva</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 42 (1), pp.11-27. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/B:MINE.0000017698.38154.a6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Network Approach to Studying Research Programmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Analysis &amp; Strategic Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 5 (1), pp.39-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00270666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools for the Evaluation of Technological Programmes : an Account of Work Done at the Centre for the Sociology of Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Callon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Courtial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Crance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mauguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Analysis &amp; Strategic Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 3 (1), pp.3-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00271614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement automatique de lexiques pour les concepts émergents : une exploration méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revekka Kyriakoglou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Pappa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jilin He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2024 - 17es Journées internationales d'Analyse statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Brusells, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reflections on the 5 th Vienna R&I policy evaluation conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. conference on R&amp;I policy evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de recherche et d’innovation: une mise en perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ALLISS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos des universités et de leurs indicateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire sur la caractérisation des activités de recherche et leurs impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques réflexions sur les évolutions récentes des politiques régionales de recherche et d’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'Université territoriale de la région centre-Val de Loire, Orleans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université territoriale de la région centre-Val de Loire, Jun 2022, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Policy: the emperor is naked</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation à l’occasion du cinquantième anniversaire du Conseil Suisse de la Science et de l’Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquantième anniversaire du Conseil Suisse de la Science et de l’Innovation, Berne, 5 octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Berne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolving technological capabilities of firms; Complexity, divergence, and stagnation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE NEXT GENERATION IN STI STUDIES : KEYNOTE FOR THE 50TH YEAR OF SCIENCE AND INNOVATION STUDIES AT THE UNIVERSITY OF MANCHESTER NOVEMBER 4, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th anniversary of liberal studies in science and technology at the University of Manchester</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy lensing of futures intelligence: connecting foresight with decision making contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Mollas-Gallart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kuhlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI 2017 Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy lensing of futures intelligence: connecting foresight with decision making contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI 2017 Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of knowledge in European large firms in the Chemicals and Pharma/biotech sectors: level and mode of collaboration in the corporate scientific publications and patents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution socio-économique des universités et territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d’été de la Conférence des Présidents d’Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of knowledge in European large firms in Chemicals and Pharma/biotech sectors : where is the knowledge produced ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ZEW/MaCCI Conference on the Economics of Innovation and Patenting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Mannheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of knowledge in European large firms in Chemicals and Pharma/biotech sectors : where is the knowledge produced ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolving technological capabilities of firms; Complexity, divergence, and stagnation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionalising promises: The key role of promise champions in mediating and embedding visions of the future into institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4S/EASST. Science and technology by other means: Exploring collectives, spaces and futures.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bareclona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating socio-economic impacts of marine biotechnology: The case of Brown Algae and Brittany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">General assembly of the European Marine Biotechnology Research Infrastructure Cluster (EMBRIC), Stazione Zoologica Anton Dohrn </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Napoli, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing marine biotechnology research centres in peripheral regions: developing global and local STI indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzel Horellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STI2016 - Proceedings of the 21ST international conference on science and technology indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Valencia, Spain. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4995/STI2016.2016.4543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing in Transition: Mobilising framing and overflowing to understand the creation and normalisation of protected spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPRU 50th Anniversary conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the territorial embedding of marine biotechnology public research organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Knowledge: Supporting Marine Research Knowledge Exchange for Blue Growth. EUROPEAN PARLIAMENT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominant designs and the formation of niches: an evolutionary look at the emergence and branching of 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th meeting of the Society for the Study of New and Emerging Technologies (S.NET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bergen, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les conditions cadre de l’innovation en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée ‘L’innovation moteur de la compétitivité européenne’, organisée par la Fondation Gulbenkian et l’institut Jacques Delors,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The embedding of emerging technology fields in research and markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI conference 2015 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lund, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Market coverage of patent portfolios in MNE: Do patterns of R&D internationalisation matter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation par l’OCDE de la politique de recherche et d’innovation en France : quelques pistes de recherche issues des discussions de la matinale IFRIS du 11 septembre 2014, Note de recherche IFRIS 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matinale de l'IFRIS </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des impacts socio-économiques de la recherche publique en amélioration des plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Hocdé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques BAP (Biologie et Amélioration des Plantes) de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Port-Royal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02091406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From techniques to policy: roles of, and issues around the use of impact assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OECD Workshop on Impact Assessment,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Tallin, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy-lensing of research and innovation system scenarios: a demonstration for the European Research Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonzalo Ordóñez-Matamoros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kuhlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th edition of the “Future-oriented technology analysis" (FTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public research organizsations and their impact on public policy from observations towards the characterization of impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Benoît Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on the evaluation of STI policies, instruments and organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning indicators and the construction of the RISIS infrastructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">How to make better innovation policy for economic growth. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing and implementing a new approach for the ex-post assessment of research - a return of experience form the ASIRPA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Benoît Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lemarié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on the evaluation of STI policies, instruments and organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions and way forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prestence final conference on universities: 'From Prestige to excellence, the fabrication of academic excellence' universities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of epistemic communities and emerging technologies : the need for local embeddedness and spaces of exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robinson Douglas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The management of innovation policies : new forms of collaboration in policy design, implementation and evaluation. 2013 EU-SPRI conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction d'une Europe de la recherche et ses effets sur les relations scientifiques transatlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles solidarités euro-américaines dans un monde multipolaire ? Fondation Jean Monnet pour L'Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalization of Large Firms R&D activities: towards a shift in trend?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany. pp.362-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pure or hybrids, excellent or relevant - the dilemma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriques Luisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costa Rosario</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The management of innovation policies : new forms of collaboration in policy design, implementation and evaluation. 2013 EU-SPRI conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un regard européen sur la stratégie nationale de recherche française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle stratégie nationale de recherche ? Conférence FUTURIS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location versus home country advantages in R&D activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th annual Workshop. The Output of R&amp;D activities : Harnessing the Power of Patents Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring opening of national R&D programmes: what indicators for what purposes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Primeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nedeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany. pp.290-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing emerging markets : creating/transforming market infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4S &amp; EASST Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and policy learning: toward a new approach to the evaluation of social impacts of public research activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANR-NSF workshop on monitoring and evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Assessment in Asynchronous Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth Annual meeting of The Society for the Study of Nanoscience and Emerging Technologies (S.NET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Enschede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do radical innovations 'generalise': the role of market infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSPRI Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Karlruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researching responsible innovation and responsible governance, reflections on social inquiry and method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Randles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">S.Net Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universities as multi-activity organisations, revisiting the 3 missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGS - Eu-SPRI Early Career Researcher Conference 'INTERACT UNI : New perspectives on enduring research questions in university-society interaction? Towards an emerging multi‑disciplinary research agenda for knowledge exchange and co-creation within science, research and innovation policy studies'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and policy learning: toward a new approach to the evaluation of social impacts of public research activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSPRI Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Karlruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et politiques d'innovation, un réexamen au regard des évolutions récentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au Conseil Régional des Pays de Loire, Nantes, Série "politiques de recherche et d'innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Policies : a review based upon OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Observatory MIRA Workshop 'Studying the research and innovation activities in the Mediterranean region'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques commentaires sur les agencements institutionnels en émergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Futuris : L'Union de l'innovation et l'Espace européen de la recherche : l'émergence des acteurs stratèges ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge circulation : institutional and organisational forms of internationalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar on Internationalisation &amp; knowledge circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Braga, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERA policy, is there a case for a legally binding framework ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar on strengthening the ERA policy framework and agenda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université et recherche : propositions pour un cadre d'analyse renouvelé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 ans de l'Université de Nantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward new modalities of market emergence & shaping : the case of nanotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctoral Conference of STS Researchers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Rovigo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping the European Landscape of Joint Programs ; Methodological Issues and Preliminary Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liv Langfeldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nedeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENID Science and Technology Indicators Conference 2011 'Actors and Networks in European Science' - Session 2 'Funding and human resources'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets organisationnels de l'ERC sur les universités et organismes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique du CLORA l'ERC : les enseignements d'aujourd'hui pour construire l'excellence de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning university-industry relations in the evolving higher education environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EIRMA 2011 roundtable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Saint Paul de Vence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French higher education, research and innovation policy in the 2000s : sweeping changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferences on European Research and Innovation Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge circulation and the valorisation of technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International seminar on the valorisation of technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The future of research and innovation policies : Is the intermediate layer what we thought it would be ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on the future of science and technology in society in honour of Arie Rip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting keywords life-cycle to analyse the dynamics of an emerging field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Breucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baneyx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting keywords life-cycle to analyse the dynamics of an emerging field : An experiment in Nanosciences with the Kwords lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baneyx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How should we define, construct and compare clusters in emerging S&T fields ? The case of nanotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reflections on policy developments linked to internationalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference "Drivers of international collaboration in research", 13-14 octobre 2008, Bruxelles (Belgique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reflections about the characterisation of universities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INGENIO workshop on third mission approaches and indicators, 10 november 2008, Valencia (Espagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôles de compétitivité, history and on-going developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFRIS-STEPI Seminar, 18-19 avril 2008, Champs-sur-Marne (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European position in frontier science : the role of fragmented research funding agencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIUS workshop on " Damaging fragmentation or healthy diversity", 20 juin 2008, London (Grande-Bretagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peer reviewing, what difference do organizations make?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS/WZB workshop "Peer review reviewed : the international career of a quality-control instrument and new challenges, 24-25 april 2008, Berlin (Allemagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University rankings and their political role : keynote speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIME-ENID Conference, 28-30 mai 2008, Oslo (Norvège)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The knowledge for growth conference, 7-9 juillet 2008, Toulouse (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le financement de la recherche sur projets en France et en Europe : positionner pour mieux questionner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "Politique, science et action publique", IEP, 23 -24 octobre 2008, Grenoble (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'européanisation de la recherche : vers une nouvelle étape?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème session du cycle 2008-2009 de l'IHEST sur les écosystèmes de la recherche et de l'innovation en Europe", 23 octobre 2008, Paris (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting knowledge dynamics and the issue of scientific commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prime-Dime seminar on search regimes and knowledge based markets, 21-22 février 2008, Paris (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The PRIME-ENID conference on positioning indicators, 28-30 may 2008, Oslo (Norvège)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences et Société en mutation - Rapport du Groupe de travail sur l'émergence des nanosciences et des nanotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Moret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emergence des nanosciences et des nanotechnologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00193131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et enseignement supérieur face à l'internationalisation. France, Suisse et Union Européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Leresche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses polytechniques et universitaires romandes, pp.397, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00485965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space, structure and randomness : contributions in honor of Georges Matheron in the field of geostatistics, random sets and mathematical morphology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.395, 2005, 0-387-20331-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00830290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research and Innovation Policies in the New Global Economy, An International Comparative Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar, pp.524, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00439002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'internalisation des déchets : le modèle de la Communauté urbaine de Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economica, pp.108, 1997, Poche Environnement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00438910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des programmes publics de recherche : le cas du programme communautaire “Énergie non-nucléaire”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Callon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mauguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Warrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Namur, 362 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framings and frameworks: six grand narratives of de facto RRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Randles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Marie Loconto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Walhout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Lindner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Navigating Towards Shared Responsibility in Research and Innovation. Approach, Process and Results of the Res-AGorA Project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fraunhofer Institute for Systems and Innovation Research (ISI)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9-783000-517099</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01320462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting Frontier Research, Which Institutions and Which Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Jansen; I. Pruisken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The changing governance of higher education and research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43, Springer, pp.189-206, 2015, Higher Education Dynamics, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-09677-3_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation française : les exercices stratégiques actuels comme révélateurs des tendances longues et des transformations en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et l'innovation en France: FUTURIS 2014-2015. in Jacques Lesourne et Denis Randet (eds), Editions Odile Jacob </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation française : les exercices stratégiques actuels comme révélateurs des tendances longues et des transformations en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Lesourne et D. Randet (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et l’innovation en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Jacob, p.125-140, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing radical change through the emergence of a governance arrangement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Governance of Socio-Technical Systems - Explaining Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Eu-SPRI Forum on Science, Technology and Innovation Policy series 978 1 78471 018 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche multidimensionnelle de la mesure des effets de la recherche publique agronomique : le cas de l’INRA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Matt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O. Glassey; J.P. Leresche; O. Moeschler. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la valeur d’usage des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition des Archives Contemporaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-76, 2013, 9782813000866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01437017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche multidimensionnelle de la mesure des effets de la recherche publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Hocdé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la valeur d’usage des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition des Archives Contemporaines, 241 p., 2013, 978-2813000866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe de la recherche et de l'innovation en transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lesourme J., Randet D. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et l'innovation en France - Futuris 2011 -</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Jacob, pp.147-169, 2011, Science HUM, 978-2738127280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence des nanotechnologies : Vers un nouveau &amp;quot;modèle industriel &amp;quot;?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ph. Laredo, J.-Ph. Leresche et K. Weber. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'internationalisation des systèmes de recherche en action. Les cas français et Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Polytechniques et Universiataires Romandes (PPUR)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 24 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche européenne et les enjeux de la nouvelle science dominante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LERESCH J-Ph., LAREDO Ph., WEBER K. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et enseignement supérieur face à l'internationalisation. France, Suisse et Union Européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses polytechniques et universitaires romandes, pp. 27-50, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00543825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional transformation and the transforming doctorate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Randles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurora E., Bento S. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Como fazer um doutoramento</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edicoes Ecopy, pp.22-79, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00563637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société de la connaissance et &amp;quot; fabrique &amp;quot; de l'intervention publique : le rôle du débat public (Postface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LERESCH J-P. et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fabrique des sciences, des institutions aux pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses polytechniques universitaires romandes, pp.369-384, 2006, 978-2880747169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quatre orientations pour l'évolution du système français de recherche et d'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sachwald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LAREDO P., SACHWALD F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le système français d'innovation: enjeux et priorités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFRI / Institut de l'Entreprise, pp.s.n., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acteurs de l'innovation et réseaux de coopération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LANCIANO (Caroline), MAURICE (Marc), SILVESTRE (Jean-Jacques), NOHARA (Hiroatsu). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les acteurs de l'innovation et l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, Paris, pp.231-251, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International patents: the role of large multinational firms in building competitive metropolitan areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting innovation in transition countries. A trajectory for smart specialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kleibrink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Philipp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, RePEc:ipt:iptwpa:jrc106260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aires métropolitaines : les rôles de l’enseignement supérieur et de la recherche en faveur de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et identification à l'échelle mondiale des têtes pensantes et des institutions de recherche actives dans le nucléaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Direct Support to R&D and Innovation in Firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Gök</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Research Networks built by the Medical and public Health Research (MHR4) Programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00274126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RISIS final report. An overview of one decade of construction of a distributed European infrastructure on STI datasets and positioning indicators.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NOTE DE SYNTHÈSE SUR LE PROGRAMME DES INVESTISSEMENTS D'AVENIR (PIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tentative governance for radical innovation: the strategic role of market infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensions of internationalisation – universities at home and abroad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Georghiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de cadrage à l'attention des décideurs politiques Réflexion sur le type et le rôle concours d'innovation soutenus par le PIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lhuillery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BPI FRANCE; ADEME; FranceAgriMer. 2023, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des concours d’innovation du PIA (2010-2021), de la start-up à la PME innovante-Mission d’évaluation de politiques publiques pour le compte de l’ADEME et Bpifrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ADEME; BPI FRANCE. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DOCUMENTATION OF RISIS DATASETS - RISIS Patent Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Ospina Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Daniel Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] LISIS UPEM; RISIS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de synthèse sur le PIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and characterising the dynamics of emerging technologies to inform policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université paris Est, IFRIS. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASIRPA - Analyse des Impacts de la Recherche Publique Agronomique. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Matt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut National de la Recherche Agronomique. 2014, 61 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des Impacts de la Recherche Publique Agronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Matt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Direct Support to R&D and innovation in firms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Gök</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscal incentives for business R&D. First version</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kohller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rammer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NESTA Project, 2011, n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId264"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> philippe laredo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5014-9132</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">026966204</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ontologies to map between research data and policymakers’ presumptions: the experience of the KNOWMAK project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Maynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Petrak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyi Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (2), pp.1275-1290. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11192-020-03664-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04542718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The artificial patents in the PATSTAT database: how much do they matter when computing indicators of internationalisation based on worldwide priority patents?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 114, pp.91-112. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11192-017-2578-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation policies: the national and regional dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial and Business Economics = Economia e politica industriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 43 (3), pp.323 - 330. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40812-016-0038-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalisation of European MNCs R&amp;D: &amp;quot; deglobalisation &amp;quot; and evolution of the locational strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction d’une Europe de la recherche et ses effets sur les relations scientifiques transatlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers rouges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 215, pp.285-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rate and motives of the internationalisation of large firm R&D (1994–2005): Towards a turning point?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (3), pp.765-776. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2014.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01259810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer l’impact sociétal de la recherche pour apprendre à le gérer : l’approche ASIRPA et l’exemple de la recherche agronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 122, pp.31-42. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.122.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASIRPA: A comprehensive theory-based approach to assessing the societal impacts of a research organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 24 (4), pp.440-453. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/reseval/rvv015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the opening of national R&D programs: what indicators for what purposes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Primeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nedeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.312-326. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/reseval/rvu018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01276020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logics of integration and actors' strategies in European joint programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 43 (2), pp.391-402. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2013.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy-making in science policy : the 'OECD model' unveiled</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luisa Henriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42 (3), pp.801-816. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2012.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Nano Sciences and Technologies : Policy Implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STI - Science, Technology Industry Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (1), pp.43-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Careers and competences of PhDs in science and engineering in the knwoledge economy : The case fo graduates from a UK research-based university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsing-Fen Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Miozzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (7), pp.869-881. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2010.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00583826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de recherche et pratiques scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Paradeise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, pp.29-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don't confuse ERA's growing pains with its maturing strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, pp.7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00690517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A network approach to studying research propammes: mobilizing and coordinating public responses to hiv/aids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Analysis and Strategic Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (1), pp.39 - 54. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09537329308524116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-01715473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the Third Mission of Universities: Toward a Renewed Categorization of University Activities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Higher Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 20 (4), pp.441-456. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/palgrave.hep.8300169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the emergence and deployment of “nano” S&T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barry Bozeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mangematin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 36 (6), pp.807-812. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respol.2007.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changing patterns of public research funding in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thèves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and public policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 34 (6), pp.389-399. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3152/030234207X229501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction and conclusion to the special issue on &amp;quot;Sustaining differentiation in higher education in the knowledge society&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivar Bleiklie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sverker Sörlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Higher Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 20 (4), pp. 365-372 et pp. 495-498. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/palgrave.hep.8300168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation des &amp;quot; régimes de recherche &amp;quot; : implications pour les interventions publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre de la régulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 56, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00950375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche publique en France : évolutions et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Banquet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 19/20, pp.95-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00950362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Sector Research: A Growing Role in Innovation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minerva</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 42 (1), pp.11-27. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/B:MINE.0000017698.38154.a6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective de l'espace européen de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française d’administration publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 112 (4), pp.675-685. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfap.112.0675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Network Approach to Studying Research Programmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Analysis &amp; Strategic Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 5 (1), pp.39-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00270666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools for the Evaluation of Technological Programmes : an Account of Work Done at the Centre for the Sociology of Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Callon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Courtial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Crance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mauguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Analysis &amp; Strategic Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 3 (1), pp.3-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00271614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement automatique de lexiques pour les concepts émergents : une exploration méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revekka Kyriakoglou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Pappa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jilin He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2024 - 17es Journées internationales d'Analyse statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Brusells, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reflections on the 5 th Vienna R&I policy evaluation conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. conference on R&amp;I policy evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de recherche et d’innovation: une mise en perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ALLISS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques réflexions sur les évolutions récentes des politiques régionales de recherche et d’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'Université territoriale de la région centre-Val de Loire, Orleans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université territoriale de la région centre-Val de Loire, Jun 2022, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos des universités et de leurs indicateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire sur la caractérisation des activités de recherche et leurs impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy lensing of futures intelligence: connecting foresight with decision making contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Mollas-Gallart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kuhlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI 2017 Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE NEXT GENERATION IN STI STUDIES : KEYNOTE FOR THE 50TH YEAR OF SCIENCE AND INNOVATION STUDIES AT THE UNIVERSITY OF MANCHESTER NOVEMBER 4, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th anniversary of liberal studies in science and technology at the University of Manchester</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolving technological capabilities of firms; Complexity, divergence, and stagnation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy lensing of futures intelligence: connecting foresight with decision making contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI 2017 Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of knowledge in European large firms in the Chemicals and Pharma/biotech sectors: level and mode of collaboration in the corporate scientific publications and patents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolving technological capabilities of firms; Complexity, divergence, and stagnation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of knowledge in European large firms in Chemicals and Pharma/biotech sectors : where is the knowledge produced ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ZEW/MaCCI Conference on the Economics of Innovation and Patenting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Mannheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution socio-économique des universités et territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d’été de la Conférence des Présidents d’Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of knowledge in European large firms in Chemicals and Pharma/biotech sectors : where is the knowledge produced ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Yegros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation à l’occasion du cinquantième anniversaire du Conseil Suisse de la Science et de l’Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquantième anniversaire du Conseil Suisse de la Science et de l’Innovation, Berne, 5 octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Berne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Policy: the emperor is naked</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating socio-economic impacts of marine biotechnology: The case of Brown Algae and Brittany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">General assembly of the European Marine Biotechnology Research Infrastructure Cluster (EMBRIC), Stazione Zoologica Anton Dohrn </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Napoli, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing in Transition: Mobilising framing and overflowing to understand the creation and normalisation of protected spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPRU 50th Anniversary conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing marine biotechnology research centres in peripheral regions: developing global and local STI indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzel Horellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STI2016 - Proceedings of the 21ST international conference on science and technology indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Valencia, Spain. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4995/STI2016.2016.4543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the territorial embedding of marine biotechnology public research organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Knowledge: Supporting Marine Research Knowledge Exchange for Blue Growth. EUROPEAN PARLIAMENT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominant designs and the formation of niches: an evolutionary look at the emergence and branching of 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th meeting of the Society for the Study of New and Emerging Technologies (S.NET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bergen, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionalising promises: The key role of promise champions in mediating and embedding visions of the future into institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4S/EASST. Science and technology by other means: Exploring collectives, spaces and futures.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bareclona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The embedding of emerging technology fields in research and markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-SPRI conference 2015 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lund, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les conditions cadre de l’innovation en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée ‘L’innovation moteur de la compétitivité européenne’, organisée par la Fondation Gulbenkian et l’institut Jacques Delors,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Market coverage of patent portfolios in MNE: Do patterns of R&D internationalisation matter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des impacts socio-économiques de la recherche publique en amélioration des plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Hocdé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques BAP (Biologie et Amélioration des Plantes) de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Port-Royal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02091406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From techniques to policy: roles of, and issues around the use of impact assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OECD Workshop on Impact Assessment,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Tallin, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy-lensing of research and innovation system scenarios: a demonstration for the European Research Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonzalo Ordóñez-Matamoros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kuhlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th edition of the “Future-oriented technology analysis" (FTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation par l’OCDE de la politique de recherche et d’innovation en France : quelques pistes de recherche issues des discussions de la matinale IFRIS du 11 septembre 2014, Note de recherche IFRIS 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matinale de l'IFRIS </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction d'une Europe de la recherche et ses effets sur les relations scientifiques transatlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles solidarités euro-américaines dans un monde multipolaire ? Fondation Jean Monnet pour L'Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalization of Large Firms R&D activities: towards a shift in trend?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany. pp.362-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pure or hybrids, excellent or relevant - the dilemma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriques Luisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costa Rosario</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The management of innovation policies : new forms of collaboration in policy design, implementation and evaluation. 2013 EU-SPRI conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning indicators and the construction of the RISIS infrastructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">How to make better innovation policy for economic growth. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing and implementing a new approach for the ex-post assessment of research - a return of experience form the ASIRPA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Benoît Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lemarié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on the evaluation of STI policies, instruments and organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of epistemic communities and emerging technologies : the need for local embeddedness and spaces of exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robinson Douglas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The management of innovation policies : new forms of collaboration in policy design, implementation and evaluation. 2013 EU-SPRI conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions and way forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prestence final conference on universities: 'From Prestige to excellence, the fabrication of academic excellence' universities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un regard européen sur la stratégie nationale de recherche française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle stratégie nationale de recherche ? Conférence FUTURIS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring opening of national R&D programmes: what indicators for what purposes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Primeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nedeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany. pp.290-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location versus home country advantages in R&D activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th annual Workshop. The Output of R&amp;D activities : Harnessing the Power of Patents Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public research organizsations and their impact on public policy from observations towards the characterization of impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Benoît Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on the evaluation of STI policies, instruments and organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and policy learning: toward a new approach to the evaluation of social impacts of public research activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANR-NSF workshop on monitoring and evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Assessment in Asynchronous Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth Annual meeting of The Society for the Study of Nanoscience and Emerging Technologies (S.NET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Enschede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do radical innovations 'generalise': the role of market infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSPRI Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Karlruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researching responsible innovation and responsible governance, reflections on social inquiry and method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Randles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">S.Net Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and policy learning: toward a new approach to the evaluation of social impacts of public research activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSPRI Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Karlruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universities as multi-activity organisations, revisiting the 3 missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGS - Eu-SPRI Early Career Researcher Conference 'INTERACT UNI : New perspectives on enduring research questions in university-society interaction? Towards an emerging multi‑disciplinary research agenda for knowledge exchange and co-creation within science, research and innovation policy studies'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing emerging markets : creating/transforming market infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4S &amp; EASST Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge circulation : institutional and organisational forms of internationalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar on Internationalisation &amp; knowledge circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Braga, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERA policy, is there a case for a legally binding framework ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar on strengthening the ERA policy framework and agenda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward new modalities of market emergence & shaping : the case of nanotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctoral Conference of STS Researchers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Rovigo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université et recherche : propositions pour un cadre d'analyse renouvelé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 ans de l'Université de Nantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning university-industry relations in the evolving higher education environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EIRMA 2011 roundtable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Saint Paul de Vence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping the European Landscape of Joint Programs ; Methodological Issues and Preliminary Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Reale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liv Langfeldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nedeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENID Science and Technology Indicators Conference 2011 'Actors and Networks in European Science' - Session 2 'Funding and human resources'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets organisationnels de l'ERC sur les universités et organismes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique du CLORA l'ERC : les enseignements d'aujourd'hui pour construire l'excellence de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French higher education, research and innovation policy in the 2000s : sweeping changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferences on European Research and Innovation Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The future of research and innovation policies : Is the intermediate layer what we thought it would be ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on the future of science and technology in society in honour of Arie Rip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge circulation and the valorisation of technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International seminar on the valorisation of technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et politiques d'innovation, un réexamen au regard des évolutions récentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au Conseil Régional des Pays de Loire, Nantes, Série "politiques de recherche et d'innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques commentaires sur les agencements institutionnels en émergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Futuris : L'Union de l'innovation et l'Espace européen de la recherche : l'émergence des acteurs stratèges ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Policies : a review based upon OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Observatory MIRA Workshop 'Studying the research and innovation activities in the Mediterranean region'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting keywords life-cycle to analyse the dynamics of an emerging field : An experiment in Nanosciences with the Kwords lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baneyx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting keywords life-cycle to analyse the dynamics of an emerging field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Breucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baneyx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How should we define, construct and compare clusters in emerging S&T fields ? The case of nanotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reflections about the characterisation of universities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INGENIO workshop on third mission approaches and indicators, 10 november 2008, Valencia (Espagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European position in frontier science : the role of fragmented research funding agencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIUS workshop on " Damaging fragmentation or healthy diversity", 20 juin 2008, London (Grande-Bretagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôles de compétitivité, history and on-going developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFRIS-STEPI Seminar, 18-19 avril 2008, Champs-sur-Marne (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The knowledge for growth conference, 7-9 juillet 2008, Toulouse (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le financement de la recherche sur projets en France et en Europe : positionner pour mieux questionner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "Politique, science et action publique", IEP, 23 -24 octobre 2008, Grenoble (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University rankings and their political role : keynote speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIME-ENID Conference, 28-30 mai 2008, Oslo (Norvège)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peer reviewing, what difference do organizations make?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS/WZB workshop "Peer review reviewed : the international career of a quality-control instrument and new challenges, 24-25 april 2008, Berlin (Allemagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'européanisation de la recherche : vers une nouvelle étape?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème session du cycle 2008-2009 de l'IHEST sur les écosystèmes de la recherche et de l'innovation en Europe", 23 octobre 2008, Paris (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting knowledge dynamics and the issue of scientific commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prime-Dime seminar on search regimes and knowledge based markets, 21-22 février 2008, Paris (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The PRIME-ENID conference on positioning indicators, 28-30 may 2008, Oslo (Norvège)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reflections on policy developments linked to internationalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference "Drivers of international collaboration in research", 13-14 octobre 2008, Bruxelles (Belgique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences et Société en mutation - Rapport du Groupe de travail sur l'émergence des nanosciences et des nanotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Moret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emergence des nanosciences et des nanotechnologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00193131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et enseignement supérieur face à l'internationalisation. France, Suisse et Union Européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Leresche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses polytechniques et universitaires romandes, pp.397, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00485965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space, structure and randomness : contributions in honor of Georges Matheron in the field of geostatistics, random sets and mathematical morphology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.395, 2005, 0-387-20331-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00830290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research and Innovation Policies in the New Global Economy, An International Comparative Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar, pp.524, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00439002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'internalisation des déchets : le modèle de la Communauté urbaine de Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economica, pp.108, 1997, Poche Environnement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00438910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des programmes publics de recherche : le cas du programme communautaire “Énergie non-nucléaire”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Callon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mauguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Warrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Namur, 362 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framings and frameworks: six grand narratives of de facto RRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Randles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Marie Loconto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Walhout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Lindner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Navigating Towards Shared Responsibility in Research and Innovation. Approach, Process and Results of the Res-AGorA Project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fraunhofer Institute for Systems and Innovation Research (ISI)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9-783000-517099</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01320462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting Frontier Research, Which Institutions and Which Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Jansen; I. Pruisken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The changing governance of higher education and research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43, Springer, pp.189-206, 2015, Higher Education Dynamics, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-09677-3_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation française : les exercices stratégiques actuels comme révélateurs des tendances longues et des transformations en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et l'innovation en France: FUTURIS 2014-2015. in Jacques Lesourne et Denis Randet (eds), Editions Odile Jacob </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation française : les exercices stratégiques actuels comme révélateurs des tendances longues et des transformations en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Lesourne et D. Randet (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et l’innovation en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Jacob, p.125-140, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing radical change through the emergence of a governance arrangement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Governance of Socio-Technical Systems - Explaining Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Eu-SPRI Forum on Science, Technology and Innovation Policy series 978 1 78471 018 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche multidimensionnelle de la mesure des effets de la recherche publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Hocdé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la valeur d’usage des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition des Archives Contemporaines, 241 p., 2013, 978-2813000866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche multidimensionnelle de la mesure des effets de la recherche publique agronomique : le cas de l’INRA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Matt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O. Glassey; J.P. Leresche; O. Moeschler. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la valeur d’usage des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition des Archives Contemporaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-76, 2013, 9782813000866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01437017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe de la recherche et de l'innovation en transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lesourme J., Randet D. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche et l'innovation en France - Futuris 2011 -</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Jacob, pp.147-169, 2011, Science HUM, 978-2738127280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence des nanotechnologies : Vers un nouveau &amp;quot;modèle industriel &amp;quot;?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ph. Laredo, J.-Ph. Leresche et K. Weber. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'internationalisation des systèmes de recherche en action. Les cas français et Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Polytechniques et Universiataires Romandes (PPUR)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 24 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche européenne et les enjeux de la nouvelle science dominante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LERESCH J-Ph., LAREDO Ph., WEBER K. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et enseignement supérieur face à l'internationalisation. France, Suisse et Union Européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses polytechniques et universitaires romandes, pp. 27-50, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00543825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional transformation and the transforming doctorate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sally Randles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurora E., Bento S. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Como fazer um doutoramento</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edicoes Ecopy, pp.22-79, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00563637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société de la connaissance et &amp;quot; fabrique &amp;quot; de l'intervention publique : le rôle du débat public (Postface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LERESCH J-P. et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fabrique des sciences, des institutions aux pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses polytechniques universitaires romandes, pp.369-384, 2006, 978-2880747169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quatre orientations pour l'évolution du système français de recherche et d'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sachwald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LAREDO P., SACHWALD F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le système français d'innovation: enjeux et priorités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFRI / Institut de l'Entreprise, pp.s.n., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acteurs de l'innovation et réseaux de coopération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LANCIANO (Caroline), MAURICE (Marc), SILVESTRE (Jean-Jacques), NOHARA (Hiroatsu). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les acteurs de l'innovation et l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, Paris, pp.231-251, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International patents: the role of large multinational firms in building competitive metropolitan areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting innovation in transition countries. A trajectory for smart specialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kleibrink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Philipp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, RePEc:ipt:iptwpa:jrc106260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aires métropolitaines : les rôles de l’enseignement supérieur et de la recherche en faveur de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et identification à l'échelle mondiale des têtes pensantes et des institutions de recherche actives dans le nucléaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Direct Support to R&D and Innovation in Firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Gök</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Research Networks built by the Medical and public Health Research (MHR4) Programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00274126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RISIS final report. An overview of one decade of construction of a distributed European infrastructure on STI datasets and positioning indicators.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NOTE DE SYNTHÈSE SUR LE PROGRAMME DES INVESTISSEMENTS D'AVENIR (PIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tentative governance for radical innovation: the strategic role of market infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensions of internationalisation – universities at home and abroad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Georghiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de cadrage à l'attention des décideurs politiques Réflexion sur le type et le rôle concours d'innovation soutenus par le PIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lhuillery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BPI FRANCE; ADEME; FranceAgriMer. 2023, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des concours d’innovation du PIA (2010-2021), de la start-up à la PME innovante-Mission d’évaluation de politiques publiques pour le compte de l’ADEME et Bpifrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ADEME; BPI FRANCE. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DOCUMENTATION OF RISIS DATASETS - RISIS Patent Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Ospina Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Daniel Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] LISIS UPEM; RISIS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de synthèse sur le PIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and characterising the dynamics of emerging technologies to inform policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université paris Est, IFRIS. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des Impacts de la Recherche Publique Agronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Matt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASIRPA - Analyse des Impacts de la Recherche Publique Agronomique. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Colinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Gaunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Matt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut National de la Recherche Agronomique. 2014, 61 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Direct Support to R&D and innovation in firms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Gök</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscal incentives for business R&D. First version</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kohller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rammer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NESTA Project, 2011, n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId264"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B9CA3A6E"/>
+    <w:nsid w:val="48B707BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-laredo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5014-9132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026966204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542718v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Maynard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetto Lepori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Petrak" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyi Song" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lar&#233;do" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-020-03664-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671905v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laurens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Villard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schoen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-017-2578-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779604v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40812-016-0038-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275968v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Villard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775107v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247850v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit Joly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Colinet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gaunand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lemari&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laredo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.122.0031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259810v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2014.11.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448728v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/reseval/rvv015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Primeri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Reale" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nedeva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/reseval/rvu018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00954574v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2013.10.012" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793819v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Henriques" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2012.09.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00583826v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsing-Fen Lee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Miozzo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2010.05.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-94CT40FR-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00582859v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delemarle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kahane" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00582866v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Paradeise" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00690517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00910785v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Bleiklie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sverker S&#246;rlin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.hep.8300168" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01715473v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Meyer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vinck" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Meyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537329308524116" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871435v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.hep.8300169" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00424523v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Bozeman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mangematin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2007.02.010" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871472v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Th&#232;ves" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3152/030234207X229501" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-2919F7W4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00950375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871436v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.112.0675" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00950362v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mustar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871437v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:MINE.0000017698.38154.a6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DNHSMBPP-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00270666v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vinck" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00271614v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Callon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Courtial" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Crance" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mauguin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772221v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Revekka Kyriakoglou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pappa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilin He" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543474v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543560v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543551v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04558207v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779596v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779629v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775242v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Yegros" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779592v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711459v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas K. R. Robinson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mollas-Gallart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kuhlmann" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711457v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775238v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779600v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775187v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775203v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711264v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711269v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704087v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzel Horellou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/STI2016.2016.4543" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711240v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Lagnau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711268v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711263v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779656v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711238v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779621v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091406v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hocd&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779636v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711233v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Ord&#243;&#241;ez-Matamoros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00985930v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gaunan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955304v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955290v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Collinet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaunand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemari&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00985808v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942808v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robinson Douglas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955424v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942876v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942813v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriques Luisa" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costa Rosario" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955301v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942855v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942784v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benetto Lepori" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793879v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793877v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00794447v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793878v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793880v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Randles" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793881v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793876v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681269v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680943v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681013v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680975v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681059v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681266v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680949v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00669383v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Reale" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liv Langfeldt" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681052v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681062v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680971v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680952v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680964v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753679v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Breucker" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baneyx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00588205v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00588200v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614220v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614226v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614215v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614219v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614216v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614217v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614229v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614224v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614222v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614213v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614228v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00193131v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Thomas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00485965v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Leresche" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Weber" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00830290v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00439002v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438910v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273224v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Warrant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320462v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Marie Loconto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Walhout" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Lindner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indd.adobe.com/view/eaeb695e-a212-4a34-aeba-b3d8a7a58acc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275974v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09677-3_10" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779644v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275953v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273361v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437017v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Matt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/384814.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806996v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680923v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00424261v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rieu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.grenoble-em.com/docs/00/42/42/61/PDF/Chapitre_16_laredo_et_al_final_Tab_Map.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543825v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00563637v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bakker" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00851571v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00851572v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sachwald" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273294v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289712v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779652v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kleibrink" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Philipp" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779625v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00960107v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Revollo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794421v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cunningham" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah G&#246;k" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274126v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670156v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670058v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273392v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275905v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Georghiou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543577v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lhuillery" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04558197v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361266v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Ospina Delgado" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Daniel Medina" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04558200v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275987v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190008v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796590v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00794414v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681069v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kohller" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rammer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-laredo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5014-9132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026966204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542718v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Maynard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetto Lepori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Petrak" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyi Song" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lar&#233;do" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-020-03664-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671905v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laurens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Villard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schoen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-017-2578-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779604v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40812-016-0038-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775107v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275968v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Villard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259810v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2014.11.001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit Joly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Colinet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gaunand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lemari&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laredo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.122.0031" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448728v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/reseval/rvv015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Primeri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Reale" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nedeva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/reseval/rvu018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00954574v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2013.10.012" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793819v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Henriques" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2012.09.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00582859v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delemarle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kahane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00583826v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsing-Fen Lee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Miozzo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2010.05.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-94CT40FR-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00582866v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Paradeise" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00690517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01715473v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Meyer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vinck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Meyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537329308524116" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871435v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.hep.8300169" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00424523v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Bozeman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mangematin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2007.02.010" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871472v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Th&#232;ves" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3152/030234207X229501" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-2919F7W4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00910785v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Bleiklie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sverker S&#246;rlin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.hep.8300168" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00950375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00950362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mustar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871437v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:MINE.0000017698.38154.a6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DNHSMBPP-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871436v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.112.0675" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00270666v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vinck" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00271614v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Callon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Courtial" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Crance" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mauguin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772221v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Revekka Kyriakoglou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pappa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilin He" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543474v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543560v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04558207v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543551v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711459v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas K. R. Robinson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mollas-Gallart" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kuhlmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779592v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775242v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Yegros" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711457v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775238v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775203v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775187v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779600v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775192v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779629v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779596v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711269v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711240v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Lagnau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704087v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzel Horellou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/STI2016.2016.4543" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711268v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711263v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711264v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711238v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779656v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091406v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hocd&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779636v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711233v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Ord&#243;&#241;ez-Matamoros" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779621v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955424v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942876v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942813v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriques Luisa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costa Rosario" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955304v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955290v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Collinet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaunand" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemari&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942808v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robinson Douglas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00985808v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955301v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942784v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benetto Lepori" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942855v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00985930v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gaunan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793877v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00794447v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793878v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793880v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Randles" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793876v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793881v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00793879v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680975v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681059v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680949v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681266v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681062v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00669383v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Reale" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liv Langfeldt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681052v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680971v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680964v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680952v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681269v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681013v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680943v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00588205v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baneyx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753679v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Breucker" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00588200v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614226v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614219v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614215v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614229v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614224v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614217v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614216v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614222v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614213v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614228v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614220v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00193131v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Thomas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00485965v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Leresche" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Weber" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00830290v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00439002v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438910v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273224v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Warrant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320462v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Marie Loconto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Walhout" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Lindner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indd.adobe.com/view/eaeb695e-a212-4a34-aeba-b3d8a7a58acc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275974v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09677-3_10" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779644v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275953v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273361v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806996v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437017v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Matt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/384814.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00680923v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00424261v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rieu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.grenoble-em.com/docs/00/42/42/61/PDF/Chapitre_16_laredo_et_al_final_Tab_Map.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543825v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00563637v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bakker" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00851571v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00851572v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sachwald" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273294v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289712v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779652v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kleibrink" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Philipp" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779625v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00960107v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Revollo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794421v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cunningham" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah G&#246;k" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274126v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670156v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670058v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273392v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275905v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Georghiou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04543577v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lhuillery" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04558197v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361266v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Ospina Delgado" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Daniel Medina" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04558200v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275987v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796590v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190008v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00794414v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681069v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kohller" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rammer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>