--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2311,550 +2311,550 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02110941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of 2,3-Dideoxyinosine on Toxoplasma gondii Cysts in Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Elisabeth Sarciron</w:t>
+                <w:t xml:space="preserve">Antibodies against Echinococcus multilocularis alkaline phosphatase as markers for the specific diagnosis and the serological monitoring of Alveolar echinococcosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth M Sarciron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lawton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Duranton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.41.7.1531⟩</w:t>
+              <w:t xml:space="preserve">Parasite Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 19 (2), pp.61-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-3024.1997.d01-183.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02110926v1</w:t>
+                <w:t xml:space="preserve">hal-02110851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro cultivation of Cryptosporidium parvum in the non-adherent human monocytic THP-1 cell line</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of 2,3-Dideoxyinosine on Toxoplasma gondii Cysts in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Elisabeth Sarciron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lawton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne-Francoise Pétavy</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Saccharin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Françoise Pétavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Peyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Eukaryotic Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1550-7408.1997.tb05783.x⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 41 (7), pp.1531-1536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.41.7.1531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02110909v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02110926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcus multilocularis Metacestodes: Immunological and Immunocytochemical Analysis of the Relationships between Alkaline Phosphatase and the Em2 Antigen</w:t>
+                <w:t xml:space="preserve">In vitro cultivation of Cryptosporidium parvum in the non-adherent human monocytic THP-1 cell line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lawton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marie-Elisabeth Sarciron</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Naciri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Mancassola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Francoise Pétavy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/expr.1997.4190⟩</w:t>
+              <w:t xml:space="preserve">Journal of Eukaryotic Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 44 (s6), pp.66S. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1550-7408.1997.tb05783.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02110824v1</w:t>
+                <w:t xml:space="preserve">hal-02110909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibodies against Echinococcus multilocularis alkaline phosphatase as markers for the specific diagnosis and the serological monitoring of Alveolar echinococcosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth M Sarciron</w:t>
+                <w:t xml:space="preserve">Echinococcus multilocularis Metacestodes: Immunological and Immunocytochemical Analysis of the Relationships between Alkaline Phosphatase and the Em2 Antigen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lawton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+                <w:t xml:space="preserve">Andrew Hemphill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariette Mercier</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Peter Deplazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gottstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Elisabeth Sarciron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite Immunology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 87 (2), pp.142-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/expr.1997.4190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1365-3024.1997.d01-183.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02110851v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02110824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cultivation of Cryptosporidium pawum in a non-adherent human monocytic cell line</w:t>
               </w:r>
@@ -3684,51 +3684,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FD47DD3D"/>
+    <w:nsid w:val="F2F3980A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3915,51 +3915,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-lawton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1661-8705" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087381923" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04760064v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Tingaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lawton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Peralez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madiha Nadri-Wolf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2024.109520" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04504150v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leroux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Luquain-Costaz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Azzouz-Maache" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24054702" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111042v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Bouazizi Ben-Messaoud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guichard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-017-4233-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111046v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Azzouz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ap-2017-0070" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111031v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica S Martins-Duarte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Fran&#231;a da Silva" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Nazar&#233; C. Soeiro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0125705" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111025v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Maache" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Osuna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fran&#231;oise P&#233;tavy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2011.09.012" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114812v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Zeinyeh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexue Xia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Radix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marminon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2010.02.033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QLKLS4N-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800190v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zeinyeh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00305195v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Oughlissi-Dehak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Michalet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bayet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darbour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2008.03.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3DMLT4R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel P&#233;landakis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise P&#233;tavy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Walchshofer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2006.12.004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1517/13543776.15.8.987" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110999v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Hejl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Mancassola" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Naciri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1097(03)00555-X" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110972v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7012(01)00265-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110994v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Stettler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siles-Lucas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Sarciron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gottstein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.45.8.2256-2262.2001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110986v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Sarciron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/JOH200049" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-F0NHQWQT-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110959v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1999.tb13667.x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110941v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise P&#233;tavy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Peyron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110926v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Saccharin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.41.7.1531" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110909v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1550-7408.1997.tb05783.x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110824v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hemphill" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Deplazes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/expr.1997.4190" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QN7HN9M9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110851v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth M Sarciron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Bresson-Hadni" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Mercier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duranton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3024.1997.d01-183.x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110804v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Petavy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7012(96)00945-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110731v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Franqoise Petavy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0305-0491(95)00091-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMDV8DRV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110840v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3283244" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02109878v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mayer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Picard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grellier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barrault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm00114a011" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Schr&#233;vel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-G Heidrich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00928690" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04743814v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-lawton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1661-8705" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087381923" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04760064v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Tingaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lawton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Peralez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madiha Nadri-Wolf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2024.109520" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04504150v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leroux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Luquain-Costaz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Azzouz-Maache" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24054702" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111042v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Bouazizi Ben-Messaoud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guichard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-017-4233-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111046v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Azzouz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ap-2017-0070" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111031v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica S Martins-Duarte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Fran&#231;a da Silva" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Nazar&#233; C. Soeiro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0125705" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111025v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Maache" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Osuna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fran&#231;oise P&#233;tavy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2011.09.012" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114812v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Zeinyeh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexue Xia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Radix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marminon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2010.02.033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QLKLS4N-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800190v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zeinyeh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00305195v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Oughlissi-Dehak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Michalet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bayet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darbour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2008.03.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3DMLT4R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel P&#233;landakis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise P&#233;tavy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Walchshofer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2006.12.004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02111009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1517/13543776.15.8.987" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110999v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Hejl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Mancassola" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Naciri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1097(03)00555-X" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110972v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7012(01)00265-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110994v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Stettler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siles-Lucas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Sarciron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gottstein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.45.8.2256-2262.2001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110986v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Sarciron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/JOH200049" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-F0NHQWQT-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110959v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1999.tb13667.x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110941v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise P&#233;tavy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Peyron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110851v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth M Sarciron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Bresson-Hadni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Mercier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duranton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3024.1997.d01-183.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110926v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Saccharin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.41.7.1531" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110909v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1550-7408.1997.tb05783.x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110824v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hemphill" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Deplazes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/expr.1997.4190" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QN7HN9M9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110804v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Petavy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7012(96)00945-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110731v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Franqoise Petavy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0305-0491(95)00091-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMDV8DRV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110840v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3283244" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02109878v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mayer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Picard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grellier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barrault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm00114a011" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02110651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Schr&#233;vel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-G Heidrich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00928690" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04743814v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>