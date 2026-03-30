--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -766,295 +766,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03141624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gene-based map of the Nod factor-independent Aeschynomene evenia sheds new light on the evolution of nodulation and legume genomes</w:t>
+                <w:t xml:space="preserve">Targeted genomic enrichment and sequencing of CyHV-3 from carp tissues confirms low nucleotide diversity and mixed genotype infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Chaintreuil</w:t>
+                <w:t xml:space="preserve">Saliha Hammoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Rivallan</w:t>
+                <w:t xml:space="preserve">Tatiana Vallaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bertioli</w:t>
+                <w:t xml:space="preserve">Ayi Santika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+                <w:t xml:space="preserve">Ewa Borzym</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/dnares/dsw020⟩</w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.2516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02410329v1</w:t>
+                <w:t xml:space="preserve">hal-02637141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted genomic enrichment and sequencing of CyHV-3 from carp tissues confirms low nucleotide diversity and mixed genotype infections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A gene-based map of the Nod factor-independent Aeschynomene evenia sheds new light on the evolution of nodulation and legume genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Chaintreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saliha Hammoumi</w:t>
+                <w:t xml:space="preserve">Ronan Rivallan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Vallaeys</w:t>
+                <w:t xml:space="preserve">David Bertioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayi Santika</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Leleux</w:t>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ewa Borzym</w:t>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4, </w:t>
+              <w:t xml:space="preserve">DNA Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (4), pp.365-376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.2516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/dnares/dsw020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02637141v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2129,51 +2129,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164801v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leleux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Schwarz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin K&#252;hn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Kruse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich R&#252;de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2025.105143" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800976v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Bricout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Acco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Escriba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Fourniols" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24186067" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298189v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Bennis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Canali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline De Pourtales" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouysset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.HS9.0000973912.51274.96" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528532v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Buttari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Huber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Ruede" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nla.2407" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141624v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Quilb&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lamy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brottier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21094-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02410329v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chaintreuil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Rivallan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bertioli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsw020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637141v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Hammoumi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vallaeys" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayi Santika" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Borzym" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2516" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153605v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Litz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joscha Gedicke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J K&#252;hn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03786723v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Bourne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Kormann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandgirard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03030658v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fardoux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04169376v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021INPT0017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893783v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Duff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ruiz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sukru Torun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/APC200052" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023423v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Dumitrasc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Popa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198359v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chateau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Coletta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164801v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leleux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Schwarz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin K&#252;hn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Kruse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich R&#252;de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2025.105143" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800976v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Bricout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Acco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Escriba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Fourniols" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24186067" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298189v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Bennis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Canali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline De Pourtales" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouysset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.HS9.0000973912.51274.96" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528532v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Buttari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Huber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Ruede" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nla.2407" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141624v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Quilb&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lamy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brottier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21094-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637141v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Hammoumi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vallaeys" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayi Santika" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Borzym" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2516" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02410329v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chaintreuil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Rivallan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bertioli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsw020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153605v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Litz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joscha Gedicke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J K&#252;hn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03786723v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Bourne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Kormann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandgirard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03030658v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fardoux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04169376v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021INPT0017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893783v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Duff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ruiz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sukru Torun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/APC200052" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023423v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Dumitrasc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Popa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198359v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chateau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Coletta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>