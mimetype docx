--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -971,334 +971,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03221013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OVALI, Sustainability for Poultry®: A Method Co-Designed by Stakeholders to Assess the Sustainability of Chicken Supply Chains in Their Territories</w:t>
+                <w:t xml:space="preserve">Transformation of socioeconomic metabolism due to development of the bioeconomy: the case of northern Aube (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Méda</w:t>
+                <w:t xml:space="preserve">Pauline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonie Dusart</w:t>
+                <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Protino</w:t>
+                <w:t xml:space="preserve">Sophie Madelrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fleuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su13031329⟩</w:t>
+              <w:t xml:space="preserve">European Planning Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (7), pp.1 - 18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09654313.2021.1889475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03123584v1</w:t>
+                <w:t xml:space="preserve">hal-03263050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation of socioeconomic metabolism due to development of the bioeconomy: the case of northern Aube (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OVALI, Sustainability for Poultry®: A Method Co-Designed by Stakeholders to Assess the Sustainability of Chicken Supply Chains in Their Territories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Méda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Marty</w:t>
+                <w:t xml:space="preserve">Léonie Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
+                <w:t xml:space="preserve">Juliette Protino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Madelrieux</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Planning Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30 (7), pp.1 - 18. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.1329. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09654313.2021.1889475⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su13031329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03263050v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03123584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review of socio-economic metabolism representations and their links to action: Cases in agri-food studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Wiktor Gabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1581,57 +1581,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractériser les formes d'interaction entre filières agricoles et territoires : quelles méthodes ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Écologie et économie des interactions entre filières agricoles et territoire : quels concepts et cadre d'analyse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Buclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1647,632 +1647,632 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Moraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Agricultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 26 (2), 9 p. </w:t>
+              <w:t xml:space="preserve">, 2017, 26 (2), pp.24001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/cagri/2017014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2017013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014947v1</w:t>
+                <w:t xml:space="preserve">hal-01503462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écologie et économie des interactions entre filières agricoles et territoire : quels concepts et cadre d'analyse ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Buclet</w:t>
+                <w:t xml:space="preserve">Comparaison des performances de différentes espèces de légumineuses à graines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Moraine</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/cagri/2017013⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 60, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.513850748029309E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503462v1</w:t>
+                <w:t xml:space="preserve">hal-01685942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des performances de différentes espèces de légumineuses à graines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Makowski</w:t>
+                <w:t xml:space="preserve">Caractériser les formes d'interaction entre filières agricoles et territoires : quelles méthodes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Madelrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Buclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elise Pelzer</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Moraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 60, pp.1-21. </w:t>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (2), 9 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/1.513850748029309E12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2017014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685942v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractériser la valeur nutritionnelle des aliments par des méthodes innovantes de mesure de la digestibilité pour une aviculture durable</w:t>
+                <w:t xml:space="preserve">Simultaneous inclusion of sorghum and cottonseed meal or millet in broiler diets: effects on performance and nutrient digestibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Vilariño</w:t>
+                <w:t xml:space="preserve">Dolores Batonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Métayer</w:t>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Mahaut</w:t>
+                <w:t xml:space="preserve">Gilbert. M. Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Umar Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 49, pp.163-177. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (7), pp.1118-1128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/1.4622755719189011E12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/s1751731116000033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01652934v1</w:t>
+                <w:t xml:space="preserve">hal-01831452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous inclusion of sorghum and cottonseed meal or millet in broiler diets: effects on performance and nutrient digestibility</w:t>
+                <w:t xml:space="preserve">Caractériser la valeur nutritionnelle des aliments par des méthodes innovantes de mesure de la digestibilité pour une aviculture durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dolores Batonon</w:t>
+                <w:t xml:space="preserve">Maria Vilariño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+                <w:t xml:space="preserve">Jean-Paul Métayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 10 (7), pp.1118-1128. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49, pp.163-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/s1751731116000033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/1.4622755719189011E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01831452v1</w:t>
+                <w:t xml:space="preserve">hal-01652934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OVALI, une méthode pour améliorer la durabilité des filières avicoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Protino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dezat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2321,555 +2321,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02639910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of energy and protein supplies in sequential feeding in laying hens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inclusion of sorghum, millet and cottonseed meal in broiler diets: a meta-analysis of effects on performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolores Batonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Traineau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Murtala Umar-Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert. M. Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 9 (01), pp.49-57. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731114002092⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 9 (7), pp.1120 - 1130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731115000282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01587198v1</w:t>
+                <w:t xml:space="preserve">hal-01198303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion of sorghum, millet and cottonseed meal in broiler diets: a meta-analysis of effects on performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dolores Batonon</w:t>
+                <w:t xml:space="preserve">Modulation of energy and protein supplies in sequential feeding in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Traineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mulsant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murtala Umar-Faruk</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 9 (7), pp.1120 - 1130. </w:t>
+              <w:t xml:space="preserve">, 2015, 9 (01), pp.49-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731115000282⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1751731114002092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01198303v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01587198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin, quantities and fate of nitrogen flows associated with animal production</w:t>
+                <w:t xml:space="preserve">Digestion Modelling in the Small Intestine : Impact of Dietary Fibre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Delaby</w:t>
+                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
+                <w:t xml:space="preserve">Guy Barles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Beline</w:t>
+                <w:t xml:space="preserve">Christine Georgelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Licois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Animal Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 5 (S1), pp.28-48. </w:t>
+              <w:t xml:space="preserve">Mathematical Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 258, pp.101-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S2040470014000272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mbs.2014.09.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01198244v1</w:t>
+                <w:t xml:space="preserve">hal-00757830v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestion Modelling in the Small Intestine : Impact of Dietary Fibre</w:t>
+                <w:t xml:space="preserve">Origin, quantities and fate of nitrogen flows associated with animal production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Barles</w:t>
+                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Georgelin</w:t>
+                <w:t xml:space="preserve">Fabrice Beline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-René Licois</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 258, pp.101-112. </w:t>
+              <w:t xml:space="preserve">Advances in Animal Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (S1), pp.28-48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mbs.2014.09.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S2040470014000272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00757830v3</w:t>
+                <w:t xml:space="preserve">hal-01198244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedouin adaptation to the last 15-Years of drought (1995-2010) in the north coastal zone of Egypt: continuity or rupture?</w:t>
               </w:r>
@@ -3001,90 +3001,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacity of laying hens in sequential feeding to adjust their feed consumption when offered previously a nutritionally unbalanced diet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dolores Batonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Traineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3265,51 +3265,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AVIBIO : des systèmes durables pour dynamiser l'AVIculture BIOlogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Pottiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3524,77 +3524,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical homogenization in the modelling of digestion in the small intestine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Barles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Georgelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.R. Licois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3667,90 +3667,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects on performance of ground wheat with or without insoluble fiber or whole wheat in sequential feeding for laying hens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Traineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mulsant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 92 (9), pp.2475-2486. </w:t>
@@ -3788,103 +3788,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical Modeling of Transport and Degradation of Feedstuffs in the Small Intestine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Georgelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Licois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Barles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 294, pp.Journal of Theoretical Biology 294 (2012) 114-121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3912,1317 +3912,1317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00555287v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the fate of dietary phosphorus in the digestive tract of growing pigs</w:t>
+                <w:t xml:space="preserve">Is sequential feeding of whole wheat more efficient than ground wheat in laying hens?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.P. M.P. Létourneau-Montminy</w:t>
+                <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Narcy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+                <w:t xml:space="preserve">Serge Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. M. Magnin</w:t>
+                <w:t xml:space="preserve">M.N. Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F. J. Bernier</w:t>
+                <w:t xml:space="preserve">H.M. Tukur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 89 (11), pp.3596-3611. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (2), pp.230-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2527/jas.2010-3397⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1751731110001837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000188v1</w:t>
+                <w:t xml:space="preserve">hal-02643197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience with a variety of feed colours reduces feed neophobia in the turkey</w:t>
+                <w:t xml:space="preserve">Early visual experience of food does not appear to reduce subsequent feed neophobia in turkeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2011.08.007⟩</w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 90 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3382/ps.2010-00882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129607v1</w:t>
+                <w:t xml:space="preserve">hal-01129471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is sequential feeding of whole wheat more efficient than ground wheat in laying hens?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H.M. Tukur</w:t>
+                <w:t xml:space="preserve">Experience with a variety of feed colours reduces feed neophobia in the turkey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731110001837⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 135 (1-2), pp.78-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2011.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643197v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early visual experience of food does not appear to reduce subsequent feed neophobia in turkeys</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florence Laviron</w:t>
+                <w:t xml:space="preserve">Modeling the fate of dietary phosphorus in the digestive tract of growing pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. M.P. Létourneau-Montminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M. Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. J. Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 90 (1), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (11), pp.3596-3611. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3382/ps.2010-00882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2527/jas.2010-3397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129471v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential feeding using whole wheat and a separate protein-mineral concentrate improved feed efficiency in laying hens</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meta-analysis of phosphorus utilisation by broilers receiving corn-soyabean meal diets: influence of dietary calcium and microbial phytase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Meme</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Rideau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Roffidal</w:t>
+                <w:t xml:space="preserve">J.F. Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3382/ps.2009-00360⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (11), pp.1844-1853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731110001060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660930v1</w:t>
+                <w:t xml:space="preserve">hal-01173568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of wheat and protein-mineral concentrate intakes by individual hens fed ad libitum in sequential or in loose-mix systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Sequential feeding using whole wheat and a separate protein-mineral concentrate improved feed efficiency in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Même</w:t>
+                <w:t xml:space="preserve">Nathalie Meme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roffidal Lucien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tukur Hussaini</w:t>
+                <w:t xml:space="preserve">Nicole Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00071668.2010.532772⟩</w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 89 (4), pp.785-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3382/ps.2009-00360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00652139v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment l'alimentation des poules influence la qualité des oeufs ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Adaptation of wheat and protein-mineral concentrate intakes by individual hens fed ad libitum in sequential or in loose-mix systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Faruk Murtala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Y. Nys</w:t>
+                <w:t xml:space="preserve">Nathalie Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Panheleux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Roffidal Lucien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tukur Hussaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (06), pp.811-820. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071668.2010.532772⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02667258v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00652139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of sequential feeding on behaviour, feed intake and feather condition in laying hens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dusanka Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Stuhec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 127 (3-4), pp.115-124. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2010.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01136276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-analysis of phosphorus utilisation by broilers receiving corn-soyabean meal diets: influence of dietary calcium and microbial phytase</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Agnès Narcy</w:t>
+                <w:t xml:space="preserve">Comment l'alimentation des poules influence la qualité des oeufs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Panheleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23 (2), pp.167-182</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01173568v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feeding behaviour in turkeys with a change-over from crumbs to pellets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 125 (3-4), pp.132-142. </w:t>
@@ -5272,51 +5272,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feed composition and hardness interact in preference and intake in chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5412,1724 +5412,1724 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of reduced dietary calcium and phytase supplementation on calcium and phosphorus utilisation in broilers with modified mineral status</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agnès Narcy</w:t>
+                <w:t xml:space="preserve">Sequential feeding with variations in energy and protein levels improves gait score in meat-type chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Sauvant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.F. Bernier</w:t>
+                <w:t xml:space="preserve">Claire Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00071660802471446⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (11), pp.1658-1665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731108002875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173480v1</w:t>
+                <w:t xml:space="preserve">hal-02662217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential feeding with variations in energy and protein levels improves gait score in meat-type chickens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Forty-eight-hour cycle sequential feeding with diets varying in protein and energy contents: adaptation in broilers at different ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tesseraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 2 (11), pp.1658-1665. </w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 87 (1), pp.196-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731108002875⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3382/ps.2007-00205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662217v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forty-eight-hour cycle sequential feeding with diets varying in protein and energy contents: adaptation in broilers at different ages</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Effects of various energy and protein levels during sequential feeding on feed preferences in meat-type chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3382/ps.2007-00205⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (11), pp.1674-1681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731108002954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02657765v1</w:t>
+                <w:t xml:space="preserve">hal-02664537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of various energy and protein levels during sequential feeding on feed preferences in meat-type chickens</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Paul Constantin</w:t>
+                <w:t xml:space="preserve">Modelling digestion and metabolism in the pig: an alternative to animal experimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 161 (5), pp.435-440</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664537v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling digestion and metabolism in the pig: an alternative to animal experimentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
+                <w:t xml:space="preserve">Effects of reduced dietary calcium and phytase supplementation on calcium and phosphorus utilisation in broilers with modified mineral status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 49 (6), pp.705-715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071660802471446⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653539v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early lysine deficiency in young broiler chicks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+                <w:t xml:space="preserve">First step of a model of calcium and phosphorus metabolism in growing pigs : fate of ingested phosphorus in the stomach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Quentin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+                <w:t xml:space="preserve">Catherine Jondreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Relandeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+                <w:t xml:space="preserve">Francois Meschy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731107685073⟩</w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 109, pp.63-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2007.01.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02653890v1</w:t>
+                <w:t xml:space="preserve">hal-01173432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First step of a model of calcium and phosphorus metabolism in growing pigs : fate of ingested phosphorus in the stomach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Jondreville</w:t>
+                <w:t xml:space="preserve">Sparing effect of microbial phytase on zinc supplementation in maize-soya-bean meal diets for chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Pomar</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Feuerstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gruenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2007.01.064⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1 (6), pp.804-811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731107000328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01173432v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparing effect of microbial phytase on zinc supplementation in maize-soya-bean meal diets for chickens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
+                <w:t xml:space="preserve">Early lysine deficiency in young broiler chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Relandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Gruenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 1 (6), pp.804-811. </w:t>
+              <w:t xml:space="preserve">, 2007, 1, pp.587-594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731107000328⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1751731107685073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657512v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactualisation des références relatives à la composition corporelle en protéines, phosphore et oligo-éléments des volailles : état des lieux et impact sur les rejets avicoles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Broiler short-term feed preferences measured with SRAbox, a new feed choice procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Perrot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+                <w:t xml:space="preserve">D. Bessonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bouchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences et Techniques Avicoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 85, pp.808-815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ps/85.4.808⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02663176v1</w:t>
+                <w:t xml:space="preserve">hal-02657727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broiler short-term feed preferences measured with SRAbox, a new feed choice procedure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude Bouchot</w:t>
+                <w:t xml:space="preserve">Dindons et environnement : Stratégies alimentaires de réduction des rejets azotés et phosphorés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Travel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Marichal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 25 (2), pp.36-42</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657727v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dindons et environnement : Stratégies alimentaires de réduction des rejets azotés et phosphorés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Limitation des rejets azotés et phosphorés en élevage de dindes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Travel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Marichal</w:t>
+                <w:t xml:space="preserve">Vincent Marichal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 25 (2), pp.36-42</w:t>
+              <w:t xml:space="preserve">Sciences et Techniques Avicoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 54, pp.4-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654935v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limitation des rejets azotés et phosphorés en élevage de dindes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Short-term number of pecks and feed intake levels : a link with the physical characterics of feed in four-week-old turkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences et Techniques Avicoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 85, pp.923-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ps/85.5.923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02665420v1</w:t>
+                <w:t xml:space="preserve">hal-02657224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-term number of pecks and feed intake levels : a link with the physical characterics of feed in four-week-old turkeys</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Réactualisation des références relatives à la composition corporelle en protéines, phosphore et oligo-éléments des volailles : état des lieux et impact sur les rejets avicoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sciences et Techniques Avicoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56, pp.4-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657224v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lois de réponses des volailles de chair à l'apport de phosphore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Travel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 18 (3), pp.193-201</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7298,248 +7298,248 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the voluntary intake by lactating cows of two maize silages with different in situ dry matter degradability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine F. Valentin</w:t>
+                <w:t xml:space="preserve">S.F. Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Michael Forbes</w:t>
+                <w:t xml:space="preserve">J.M. Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 48 (3), pp.211-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00889795v1</w:t>
+                <w:t xml:space="preserve">hal-02687454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the voluntary intake by lactating cows of two maize silages with different in situ dry matter degradability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.F. Valentin</w:t>
+                <w:t xml:space="preserve">Sandrine F. Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Forbes</w:t>
+                <w:t xml:space="preserve">J. Michael Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 48 (3), pp.211-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02687454v1</w:t>
+                <w:t xml:space="preserve">hal-00889795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative aspects of protein fractional synthesis rates in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Danfær</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7590,51 +7590,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative aspects of protein fractional synthesis rates in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Danfaer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7666,260 +7666,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02686090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion of methods in building and validating a model: example of amino acid metabolism in ruminants</w:t>
+                <w:t xml:space="preserve">Quantitative aspects of blood and amino acid flows in cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Danfaer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de zootechnie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 45 (Suppl1), pp.237-255</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 36, pp.137-174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00889621v1</w:t>
+                <w:t xml:space="preserve">hal-02691602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative aspects of blood and amino acid flows in cattle</w:t>
+                <w:t xml:space="preserve">Discussion of methods in building and validating a model: example of amino acid metabolism in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Danfær</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Danfaer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 36, pp.137-174</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 45 (Suppl1), pp.237-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02691602v1</w:t>
+                <w:t xml:space="preserve">hal-00889621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative aspects of blood and amino acid flows in cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Danfær</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7970,51 +7970,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a mechanistic model for rumen digestion validated using the duodenal flux of amino acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 35 (1), pp.45-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8039,64 +8039,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la régulation de la stoechiométrie des fermentations ruminales par la disponibilité en ATP et en NADH2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8134,64 +8134,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la régulation de la stoechiométrie des fermentations ruminales par la disponibilité en ATP et en NADH2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8223,472 +8223,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00889329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la ration sur le taux azote du pool microbien ruminal</w:t>
+                <w:t xml:space="preserve">Influence de la ration sur le taux azoté du pool microbien ruminal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.S. Munoz</w:t>
+                <w:t xml:space="preserve">Ls Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Yang</w:t>
+                <w:t xml:space="preserve">W Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Poncet</w:t>
+                <w:t xml:space="preserve">C Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 43 (3), pp.258</w:t>
+              <w:t xml:space="preserve">, 1994, 43 (3), pp.258-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02715422v1</w:t>
+                <w:t xml:space="preserve">hal-00888997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la ration sur le taux azoté du pool microbien ruminal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets d'apports de NaCl sur les préférences alimentaires des chèvres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Morand-Fehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ben Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Hervieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">C Poncet</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 43 (3), pp.258-258</w:t>
+              <w:t xml:space="preserve">, 1994, 43 (Suppl1), pp.41s-41s</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00888997v1</w:t>
+                <w:t xml:space="preserve">hal-00889117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d'apports de NaCl sur les préférences alimentaires des chèvres</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence de la proportion de concentré dans la ration sur le profil ruminal des AGV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 43 (Suppl1), pp.41s-41s</w:t>
+              <w:t xml:space="preserve">, 1994, 43 (Suppl1), pp.28s-29s</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00889117v1</w:t>
+                <w:t xml:space="preserve">hal-00889094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la proportion de concentré dans la ration sur le profil ruminal des AGV</w:t>
+                <w:t xml:space="preserve">Influence de la ration sur le taux azote du pool microbien ruminal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.S. Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 43 (Suppl1), pp.28s-29s</w:t>
+              <w:t xml:space="preserve">, 1994, 43 (3), pp.258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00889094v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02715422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (94)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8700,610 +8700,610 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objet, concepts, outils et méthode de l’agronomie, de la zootechnie et de la géographie : qu’est-ce qui est nouveau ?</w:t>
+                <w:t xml:space="preserve">Reconciling sustainability and sovereignty? There is no relationship between nutritional quality, environmental impact and food sovereignty in the French dietary pattern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gasselin</w:t>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Rizzo</w:t>
+                <w:t xml:space="preserve">Dorra Ben Aissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Études Rurales 2025 ; 13. Entretiens agronomiques Olivier de Serres</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Congress of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05102822v1</w:t>
+                <w:t xml:space="preserve">hal-05294699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends and prospects for livestock farming in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’agriculture de régénération, un modèle consensuel pour les transitions agricoles et alimentaires dans le Ternois-7 Vallées ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Hugonnet</w:t>
+                <w:t xml:space="preserve">Gaël Bohnert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Chatellier</w:t>
+                <w:t xml:space="preserve">Irène Mestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Stankowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Brunelle Fauquembergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication dans le cadre du lancement par le Ministère de l’Agriculture et de la Souveraineté Alimentaire (MASA) des Assises du Sanitaire.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de l’Agriculture et de la Souveraineté Alimentaire (MASA), Jan 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque CAMAA Circulations et appropriations des modèles agri-alimentaires : quelles prises pour les acteurs territoriaux ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ségolène Darly; Renaud Metereau; Magali Hulot; Frédéric Landy; Héloïse Rato; Morgane Retière; Manon Tassel, Jun 2025, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05430678v1</w:t>
+                <w:t xml:space="preserve">hal-05149896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconciling sustainability and sovereignty? There is no relationship between nutritional quality, environmental impact and food sovereignty in the French dietary pattern</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dorra Ben Aissa</w:t>
+                <w:t xml:space="preserve">Trends and prospects for livestock farming in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noel Depeyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Couturier</w:t>
+                <w:t xml:space="preserve">Mickael Hugonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Communication dans le cadre du lancement par le Ministère de l’Agriculture et de la Souveraineté Alimentaire (MASA) des Assises du Sanitaire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de l’Agriculture et de la Souveraineté Alimentaire (MASA), Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05294699v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’agriculture de régénération, un modèle consensuel pour les transitions agricoles et alimentaires dans le Ternois-7 Vallées ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of agrifood stakeholders in the development of crop-livestock interactions at territory level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irène Mestre</w:t>
+                <w:t xml:space="preserve">Louise Perrisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Stankowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Stankowiak</w:t>
+                <w:t xml:space="preserve">Lorène Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Brunelle Fauquembergue</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solène Pissonnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque CAMAA Circulations et appropriations des modèles agri-alimentaires : quelles prises pour les acteurs territoriaux ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ségolène Darly; Renaud Metereau; Magali Hulot; Frédéric Landy; Héloïse Rato; Morgane Retière; Manon Tassel, Jun 2025, Nanterre, France</w:t>
+              <w:t xml:space="preserve">8th International Farming System Design Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05149896v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of agrifood stakeholders in the development of crop-livestock interactions at territory level</w:t>
+                <w:t xml:space="preserve">Objet, concepts, outils et méthode de l’agronomie, de la zootechnie et de la géographie : qu’est-ce qui est nouveau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Perrisseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Stankowiak</w:t>
+                <w:t xml:space="preserve">Pierre Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorène Prost</w:t>
+                <w:t xml:space="preserve">Davide Rizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Solène Pissonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Farming System Design Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées d’Études Rurales 2025 ; 13. Entretiens agronomiques Olivier de Serres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Agronomie (AFA); Commission de Géographie Rurale (CGR-CNFG); Association française de zootechnie; Cermosem (Université Grenoble Alpes); EPLEFPA Olivier de Serres; INRAE, Jun 2025, Mirabel, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.15615240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05339171v1</w:t>
+                <w:t xml:space="preserve">hal-05102822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité des exploitations agricoles d'élevage ayant accueilli une installation entre 2010 et 2020. Analyse à partit du Recensement Agricole 2020</w:t>
               </w:r>
@@ -9548,64 +9548,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résilience de systèmes agricoles et alimentaires en Grand Est : une analyse par processus participatif et approches métaboliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Teillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9829,51 +9829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fleuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ruault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European IFSA symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Evora, Portugal. 12p</w:t>
@@ -9928,51 +9928,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’élevage de précision, une source d’innovations et d’évolution des métiers dans les filières animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). FRA., Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9991,221 +9991,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Devenirs de la production laitière dans les territoires. Cas du parc naturel régional de Chartreuse</w:t>
+                <w:t xml:space="preserve">Effects on territories of ending milk quotas. Exploratory findings from two contrasting case studies: the Niort Plain and the Chartreuse Massif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème colloque international du CIST – En quête de territoire(s) ? Looking for territories?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Grenoble, France. pp.6</w:t>
+              <w:t xml:space="preserve">12th European IFSA Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Newport, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603405v1</w:t>
+                <w:t xml:space="preserve">hal-02608312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects on territories of ending milk quotas. Exploratory findings from two contrasting case studies: the Niort Plain and the Chartreuse Massif</w:t>
+                <w:t xml:space="preserve">Devenirs de la production laitière dans les territoires. Cas du parc naturel régional de Chartreuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European IFSA Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Newport, United Kingdom</w:t>
+              <w:t xml:space="preserve">3ème colloque international du CIST – En quête de territoire(s) ? Looking for territories?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Grenoble, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02608312v1</w:t>
+                <w:t xml:space="preserve">hal-02603405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenirs de la production laitière dans les territoires. Cas du parc naturel régional de Chartreuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10368,77 +10368,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OVALI : un outil pratique d'évaluation de la durabilité des filières avicoles 2 – Utilisation pour la conception de nouveaux systèmes de production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Protino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10487,410 +10487,406 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01198263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A meta-analysis on the potential utilization of millet, sorghum and cottonseed meal in broiler feeding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+                <w:t xml:space="preserve">OVALI: A practical tool to assess sustainability in different broiler production systems and to propose innovative solutions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Protino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Dusart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Murtala Umar-Faruk</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European Poultry conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Stavanger, Norway</w:t>
+              <w:t xml:space="preserve">Biomin World Nutrition Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Munich, Germany. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189985v1</w:t>
+                <w:t xml:space="preserve">hal-01198286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OVALI: A practical tool to assess sustainability in different broiler production systems and to propose innovative solutions.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Méda</w:t>
+                <w:t xml:space="preserve">A meta-analysis on the potential utilization of millet, sorghum and cottonseed meal in broiler feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolores Batonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. M. Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtala Umar-Faruk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomin World Nutrition Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Munich, Germany. pp.12</w:t>
+              <w:t xml:space="preserve">14. European Poultry conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Stavanger, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01198286v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversification des matières premières en alimentation séquentielle chez la poule pondeuse</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">INAVI: a practical tool to study the influence of nutritional and environmental factors on broiler performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Méda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Modelling in Pig and Poultry Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Jaboticabal, Brazil. 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01546432v1</w:t>
+                <w:t xml:space="preserve">hal-01019126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du type de source lumineuse sur les divers paramètres électriques, le comportement et les performances des poulets de chair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10949,1028 +10945,1032 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA). Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02749325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INAVI: a practical tool to study the influence of nutritional and environmental factors on broiler performances</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">La filière oeuf au Sud-Bénin : organisation, contraintes et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolores Batonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chrysostome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Houndonougbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duteurtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Modelling in Pig and Poultry Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Jaboticabal, Brazil. 30 p</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019126v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La filière oeuf au Sud-Bénin : organisation, contraintes et perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dolores Batonon</w:t>
+                <w:t xml:space="preserve">Modélisation de la croissance du poulet de chair : Etablissement d’équations de référence pour estimer la composition corporelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Méda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Hauschild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Chrysostome</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nilva Kazue Sakomura</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicoles et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608837v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison entre une méthode de bilan digestif classique et une méthode avec marqueur chez le poulet standard : effet sur la digestibilité des nutriments des aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fournis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la croissance du poulet de chair : Etablissement d’équations de référence pour estimer la composition corporelle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Méda</w:t>
+                <w:t xml:space="preserve">Digestibilities of broilers fed 18 different diets at 3 ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Hauschild</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+                <w:t xml:space="preserve">M. Vilariño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nilva Kazue Sakomura</w:t>
+                <w:t xml:space="preserve">Y. Fournis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicoles et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">19th European Symposium on Poultry Nutrition (ESPN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World's Poultry Science Association (WPSA). INT., Aug 2013, Postdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594382v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestibilities of broilers fed 18 different diets at 3 ages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+                <w:t xml:space="preserve">Réduire la néophobie des dindes au moment des transitions alimentaires en prenant en compte les caractéristiques visuelles et tactiles des aliments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bastianelli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandy Rouchouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th European Symposium on Poultry Nutrition (ESPN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, World's Poultry Science Association (WPSA). INT., Aug 2013, Postdam, Germany</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746232v1</w:t>
+                <w:t xml:space="preserve">hal-01595090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduire la néophobie des dindes au moment des transitions alimentaires en prenant en compte les caractéristiques visuelles et tactiles des aliments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandy Rouchouse</w:t>
+                <w:t xml:space="preserve">Dynamics of the Egg Supply Chain in the Southern Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolores Batonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Houndonougbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chrysostome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duteurtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">International congress on advancment in poulrty production in the Middle East and African States</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595090v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From sheep to broilers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Tourrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International congress on advancment in poulrty production in the Middle East and African States</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01544630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the Egg Supply Chain in the Southern Benin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+                <w:t xml:space="preserve">Diversification des matières premières en alimentation séquentielle chez la poule pondeuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Traineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muslant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International congress on advancment in poulrty production in the Middle East and African States</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Antalya, Turkey</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA), FRA. Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608834v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment on nitrogen flows in livestock farming system in France. Main issues and options</w:t>
               </w:r>
@@ -12094,51 +12094,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse bayésienne de courbes de croissance de poulets par un modèle hiérarchique défini à partir d'une équation différentielle stochastique à processus d'erreur autocorrélée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Fontez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dolores Batonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12189,51 +12189,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical stochastic differential growth curve models for broiler chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dolores Batonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12278,4820 +12278,4820 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02810743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment se comportent des pintades label au moment d'un changement d'aliment?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brésil - l'agrobusiness dans le développement territorial du cluster de Rio Verde, Etat de Gioas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Quentin</w:t>
+                <w:t xml:space="preserve">Laura L. Duarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René R. Poccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François J.-F. Tourrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">Agriculture d'entreprise dans les amériques : formes, impacts et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Sciences Sociales (Toulouse 1). UTM - Dynamiques rurales et UT1, Toulouse Cedex, FRA., Feb 2011, Toulouse, France. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747936v1</w:t>
+                <w:t xml:space="preserve">hal-01001359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conservation de la couleur de l'aliment facilite la transition alimentaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modifications du comportement alimentaire de dindes en élevage au moment de transitions alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pastorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745537v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution de la variabilité du poids chez les groupes de porcs en croissance selon la variabilité initiale et la densité d’élevage</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
+                <w:t xml:space="preserve">Variabilité individuelle lors de changements alimentaires visuels et tactiles chez le dindon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744683v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brésil - l'agrobusiness dans le développement territorial du cluster de Rio Verde, Etat de Gioas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura L. Duarte</w:t>
+                <w:t xml:space="preserve">Évolution de la variabilité du poids chez les groupes de porcs en croissance selon la variabilité initiale et la densité d’élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dourmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François J.-F. Tourrand</w:t>
+                <w:t xml:space="preserve">Jean-Noel Gardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture d'entreprise dans les amériques : formes, impacts et enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université des Sciences Sociales (Toulouse 1). UTM - Dynamiques rurales et UT1, Toulouse Cedex, FRA., Feb 2011, Toulouse, France. 15 p</w:t>
+              <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001359v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications du comportement alimentaire de dindes en élevage au moment de transitions alimentaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Laviron</w:t>
+                <w:t xml:space="preserve">Articulation d'une filière avicole et d'un territoire : une méthodologie d'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. R. Poccard-Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hélène Pastorelli</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. C. Coutinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania T. Grawitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">, Mar 2011, Tours, France. 49 (texte intégral sur CD-Rom p 81-85)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749555v1</w:t>
+                <w:t xml:space="preserve">hal-01000194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité individuelle lors de changements alimentaires visuels et tactiles chez le dindon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La rigidité des granulés agit sur la consommation à court terme des dindonneaux au moment des transitions alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745512v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Articulation d'une filière avicole et d'un territoire : une méthodologie d'étude</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. C. Coutinho</w:t>
+                <w:t xml:space="preserve">Innover pour améliorer la durabilité des systèmes de productions avicoles. Programme de l'UMT BIRD 2006-2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania T. Grawitz</w:t>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verane Gigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2011, Tours, France. 49 (texte intégral sur CD-Rom p 81-85)</w:t>
+              <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000194v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La rigidité des granulés agit sur la consommation à court terme des dindonneaux au moment des transitions alimentaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">La conservation de la couleur de l'aliment facilite la transition alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749198v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innover pour améliorer la durabilité des systèmes de productions avicoles. Programme de l'UMT BIRD 2006-2010</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Comment se comportent des pintades label au moment d'un changement d'aliment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749114v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to link poultry industry and territory for a sustainable development?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Colour effects on diet change-over in turkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Lossouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. European IFSA (International Farming System Association) Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2010, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01198001v1</w:t>
+                <w:t xml:space="preserve">hal-02754315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the use of sorghum in the diets of pullet chicks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Use of whole millet (Pennisetum glaucum) and protein-mineral concentrate in poultry feeding is an efficient method in feed management in Nigeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">H. Muhammad Tukur</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Mohammed Tukur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756579v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POULTRY INDUSTRY AND THE SUSTAINABLE DEVELOPMENT OF TERRITORIES: WHAT LINKS? WHAT CONDITIONS?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bonaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassia Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Poccard-Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lossouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISDA 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National d'Etudes Supérieures Agronomiques de Montpellier (Montpellier SupAgro). Montpellier, FRA., Jun 2010, Montpellier, France. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00522800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of sequential feeding with wheat on behaviour, feed intake and feather condition in laying hens</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">QUESTIONING POULTRY INDUSTRY ABOUT SUSTAINABILITY AND BONDS TO TERRITORIES: A CASE STUDY IN FRANCE AND BRAZIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lossouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Poccard-Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Carlos Mior</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
+              <w:t xml:space="preserve">ISDA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National d'Etudes Supérieures Agronomiques de Montpellier (Montpellier SupAgro). Montpellier, FRA., Jun 2010, Montpellier, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751539v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00522035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception du risque sanitaire Influenza aviaire hautement pathogène H5N1 par les producteurs de poulets labels en France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Henri H. Seegers</w:t>
+                <w:t xml:space="preserve">The influence of sequential feeding with wheat on behaviour, feed intake and feather condition in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Stuhec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de l’Association pour l'Étude de l'Épidémiologie des Maladies Animales (AEEMA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Maisons-Alfort, France. pp.12</w:t>
+              <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02821277v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QUESTIONING POULTRY INDUSTRY ABOUT SUSTAINABILITY AND BONDS TO TERRITORIES: A CASE STUDY IN FRANCE AND BRAZIL</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perception du risque sanitaire Influenza aviaire hautement pathogène H5N1 par les producteurs de poulets labels en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Nzietchueng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Belloc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri H. Seegers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luis Carlos Mior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDA 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National d'Etudes Supérieures Agronomiques de Montpellier (Montpellier SupAgro). Montpellier, FRA., Jun 2010, Montpellier, France. 12 p</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de l’Association pour l'Étude de l'Épidémiologie des Maladies Animales (AEEMA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Maisons-Alfort, France. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00522035v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colour effects on diet change-over in turkeys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pellet hardness effects short-term intake during diet change-over in turkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Laviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754315v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of whole millet (Pennisetum glaucum) and protein-mineral concentrate in poultry feeding is an efficient method in feed management in Nigeria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Performance of laying hens fed millet based diets with different energy levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Garba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jibir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">H. Mohammed Tukur</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Muhammad Tukur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751214v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pellet hardness effects short-term intake during diet change-over in turkeys</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+                <w:t xml:space="preserve">Highly pathogenic avian influenza H5N1 risk perception by &amp;quot;label&amp;quot; chicken producers in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nzietchueng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Belloc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri H. Seegers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755819v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly pathogenic avian influenza H5N1 risk perception by &amp;quot;label&amp;quot; chicken producers in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How poultry chains and territories interact towards shared sustainability ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nzietchueng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Henri H. Seegers</w:t>
+                <w:t xml:space="preserve">Claire Cerdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Carlos Mior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Coutinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
+              <w:t xml:space="preserve">, Aug 2010, Tours, France. 968 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751090v1</w:t>
+                <w:t xml:space="preserve">hal-01189507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of laying hens fed millet based diets with different energy levels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the use of sorghum in the diets of pullet chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Usman Babba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Muhammad Tukur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752121v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How poultry chains and territories interact towards shared sustainability ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId383" w:history="1">
+                <w:t xml:space="preserve">How to link poultry industry and territory for a sustainable development?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bonaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiz Carlos Mior</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+                <w:t xml:space="preserve">Luis Mior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Coutinho</w:t>
+                <w:t xml:space="preserve">Pierre Bommel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lossouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Tours, France. 968 p</w:t>
+              <w:t xml:space="preserve">9. European IFSA (International Farming System Association) Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2010, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01189507v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01198001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets du mode de distribution et de la présentation de l'aliment sur les performances du poulet de chair à croissance rapide</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+                <w:t xml:space="preserve">Influence of selenium source and level on laying hens performances, egg and tissue Se contents and oxidative status under high ambient temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Travel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michael Quentin</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Schlegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">17.European Symposium on Poultry Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757742v1</w:t>
+                <w:t xml:space="preserve">hal-02752863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les filières avicoles au Brésil : comparaison de deux bassins de production</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Prudencio da Silva</w:t>
+                <w:t xml:space="preserve">Utilisation de nouvelles matières premières en alimentation séquentielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vilariño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755985v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réaction à court terme de poules pondeuses à un mélange de blé et d'aliments de granulométrie différente</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Incorporation de blé entier dans l'alimentation de poules pondeuses selon différentes modalités d'apport 2- en conditions proches de la pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Meme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754653v1</w:t>
+                <w:t xml:space="preserve">hal-02753873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporation de blé entier dans l'alimentation de poules pondeuses selon différentes modalités d'apport 2- en conditions proches de la pratique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Réaction à court terme de poules pondeuses à un mélange de blé et d'aliments de granulométrie différente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dezat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Roddifal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753873v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment étudier le comportement alimentaire de dindonneaux au moment des transitions alimentaires ?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The impact of sequential feeding on feed intake and egg production performance in laying hen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Couty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.M. Tukur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Weissmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">17.European Symposium on Poultry Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757019v1</w:t>
+                <w:t xml:space="preserve">hal-02751500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of sequential feeding on feed intake and egg production performance in laying hen</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment étudier le comportement alimentaire de dindonneaux au moment des transitions alimentaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17.European Symposium on Poultry Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751500v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporation de blé entier dans l'alimentation de poules pondeuses selon différentes modalités d'apport 2- en conditions non contraignantes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+                <w:t xml:space="preserve">Phosphorus utilisation in broilers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Letourneau-Montminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jondreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">17.European Symposium on Poultry Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756946v1</w:t>
+                <w:t xml:space="preserve">hal-01173481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of selenium source and level on laying hens performances, egg and tissue Se contents and oxidative status under high ambient temperature</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">The fate of dietary phosphorus in the digestive tract of growing pigs and broilers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Schlegel</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17.European Symposium on Poultry Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">Animal Modelling Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752863v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de nouvelles matières premières en alimentation séquentielle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Incorporation de blé entier dans l'alimentation de poules pondeuses selon différentes modalités d'apport 2- en conditions non contraignantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Meme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757074v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fate of dietary phosphorus in the digestive tract of growing pigs and broilers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.F. Bernier</w:t>
+                <w:t xml:space="preserve">AviSim : un outil d'aide à la discussion autour des processus de formulation des aliments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Louati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Skouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Modelling Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173506v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus utilisation in broilers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Jondreville</w:t>
+                <w:t xml:space="preserve">The influence of sequential feeding with wheat on laying hens' feeding and pecking behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Werner Bessei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17.European Symposium on Poultry Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">8. European Symposium on Poultry Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173481v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate of dietary phosphorus in the digestive tract of growing pigs and broilers a mathematical model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Magnin</w:t>
+                <w:t xml:space="preserve">Caractérisation visuelle des aliments destinés aux volailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hachemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Loménie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7.International Workshop : Modelling Nutrient Digestion and Utilization in farm animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173523v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AviSim : un outil d'aide à la discussion autour des processus de formulation des aliments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Lessire</w:t>
+                <w:t xml:space="preserve">Fate of dietary phosphorus in the digestive tract of growing pigs and broilers a mathematical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">7.International Workshop : Modelling Nutrient Digestion and Utilization in farm animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756201v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of sequential feeding with wheat on laying hens' feeding and pecking behaviour</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Werner Bessei</w:t>
+                <w:t xml:space="preserve">Les poulets à croissance lente valorisent bien une distribution alimentaire par repas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European Symposium on Poultry Welfare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753158v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation visuelle des aliments destinés aux volailles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Hachemi</w:t>
+                <w:t xml:space="preserve">Les filières avicoles au Brésil : comparaison de deux bassins de production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassia Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Loménie</w:t>
+                <w:t xml:space="preserve">V. Prudencio da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Vincent</w:t>
+                <w:t xml:space="preserve">L. Duarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753910v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les poulets à croissance lente valorisent bien une distribution alimentaire par repas</w:t>
+                <w:t xml:space="preserve">Effets du mode de distribution et de la présentation de l'aliment sur les performances du poulet de chair à croissance rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Guillaumin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756822v1</w:t>
+                <w:t xml:space="preserve">hal-02757742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling digestion and metabolism in the pig: an alternative to animal experimentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
+                <w:t xml:space="preserve">Alimentation séquentielle et régulation à court terme du métabolisme du glycogène chez le poulet : impact sur la qualité de la viande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Metayer-Coustard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Mameri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance thématique de l'Académie Vétérinaire de France : l'expérimentation animale en 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">7. Journées Francophones de Nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02813671v1</w:t>
+                <w:t xml:space="preserve">hal-02751463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation séquentielle et régulation à court terme du métabolisme du glycogène chez le poulet : impact sur la qualité de la viande</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Joubert</w:t>
+                <w:t xml:space="preserve">Modelling digestion and metabolism in the pig: an alternative to animal experimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées Francophones de Nutrition (JFN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Brest, France</w:t>
+              <w:t xml:space="preserve">Séance thématique de l'Académie Vétérinaire de France : l'expérimentation animale en 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751463v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation générique de l'intestin grêle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasissatou Ingrid Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Barles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Georgelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean René Licois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaap J. van Milgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Restitution des projets financés sur Crédits Incitatifs en 2006 et 2007 - Département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Tours, France</w:t>
@@ -17120,90 +17120,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loose-mix sequential feeding of mash diet with whole wheat : effect on feed intake in laying hens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murtala Umar Faruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dezat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17254,90 +17254,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réaction à court terme des dindonneaux face à des aliments de caractéristiques physiques différentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
@@ -17392,51 +17392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Llorca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17468,1274 +17468,1274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle approche du comportement alimentaire des volailles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Alimentation séquentielle et maîtrise de l'ingestion chez le poulet de chair. Effets des teneurs énergétiques et protéiques des aliments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vilariño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Juin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationale des Professionnels de la Pintade</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Angers, France. 4 p</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02822792v1</w:t>
+                <w:t xml:space="preserve">hal-02753562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remplacement du sulfate de zinc par la 3-phytase microbienne d'Aspergillus niger dans les aliments pour poulets de chair</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Magnin</w:t>
+                <w:t xml:space="preserve">Nouvelle approche du comportement alimentaire des volailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hachemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">Journée Nationale des Professionnels de la Pintade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Angers, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757564v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02822792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation séquentielle chez le poulet : implication des processus d'apprentissage alimentaire</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ferreira</w:t>
+                <w:t xml:space="preserve">Remplacement du sulfate de zinc par la 3-phytase microbienne d'Aspergillus niger dans les aliments pour poulets de chair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieter Feuerstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.M. Chagneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paul Constantin</w:t>
+                <w:t xml:space="preserve">Bernd Gruenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées d'Animation Scientifique du Département Physiologie Animale et Système d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Inconnu, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815529v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des composés azotés des fumiers de volaille de chair par spectrométrie dans le proche infra-rouge (SPIR). Application à l'étude de la variabilité intra- et inter- élevage</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Alimentation séquentielle chez le poulet : implication des processus d'apprentissage alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Hervouet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A.M. Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">2. Journées d'Animation Scientifique du Département Physiologie Animale et Système d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Inconnu, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755009v1</w:t>
+                <w:t xml:space="preserve">hal-02815529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation séquentielle et maîtrise de l'ingestion chez le poulet de chair. Effets des teneurs énergétiques et protéiques des aliments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Analyse des composés azotés des fumiers de volaille de chair par spectrométrie dans le proche infra-rouge (SPIR). Application à l'étude de la variabilité intra- et inter- élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve H. Juin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Hervouet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753562v1</w:t>
+                <w:t xml:space="preserve">hal-02755009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of mineral status and calcium (Ca) concentration on phosphorus (P) and Ca utilization in piglets</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sequential feeding with diets varying in protein and energy contents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tesseraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2007 Joint Annual Meeting ADSA-PSA-AMPA -ASAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, San Antonio, United States</w:t>
+              <w:t xml:space="preserve">16. European Symposium on Poultry Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Strasbourg, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173422v1</w:t>
+                <w:t xml:space="preserve">hal-02813276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential feeding with diets varying in protein and energy contents</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+                <w:t xml:space="preserve">Le programme &amp;quot;AviTer&amp;quot;. Etude des impacts des filières avicoles sur le développement durable des bassins de production et des territoires en France et au Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Guemene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. European Symposium on Poultry Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Strasbourg, France. n.p</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02813276v1</w:t>
+                <w:t xml:space="preserve">hal-02755008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le programme &amp;quot;AviTer&amp;quot;. Etude des impacts des filières avicoles sur le développement durable des bassins de production et des territoires en France et au Brésil</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of mineral status and calcium (Ca) concentration on phosphorus (P) and Ca utilization in piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jondreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">2007 Joint Annual Meeting ADSA-PSA-AMPA -ASAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, San Antonio, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755008v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactions of Ross chickens to sequential feeding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Simulation de l'utilisation des matières premières végétales dans les filières avicoles : une approche par modélisation multi-agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athmane Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Herve H. Juin</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Pinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. European Symposium on Poultry Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753640v1</w:t>
+                <w:t xml:space="preserve">hal-02754898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de l'utilisation des matières premières végétales dans les filières avicoles : une approche par modélisation multi-agents</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Reactions of Ross chickens to sequential feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Lessire</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vilariño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">16. European Symposium on Poultry Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754898v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réactions du poulet Ross à l'alimentation séquentielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vilariño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18777,103 +18777,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meta-analysis of phosphorus utilisation by broilers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jondreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. European Symposium on Poultry Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Strasbourg, France</w:t>
@@ -18915,51 +18915,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du métabolisme phosphocalcique chez le porc charcutier : devenir du phosphore ingéré dans les contenus digestifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Létourneau Montminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19148,77 +19148,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of vegetal raw materials utilization in poultry production chains : a multi-agent modelling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19295,51 +19295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. European Symposium on Poultry Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Balatonfüred, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19606,77 +19606,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.S. Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journees des recherches sur l'alimentation et la nutrition des herbivores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1993, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19753,51 +19753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1994, Clermont-Theix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20017,90 +20017,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner les transitions agricoles et alimentaires dans le Ternois 7 Vallées (62) : coopération entre géographe et agronome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Perrisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Bohnert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Stankowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Etudes Rurales 2025 - Entretiens agronomiques Olivier de Serres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Mirabel (Ardèche), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20125,51 +20125,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'agriculture française ne permet pas en l'état actuel de produire des régimes suffisamment durables pour la santé et l’environnement : une analyse des conflits entre souveraineté et durabilité alimentaire par optimisation multicritères des régimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20177,51 +20177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Bolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Perraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ben Aissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Lyon, France</w:t>
@@ -20250,90 +20250,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des relations entre les dimensions nutritionnelle, environnementale et de souveraineté alimentaire de l’offre alimentaire française.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ben Aissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20388,90 +20388,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La méthanisation agricole dans l’Aube : quelles interactions avec les autres filières du territoire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Teillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Recherche Innovation Biogaz et Méthanisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20738,77 +20738,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing sustainability in chicken supply chains: OVALI, a methodology shared by stakeholders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Protino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20863,90 +20863,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OVALI : un outil pratique d'évaluation de la durabilité des filières avicoles 1 - Evaluer l'existant pour identifier des marges de progrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Protino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Magdelaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Ponchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21096,90 +21096,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses of laying hens to diets unbalalnced in energy and protein offered in sequential feeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Traineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dolores Batonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mulsant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th European Symposium on Poultry Nutrition (ESPN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Postdam, Germany. 2013, Proceedings 19th European Symposium on Poultry Nutrition</w:t>
@@ -21202,346 +21202,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of different lighting sources on broiler behaviour, performance and electrical parameters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+                <w:t xml:space="preserve">Use of sequential feeding to improve welfare in poultry during and after the Welfare Quality® program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Traineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dusanka Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lescoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. European Symposium on Poultry Welfare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Uppsala, Sweden. World's Poultry Science Journal, 2013, 9th European Symposium on Poultry Welfare</w:t>
+              <w:t xml:space="preserve">Welfare Quality Network Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Lille, France. 1 p., 2013, Welfare Quality Network Workshop</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746037v1</w:t>
+                <w:t xml:space="preserve">hal-01831451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of sequential feeding to improve welfare in poultry during and after the Welfare Quality® program</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paul Constantin</w:t>
+                <w:t xml:space="preserve">Impact of different lighting sources on broiler behaviour, performance and electrical parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Welfare Quality Network Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Lille, France. 1 p., 2013, Welfare Quality Network Workshop</w:t>
+              <w:t xml:space="preserve">9. European Symposium on Poultry Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Uppsala, Sweden. World's Poultry Science Journal, 2013, 9th European Symposium on Poultry Welfare</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01831451v1</w:t>
+                <w:t xml:space="preserve">hal-02746037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des variations alimentaires sur le statut métabolique et la qualité de la viande de poulet : Recherches des mécanismes d’adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Metayer-Coustard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId463" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Mameri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Omezzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21723,103 +21723,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INAVI: a practical tool to study the influence of nutritional and environmental factors on broiler performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutritional Modelling for Pigs and Poultry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
@@ -21866,64 +21866,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hen nutrition for sustained egg quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21961,103 +21961,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fate of dietary phosphorus in the digestive tract of growing pigs and broilers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Letourneau-Montminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling Nutrient Digestion and Utilization in farm animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Academic Publisher, 2011, 978-90-8686-156-9</w:t>
@@ -22144,77 +22144,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -22262,229 +22262,229 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revue des pratiques d’agriculture de régénération</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId306" w:history="1">
+                <w:t xml:space="preserve">Revue de l’agriculture de régénération pour les filières et les acteurs privés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Brunelle Fauquembergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Stankowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chaire Transitions Agricoles et Alimentaires. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567522v1</w:t>
+                <w:t xml:space="preserve">hal-04567508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revue de l’agriculture de régénération pour les filières et les acteurs privés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId306" w:history="1">
+                <w:t xml:space="preserve">Revue des pratiques d’agriculture de régénération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Brunelle Fauquembergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Stankowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lescoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chaire Transitions Agricoles et Alimentaires. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567508v1</w:t>
+                <w:t xml:space="preserve">hal-04567522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport final du projet Boat : biomasses d’origine agricole à l’échelle de territoires. Quelles formes de gestion et valorisation : entre cloisonnement, concurrence ou intégration ?</w:t>
               </w:r>
@@ -22496,64 +22496,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23099,51 +23099,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308573v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Aubron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Depeyrot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lescoat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2025.1624405" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225618v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darlena Caroline da Cruz Correa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Poccard-Chapuis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bochu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/past.2025.14461" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05384974v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.3.7527" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664277v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruizhen Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Puillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Pinsard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104048" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557647v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Theodoro Rezende" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ara&#250;jo Nacimento" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sher Ali" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Roberto Dias Rodrigues" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Lib&#243;rio Romanelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171045" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03922653v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Lecomte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Chouteau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221013v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;lie Borghino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Nitschelm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fleuet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112288" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03123584v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dusart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Protino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13031329" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03263050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marty" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Dermine-Brullot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madelrieux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2021.1889475" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02932981v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Wiktor Gabriel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2020.106765" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03234782v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin V. Verret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Emonet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Claquin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rougier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Sagot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/fjkk-6d10" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622589v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Havet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perrin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Remy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014947v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buclet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moraine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2017014" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503462v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2017013" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685942v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cernay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513850748029309E12" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652934v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilari&#241;o" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul M&#233;tayer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mahaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouvarel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622755719189011E12" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831452v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolores Batonon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert. M. Weber" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Umar Faruk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731116000033" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639910v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dezat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Chevalier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01587198v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Traineau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouvarel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mulsant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roffidal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Launay" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114002092" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198303v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtala Umar-Faruk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115000282" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198244v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beline" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000272" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757830v3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Barles" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Georgelin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Licois" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2014.09.011" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198248v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Alary" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferial Hassan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Daoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Aboul Naga" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona A. Osman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.worlddev.2014.05.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5MH7GT4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198209v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Traineau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1399/eps.2014.37" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600720v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Peyraud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cellier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aarts" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000314" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Pottiez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Magdelaine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Seguin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Conan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/fez9-w471" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646966v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Drapier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marteau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Chagneau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594169v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barles" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Licois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/msia.7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594283v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2012-02871" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555287v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2011.10.024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000188v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. M.P. L&#233;tourneau-Montminy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Magnin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. J. Bernier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3397" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129607v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lecuelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laviron" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2011.08.007" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26TG2DB8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643197v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtala Umar Faruk" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mallet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ali" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Tukur" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110001837" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129471v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2010-00882" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660930v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Meme" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Rideau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2009-00360" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652139v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Faruk Murtala" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M&#234;me" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roffidal Lucien" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tukur Hussaini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2010.532772" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667258v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Panheleux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136276v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusanka Jordan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stuhec" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2010.08.003" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHF9GSZH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173568v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Bernier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magnin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110001060" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129456v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2010.04.009" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXD28PQ7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173483v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferreira" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.01.008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-97Q51CG8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173480v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071660802471446" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662217v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vall&#233;e" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Constantin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002875" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657765v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2007-00205" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664537v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002954" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653539v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap J. van Milgen" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653890v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quentin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Relandeau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107685073" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173432v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jondreville" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Meschy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pomar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2007.01.064" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMV1VML3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657512v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jondreville" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Magnin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Feuerstein" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gruenberg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000328" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663176v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perrot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657727v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bessonneau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouchot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Picard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.4.808" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654935v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Aubert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Marichal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665420v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marichal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657224v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lamy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.5.923" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682472v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02179796v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouillet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaudichon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariotti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mah&#233;" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.2000.279.1.E161" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889795v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine F. Valentin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michael Forbes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687454v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Valentin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Forbes" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900047v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Danf&#230;r" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686090v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danfaer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889621v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691602v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899828v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899733v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702874v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889329v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715422v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Munoz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poncet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888997v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ls Munoz" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Yang" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Poncet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889117v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Morand-Fehr" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ben Ayed" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hervieu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889094v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05102822v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15615240" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05430678v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hugonnet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatellier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05294699v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ben Aissa" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Couturier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149896v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Bohnert" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mestre" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Stankowiak" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Brunelle Fauquembergue" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339171v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Perrisseau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Pissonnier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705512v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Depeyrot" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181938v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lenoir" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569321v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Teillet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Roux" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04421743v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728101v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Madelrieux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790132v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603405v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Madelrieux" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608312v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353625v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604925v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. J. Tourrand" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dobremez" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dedieu" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duteurtre" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. M.G. Piketty" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198263v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189985v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Weber" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198286v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546432v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muslant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launay" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Roffidal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749325v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019126v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608837v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chrysostome" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houndonougbo" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546431v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Metayer" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fournis" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594382v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Hauschild" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilva Kazue Sakomura" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746232v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastianelli" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilari&#241;o" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fournis" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595090v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Rouchouse" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544630v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Alary" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tourrand" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608834v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190254v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rechauch&#232;re" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Aarts" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190283v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fontez" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Campillo" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810743v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fontez Nguyen The" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747936v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Quentin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745537v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744683v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Gardeur" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001359v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L. Duarte" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; R. Poccard" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.-F. Tourrand" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749555v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pastorelli" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745512v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000194v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. R. Poccard-Chapuis" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Coutinho" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania T. Grawitz" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749198v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749114v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verane Gigaud" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198001v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Mior" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lossouarn" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756579v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Usman Babba" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Muhammad Tukur" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522800v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Coutinho" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751539v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jordan" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821277v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nzietchueng" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri H. Seegers" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522035v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Carlos Mior" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754315v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751214v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mohammed Tukur" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755819v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751090v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nzietchueng" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752121v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garba" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jibir" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189507v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cerdan" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Carlos Mior" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coutinho" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757742v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Guillaumin" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755985v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Prudencio da Silva" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duarte" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754653v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Roddifal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753873v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757019v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751500v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Couty" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Weissmann" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756946v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752863v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Travel" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bedos" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schlegel" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757074v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173506v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173481v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173523v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756201v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gard" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Louati" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Skouri" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753158v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Bessei" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753910v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hachemi" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lom&#233;nie" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vincent" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756822v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillaumin" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813671v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751463v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Metayer-Coustard" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joubert" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173373v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasissatou Ingrid Traore" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Licois" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752903v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754901v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamy" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751246v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Llorca" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822792v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757564v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magnin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Feuerstein" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Gruenberg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815529v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Chagneau" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755009v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hervouet" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753562v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173422v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813276v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755008v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Guemene" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753640v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754898v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athmane Hamel" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Pinson" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755847v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173424v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756234v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre L&#233;tourneau Montminy" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Meschy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candido Pomar" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758415v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bressac" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevrier" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brillard" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754905v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamel" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pinson" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763402v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Huyghebaert" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lippens" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766882v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morand-Fehr" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Ayed" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hervieu" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769651v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845565v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775673v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198252v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3898-reduire-les-pertes-d-azote-dans-l-elevage.html" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153531v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496050v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Bolo" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Perraud" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832167v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569368v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196951v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darlena Caroline da Cruz Corr&#234;a" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886472v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367302v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Magdelaine" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198264v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ponchant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601634v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3910" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745401v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746037v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831451v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756384v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Omezzine" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837380v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198285v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cabebooks/ebook/20143422838" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781780644110.0106" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811470v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173540v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03369541v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gabriel" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567522v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567508v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277158v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198315v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146108v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02811813v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308573v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Aubron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Depeyrot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lescoat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2025.1624405" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225618v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darlena Caroline da Cruz Correa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Poccard-Chapuis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bochu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/past.2025.14461" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05384974v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.3.7527" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664277v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruizhen Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Puillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Pinsard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104048" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557647v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Theodoro Rezende" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ara&#250;jo Nacimento" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sher Ali" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Roberto Dias Rodrigues" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Lib&#243;rio Romanelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171045" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03922653v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Lecomte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Chouteau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221013v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;lie Borghino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Nitschelm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fleuet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112288" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03263050v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marty" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Dermine-Brullot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madelrieux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2021.1889475" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03123584v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dusart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Protino" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13031329" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02932981v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Wiktor Gabriel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2020.106765" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03234782v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin V. Verret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Emonet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Claquin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rougier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Sagot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/fjkk-6d10" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622589v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Havet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perrin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Remy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503462v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buclet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moraine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2017013" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685942v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cernay" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513850748029309E12" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014947v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2017014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831452v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolores Batonon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert. M. Weber" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Umar Faruk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731116000033" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652934v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilari&#241;o" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul M&#233;tayer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mahaut" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouvarel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622755719189011E12" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639910v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dezat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Chevalier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198303v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtala Umar-Faruk" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115000282" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01587198v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Traineau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouvarel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mulsant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roffidal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Launay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114002092" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757830v3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Barles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Georgelin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Licois" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2014.09.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198244v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beline" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000272" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198248v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Alary" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferial Hassan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Daoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Aboul Naga" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona A. Osman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.worlddev.2014.05.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5MH7GT4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198209v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Traineau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1399/eps.2014.37" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600720v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Peyraud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cellier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aarts" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000314" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Pottiez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Magdelaine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Seguin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Conan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/fez9-w471" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646966v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Drapier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marteau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Chagneau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594169v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barles" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Licois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/msia.7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594283v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2012-02871" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555287v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2011.10.024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643197v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtala Umar Faruk" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mallet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ali" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Tukur" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110001837" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129471v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lecuelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laviron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2010-00882" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129607v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2011.08.007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26TG2DB8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000188v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. M.P. L&#233;tourneau-Montminy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Magnin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. J. Bernier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3397" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173568v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Bernier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magnin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110001060" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660930v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Meme" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Rideau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2009-00360" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652139v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Faruk Murtala" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M&#234;me" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roffidal Lucien" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tukur Hussaini" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2010.532772" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136276v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusanka Jordan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stuhec" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2010.08.003" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHF9GSZH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667258v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Panheleux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129456v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2010.04.009" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXD28PQ7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173483v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferreira" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.01.008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-97Q51CG8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662217v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vall&#233;e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Constantin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002875" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657765v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2007-00205" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664537v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002954" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653539v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap J. van Milgen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173480v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071660802471446" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173432v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jondreville" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Meschy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pomar" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2007.01.064" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMV1VML3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657512v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jondreville" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Magnin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Feuerstein" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gruenberg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000328" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653890v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quentin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Relandeau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107685073" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657727v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bessonneau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouchot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Picard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.4.808" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654935v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Aubert" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Marichal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665420v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marichal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657224v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lamy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.5.923" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663176v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perrot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682472v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02179796v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouillet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaudichon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariotti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mah&#233;" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.2000.279.1.E161" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687454v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Valentin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Forbes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889795v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine F. Valentin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michael Forbes" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900047v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Danf&#230;r" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686090v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danfaer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691602v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889621v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899828v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899733v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702874v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889329v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888997v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ls Munoz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Yang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Poncet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889117v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Morand-Fehr" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ben Ayed" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hervieu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889094v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715422v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Munoz" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poncet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05294699v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ben Aissa" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Couturier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149896v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Bohnert" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mestre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Stankowiak" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Brunelle Fauquembergue" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05430678v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hugonnet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatellier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339171v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Perrisseau" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Pissonnier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05102822v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15615240" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705512v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Depeyrot" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181938v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lenoir" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569321v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Teillet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Roux" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04421743v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728101v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Madelrieux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790132v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608312v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Madelrieux" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603405v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353625v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604925v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. J. Tourrand" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dobremez" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dedieu" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duteurtre" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. M.G. Piketty" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198263v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198286v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189985v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Weber" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019126v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749325v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608837v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chrysostome" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houndonougbo" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594382v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Hauschild" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilva Kazue Sakomura" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546431v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Metayer" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fournis" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746232v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastianelli" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilari&#241;o" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fournis" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595090v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Rouchouse" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608834v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544630v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Alary" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tourrand" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546432v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muslant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launay" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Roffidal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190254v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rechauch&#232;re" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Aarts" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190283v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fontez" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Campillo" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810743v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fontez Nguyen The" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001359v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L. Duarte" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; R. Poccard" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.-F. Tourrand" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749555v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pastorelli" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745512v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744683v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Gardeur" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000194v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. R. Poccard-Chapuis" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Coutinho" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania T. Grawitz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749198v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749114v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verane Gigaud" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745537v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747936v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Quentin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754315v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751214v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mohammed Tukur" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522800v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Coutinho" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lossouarn" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522035v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Carlos Mior" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751539v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jordan" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821277v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nzietchueng" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri H. Seegers" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755819v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752121v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garba" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jibir" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Muhammad Tukur" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751090v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nzietchueng" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189507v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cerdan" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Carlos Mior" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coutinho" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756579v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Usman Babba" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198001v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Mior" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752863v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Travel" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bedos" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schlegel" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757074v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753873v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754653v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Roddifal" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751500v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Couty" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Weissmann" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757019v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173481v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173506v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756946v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756201v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gard" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Louati" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Skouri" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753158v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Bessei" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753910v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hachemi" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lom&#233;nie" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vincent" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173523v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756822v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillaumin" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755985v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Prudencio da Silva" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duarte" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757742v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Guillaumin" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751463v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Metayer-Coustard" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joubert" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813671v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173373v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasissatou Ingrid Traore" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Licois" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752903v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754901v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamy" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751246v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Llorca" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753562v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822792v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757564v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magnin" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Feuerstein" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Gruenberg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815529v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Chagneau" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755009v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hervouet" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813276v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755008v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Guemene" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173422v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754898v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athmane Hamel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Pinson" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753640v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755847v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173424v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756234v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre L&#233;tourneau Montminy" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Meschy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candido Pomar" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758415v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bressac" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevrier" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brillard" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754905v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamel" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pinson" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763402v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Huyghebaert" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lippens" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766882v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morand-Fehr" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Ayed" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hervieu" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769651v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845565v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775673v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198252v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3898-reduire-les-pertes-d-azote-dans-l-elevage.html" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153531v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496050v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Bolo" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Perraud" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832167v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569368v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196951v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darlena Caroline da Cruz Corr&#234;a" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886472v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367302v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Magdelaine" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198264v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ponchant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601634v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3910" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745401v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831451v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746037v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756384v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Omezzine" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837380v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198285v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cabebooks/ebook/20143422838" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781780644110.0106" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811470v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173540v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03369541v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gabriel" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567508v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567522v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277158v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198315v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146108v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02811813v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>