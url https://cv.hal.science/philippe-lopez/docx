--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,511 +100,511 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interspecific interactions and aging: Prediction of gerogenic bacteria and critical human protein targets of microbial infections</w:t>
+                <w:t xml:space="preserve">Transcriptional landscape of the cell cycle in a model thermoacidophilic archaeon reveals similarities to eukaryotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Miguel Gomez-Raya-Vilanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Teulière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Medvedeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yuping Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elphège Budzinski</w:t>
+                <w:t xml:space="preserve">Eduardo Corel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanisms of Ageing and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 226, pp.112076. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.5697. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mad.2025.112076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-60613-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347044v1</w:t>
+                <w:t xml:space="preserve">pasteur-05141107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional landscape of the cell cycle in a model thermoacidophilic archaeon reveals similarities to eukaryotes</w:t>
+                <w:t xml:space="preserve">New groups of highly divergent proteins in families as old as cellular life with important biological functions in the ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Gomez-Raya-Vilanova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Teulière</w:t>
+                <w:t xml:space="preserve">Duncan Sussfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Medvedeva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yuping Dai</w:t>
+                <w:t xml:space="preserve">Romain Lannes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Corel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Corel</w:t>
+                <w:t xml:space="preserve">Guillaume Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-60613-8⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40793-025-00697-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05141107v1</w:t>
+                <w:t xml:space="preserve">hal-05347054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New groups of highly divergent proteins in families as old as cellular life with important biological functions in the ocean</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Duncan Sussfeld</w:t>
+                <w:t xml:space="preserve">Interspecific interactions and aging: Prediction of gerogenic bacteria and critical human protein targets of microbial infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuping Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Lannes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Corel</w:t>
+                <w:t xml:space="preserve">Ni Boussaguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Teulière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bernard</w:t>
+                <w:t xml:space="preserve">Hugo Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Martin</w:t>
+                <w:t xml:space="preserve">Elphège Budzinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20, pp.65. </w:t>
+              <w:t xml:space="preserve">Mechanisms of Ageing and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 226, pp.112076. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40793-025-00697-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mad.2025.112076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05347054v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05347044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene expression and co-expression heterogeneity patterns and biodemography analyses during the cell cycle encourage aging studies in archaea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuping Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuping Dai</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Miguel Gomez-Raya-Vilanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Teulière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhammad Toucourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Corel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeroScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
@@ -776,77 +776,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactomics: dozens of viruses, co-evolving with humans, including the influenza A virus, may actively distort human ageing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Teulière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Martens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1148,77 +1148,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Network analyses unveil ageing-associated pathways evolutionarily conserved from fungi to animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Teulière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Corel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Joseph Lapointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1282,90 +1282,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aging at Evolutionary Crossroads: Longitudinal Gene Co-expression Network Analyses of Proximal and Ultimate Causes of Aging in Bats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Teulière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Corel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Joseph Lapointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1544,278 +1544,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03290801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hundreds of out-of-frame remodelled gene families in the E. coli pangenome</w:t>
+                <w:t xml:space="preserve">Retracing lineage history: time to emphasize genetic turn-over Authorship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew K Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bapteste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.msab329. </w:t>
+              <w:t xml:space="preserve">Trends in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msab329/6430988⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tim.2021.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451955v1</w:t>
+                <w:t xml:space="preserve">hal-03341509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retracing lineage history: time to emphasize genetic turn-over Authorship</w:t>
+                <w:t xml:space="preserve">Hundreds of out-of-frame remodelled gene families in the E. coli pangenome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew K Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bapteste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.msab329. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tim.2021.08.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msab329/6430988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341509v1</w:t>
+                <w:t xml:space="preserve">hal-03451955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rich Repertoire of Quorum Sensing Protein Coding Sequences in CPR and DPANN Associated with Interspecies and Interkingdom Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanyan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1888,51 +1888,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Ultrasmall Prokaryotes Likely Affect the Cycling of Carbon, Methane, Nitrogen, and Sulfur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Cavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2256,51 +2256,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon Fixation by Marine Ultrasmall Prokaryotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Olsson-Francis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2367,823 +2367,823 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological support and data quality can only be assessed through multiple tests in reviewing Blattodea phylogeny</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MultiTwin: A Software Suite to Analyze Evolution at Multiple Levels of Organization Using Multipartite Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo L Corel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jananan S Pathmanathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominic Evangelista</w:t>
+                <w:t xml:space="preserve">Andrew B. Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Thouzé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manpreet Kaur Kohli</w:t>
+                <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ympev.2018.05.007⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (10), pp.2777-2784. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evy209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02520951v1</w:t>
+                <w:t xml:space="preserve">hal-01990830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MultiTwin: A Software Suite to Analyze Evolution at Multiple Levels of Organization Using Multipartite Graphs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jananan S Pathmanathan</w:t>
+                <w:t xml:space="preserve">Topological support and data quality can only be assessed through multiple tests in reviewing Blattodea phylogeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Evangelista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Thouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew B. Watson</w:t>
+                <w:t xml:space="preserve">Manpreet Kaur Kohli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Karkar</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (10), pp.2777-2784. </w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 128, pp.112-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evy209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2018.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990830v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02520951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hundreds of novel composite genes and chimeric genes with bacterial origins contributed to haloarchaeal evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bipartite Network Analysis of Gene Sharings in the Microbial World</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Corel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Méheust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew K Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois-Joseph Lapointe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Thane Papke</w:t>
+                <w:t xml:space="preserve">James O Mcinerney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-018-1454-9⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35 (4), pp.899-913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msy001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01830047v1</w:t>
+                <w:t xml:space="preserve">hal-01798030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bipartite Network Analysis of Gene Sharings in the Microbial World</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hundreds of novel composite genes and chimeric genes with bacterial origins contributed to haloarchaeal evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Méheust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew K Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Joseph Lapointe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James O Mcinerney</w:t>
+                <w:t xml:space="preserve">R. Thane Papke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 35 (4), pp.899-913. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msy001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-018-1454-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01798030v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01830047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial Dark Matter Investigations: How Microbial Studies Transform Biological Knowledge and Empirically Sketch a Logic of Scientific Discovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bernard</w:t>
+                <w:t xml:space="preserve">Formation of chimeric genes with essential functions at the origin of eukaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debashish Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jananan S Pathmanathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Lannes</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James O Mcinerney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evy031⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16, pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-018-0500-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799304v1</w:t>
+                <w:t xml:space="preserve">hal-01761411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of chimeric genes with essential functions at the origin of eukaryotes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Debashish Bhattacharya</w:t>
+                <w:t xml:space="preserve">Microbial Dark Matter Investigations: How Microbial Studies Transform Biological Knowledge and Empirically Sketch a Logic of Scientific Discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jananan S Pathmanathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">James O Mcinerney</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bapteste</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 16, pp.30. </w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (3), pp.707 - 715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-018-0500-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evy031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01761411v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CompositeSearch: A Generalized Network Approach for Composite Gene Families Detection</w:t>
               </w:r>
@@ -3195,51 +3195,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jananan Sylvestre Pathmanathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Joseph Lapointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bapteste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3416,51 +3416,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Network-Thinking: Graphs to Analyze Microbial Complexity and Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Corel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3559,51 +3559,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Meheust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehud Zelzion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debashish Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3910,51 +3910,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Forster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bittner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micah Dunthorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5752,103 +5752,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Methodology Behind Network Thinking: Graphs to Analyze Microbial Complexity and Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew B. Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jananan S Pathmanathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Méheust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.271-308, 2019, </w:t>
@@ -6277,51 +6277,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347044v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuping Dai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Boussaguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Teuli&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bonnefous" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elph&#232;ge Budzinski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mad.2025.112076" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05141107v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Gomez-Raya-Vilanova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Medvedeva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Corel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60613-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347054v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duncan Sussfeld" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lannes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00697-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347051v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhammad Toucourou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01769-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shifu Aggarwal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Huang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hackwon Do" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishanth Makthal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41719-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bernard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Martens" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lopez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820636v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Watson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bapteste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab329" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemieux-Labont&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vigliotti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Tadic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beck Wehrle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10081550" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917351v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Lapointe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00704-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820627v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab302" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03290801v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;rard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larose" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Not" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10070651" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03451955v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew K Watson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab329/6430988" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341509v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2021.08.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bapteste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00414-20" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380389v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Cavaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaa261" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967396v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-020-00795-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lord" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jananan S Pathmanathan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo L Corel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Makarenkov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evz182" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02277606v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Olsson-Francis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evz050" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02520951v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Evangelista" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Thouz&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manpreet Kaur Kohli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Legendre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2018.05.007" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01990830v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew B. Watson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Karkar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy209" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01830047v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;heust" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Joseph Lapointe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thane Papke" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-018-1454-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01798030v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O Mcinerney" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01799304v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy031" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01761411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashish Bhattacharya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-018-0500-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02057694v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jananan Sylvestre Pathmanathan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx283" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01555483v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann-Mattis List" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan W. Hill" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40655-017-0021-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01300043v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2015.12.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544793v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Meheust" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehud Zelzion" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1517551113" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378396v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13062-016-0145-2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01257771v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Halary" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13062-015-0092-3" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01144173v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Forster" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bittner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Dunthorn" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Romac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-015-0125-5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544794v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne S. Haggerty" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Jachiet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William P. Hanage" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Fitzpatrick" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mst228" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01324848v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu168" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544800v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Misner" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bicep" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Halary" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mst087" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544799v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O. Mcinerney" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-13-146" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544798v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alvarez-Ponce" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1211371110" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544795v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pogorelcnik" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Berry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btt049" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544803v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Baquero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1206541109" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922363v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Reviers" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1745-6150-5-47" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607197v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Derelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Guyader" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Manuel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198962v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ravaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toullec" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly L&#233;ger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaill" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384406v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384404v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01282715v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finn V&#246;lkel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Vigliotti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918305v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45885-0_8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324786v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9074-0_9" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367812v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01386609v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gayer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05141107v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Gomez-Raya-Vilanova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Teuli&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Medvedeva" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuping Dai" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Corel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60613-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347054v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duncan Sussfeld" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lannes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00697-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347044v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Boussaguet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bonnefous" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elph&#232;ge Budzinski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mad.2025.112076" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347051v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhammad Toucourou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01769-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shifu Aggarwal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Huang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hackwon Do" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishanth Makthal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41719-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bernard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Martens" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lopez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820636v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Watson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bapteste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab329" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemieux-Labont&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vigliotti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Tadic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beck Wehrle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10081550" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917351v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Lapointe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00704-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820627v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab302" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03290801v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;rard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larose" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Not" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10070651" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341509v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew K Watson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2021.08.001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03451955v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab329/6430988" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bapteste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00414-20" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380389v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Cavaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaa261" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967396v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-020-00795-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lord" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jananan S Pathmanathan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo L Corel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Makarenkov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evz182" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02277606v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Olsson-Francis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evz050" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01990830v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew B. Watson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Karkar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy209" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02520951v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Evangelista" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Thouz&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manpreet Kaur Kohli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Legendre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2018.05.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01798030v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;heust" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O Mcinerney" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01830047v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Joseph Lapointe" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thane Papke" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-018-1454-9" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01761411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashish Bhattacharya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-018-0500-0" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01799304v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy031" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02057694v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jananan Sylvestre Pathmanathan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx283" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01555483v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann-Mattis List" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan W. Hill" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40655-017-0021-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01300043v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2015.12.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544793v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Meheust" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehud Zelzion" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1517551113" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378396v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13062-016-0145-2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01257771v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Halary" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13062-015-0092-3" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01144173v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Forster" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bittner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Dunthorn" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Romac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-015-0125-5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544794v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne S. Haggerty" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Jachiet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William P. Hanage" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Fitzpatrick" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mst228" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01324848v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu168" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544800v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Misner" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bicep" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Halary" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mst087" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544799v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O. Mcinerney" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-13-146" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544798v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alvarez-Ponce" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1211371110" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544795v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pogorelcnik" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Berry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btt049" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544803v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Baquero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1206541109" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922363v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Reviers" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1745-6150-5-47" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607197v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Derelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Guyader" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Manuel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198962v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ravaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toullec" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly L&#233;ger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaill" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384406v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384404v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01282715v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finn V&#246;lkel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Vigliotti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918305v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45885-0_8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324786v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9074-0_9" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367812v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01386609v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gayer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>