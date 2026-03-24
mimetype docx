--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:113.94658753709px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> PHILIPPE MARTINET </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5827-0431</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">056800878</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics-Guided Approach with Transfer Learning in Vehicle Lateral Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-025-00931-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRONE-SLAM: Dense Registration and Odometry for Near-field Environments with UAVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal On Advances in Systems and Measurements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 18 (3-4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Priority-Based Strategy for Risk Assessment and Management in the Presence of Multiple Personal Light Electric Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SN Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 7 (7)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Learning for Hybrid Visual Odometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (8), pp.7341-7348. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2024.3418271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How To Evaluate the Navigation of Autonomous Vehicles Around Pedestrians?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Prédhumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dugdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2023.3323662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor-Based Predictive Control For Autonomous Parking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 38 (2), pp.835-851. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2021.3091285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performing Energy-Efficient Pick-and-Place Motions for High-Speed Robots by using Variable Stiffness Springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14, pp.051004-1--051004-10. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4053158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03457432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Modelling and Control of Flying Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 117, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2021.104953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Singularity Analysis for the Perspective-Four-Point Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Pascual-Escudero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhilash Nayak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 129 (4), pp.1217-1237. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11263-020-01420-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platooning of Car-like Vehicles in Urban Environments: Longitudinal Control Considering Actuator Dynamics, Time Delays, and Limited Communication Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2020.3044786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03081731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platooning of Car-like Vehicles in Urban Environments: An Observer-based Approach Considering Actuator Dynamics and Time delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (9), pp.5684 - 5696. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2020.2988948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of an Accurate and Stiff Wooden Industrial Robot: First Steps towards Robot Eco-sustainable Mechanical Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Llevat-Pamiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lafoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (5), pp.051015-1 -- 051015-14. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4047726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Features Acceleration in Visual Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.5197-5204. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2020.3004793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Vision-Based Control of Large-Dimension Cable-Driven Parallel Robots Using a Multiple-Camera Setup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gouttefarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Elie Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 61, pp.20-36. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechatronics.2019.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02157768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to generic modeling and vision-based control of a broad class of fully parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 36 (12), pp.1874-1896. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0263574718000784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Kinematics, Dynamics and Control of a Flying Parallel Robot with Three Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.559-566. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lra.2017.2774920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining the Singularities for the Observation of Three Image Lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (2), pp.412-419. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lra.2016.2633975⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Controller Avoiding Dynamic Model Degeneracy of Parallel Robots during Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (5), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4037256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524311v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the determination of the singularity cases in the visual servoing of image points through the concept of hidden robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2016.2637912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degeneracy Conditions of the Dynamic Model of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multibody System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (4), pp.371-412. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11044-015-9480-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01203185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Representation for the Control of Parallel Robots via Leg Observation Considering a Hidden Robot Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01357509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punctual versus continuous auction coordination for multi-robot and multi-task topological navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (4), pp.599-613. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-015-9483-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Robot Programming Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 81 (1), pp.77-95. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10846-015-0201-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Enhanced Unified Camera Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Flatbed Platoon Towing Model for Safe and Dense Platooning on Highways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Intelligent Transportation Systems Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (1), pp.58-68. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MITS.2014.2328670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enlarging Parallel Robot Workspace through Type-2 Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01114340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hidden Robot: an Efficient Concept Contributing to the Analysis of the Controllability of Parallel Robots in Advanced Visual Servoing Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (6), pp.1337-1352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01203183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable navigation in formation for a multi-robot system based on a constrained virtual structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 62 (12), pp.1806 - 1815. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.robot.2014.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic modeling of parallel robots with flexible platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 81, pp.21-35. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2014.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptable robot formation control: Adaptive and predictive formation control of autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (1), pp.28-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial for special issue on Perception and Navigation for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nunes Urbano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear Dynamic Modeling of Parallel Kinematic Manipulators from Observable Kinematic Elements.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69, pp.73-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Unified Model of the Sphere for Fisheye Cameras in Robotic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (8-9), pp.947-967</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Map Partitioning to Approximate an Exploration Strategy in Mobile Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiagent and Grid Systems - An International Journal of Cloud Computing </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (3), pp.275--288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic visual servoing from sequential regions of interest acquisition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (4), pp.520-537. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364911436082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01324543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Legendre Moments-Based Visual Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Yeremou Tamtsia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haman Djalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tonye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mechanics and Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 162, pp.487-496. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.162.487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust anti-sliding control of autonomous vehicles in presence of lateral disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Dou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (5), pp.468-478. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2011.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed kinematic and dynamic sideslip angle observer for accurate control of fast off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 27 (2), p. 181 - p. 196. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rob.20319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based navigation of unmanned aerial vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18 (7), pp.789-799. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2010.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed kinematic and dynamic sideslip angle observer for accurate control of fast off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.n/a-n/a. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rob.20319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional Visual-Servo of a Gough–Stewart Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (1), pp.178-183. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2008.2008745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review on the Dynamic Control of Parallel Kinematic Machines: Theory and Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (3), pp.395-416. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364908096236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous Navigation of Vehicles from a Visual Memory Using a Generic Camera Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (3), pp.392-402. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2008.2012375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based self-calibration and control of parallel kinematic mechanisms without proprioceptive sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2 (2), pp.71-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catadioptric visual servoing from 3D straight lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24 (3), pp.652-665</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00351865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tire Stiffness Backstepping Observer Dedicated to All-Terrain Vehicle Rollover Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (12), pp. 1267-1285. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/156855308X344828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation-based approach for a better centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systems Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 39 (9), pp.913-924. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207720802184758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biologically-inspired 3D grasp synthesis based on visual exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Recatalá</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eris Chinellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ángel Del pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 25 (1-2), pp.59-70. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-008-9086-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic execution of everyday tasks by means of external vision/force control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1 (3), pp.253-266. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11370-007-0008-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damped least square based genetic algorithm with Ggaussian distribution of damping factor for singularity-robust inverse kinematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Minh Phuoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hunmo Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (7), pp.1330-1338. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-008-0427-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor navigation of a non-holonomic mobile robot using a visual memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 25 (3), pp.253-266. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-008-9093-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tire stiffness backstepping observer dedicated to All-Terrain: vehicle rollover prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22, pp.1267-1285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de véhicules en présence de glissement. Application au suivi de trajectoire pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.187--205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive path tracking control for off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 13 (4), pp.419-439. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejc.13.419-439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-based Visual Servoing of a Gough-Stewart Parallel Manipulator using Leg Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Robotics Research. Special Issue on Vision and Robotics -- Joint with the International Journal of Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 26 (7), pp.677--687</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unifying Kinematic Modeling, Identification, and Control of a Gough-Stewart Parallel Robot Into a Vision-Based Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 22 (6), pp.1077-1086. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2006.882931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Tracking Control of Farm Vehicles in Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruixia Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (10), pp.828-839. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.robot.2006.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00102713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic and Dynamic Identification of Parallel Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Andrès Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poignet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14 (9), pp.1099-1109. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2005.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00102629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High accuracy path tracking for vehicle in presence of sliding: application to farm vehicles automatic guidance for agricultural tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.79-97. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-006-7806-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic Calibration of Parallel Mechanisms: A Novel Approach using Legs Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 21(4), pp.529-538</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement visuel en vision omnidirectionnelle à partir de droites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement du Signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22 (5), pp.462-482</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00351890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-Based Kinematic Calibration of an H4 Parallel Mechanism: Practical Accuracies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pierrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Robot: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 31 (3), pp.273-283. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/01439910410532350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage automatique d'un engin agricole par GPS cinématique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 37 (3), pp.405-433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00272618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving image-based visual servoing with three-dimensional features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 22 (10-11), pp.821-839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage automatique d'un engin agricole par GPS cinématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 37 (3), pp.405-433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Guidance of a Farm Tractor Relying on a Single CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 13 (1), pp.53-71. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1015678121948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic guidance of a farm tractor relying on a single CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 13, pp.53-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic manipulation with stereo visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Newsletters, Robotics and Machine Perception,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time visual servoing around a complex object,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Information and System Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, E83, pp.1358-1368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Help Guidance System for Agricultural Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 25 (1), pp.29-51. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0168-1699(99)00054-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01296390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guidance-assistance system for agricultural vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 25 (1-2), pp.29-51. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1011516101288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Guided Vehicles: Robust Controller Design in Image Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 8 (1), pp.25-42. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1008936817917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Based Control in Driving Assistance of Agricultural Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 17 (10), pp.1040-1054</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based control in driving assistance of agricultural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rouveure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 17 (10), pp.1040-1054</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing in Robotics Scheme Using a Camera/Laser-Stripe Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Motyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 12 (5), pp.743-750. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/70.538978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (359)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus on Relevant Road Users with Multi-Rules Reachable Sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IV 2026 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2026, Detroit, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05485918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Rules Reachability Analysis for Road Agents Using Graph-Based Maps and Real-Time Kinematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2025 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cluj - Napoca, Romania. pp.119-124, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IV64158.2025.11097553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Direct Solution in Moving Horizon Estimation with Deep Learning Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2025 - International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Atlanta (GA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CG-Net: Urban Trajectory Forecasting with Bipartite Graphs for Agents, Scene Context and Candidate Centerlines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaushik Bhowmik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2025 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS) 2025, Oct 2025, Hangzhou, China. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117054v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Strategy for Connectivity Maintenance and Recovery in Heterogeneous Multi-Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2025 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hang Zhou, China, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bias-Variance Analysis of Multi-Step Loss Functions for Dynamical System Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCNN 2025 - International Joint Conference on Neural Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Optimization Method for Safe Autonomous Navigation under Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFAC Symposium on Intelligent Autonomous Vehicles (IAV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Phoenix, United States. pp.121-126, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.07.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Visual SLAM for Multi-session Precise Localization: Application to a Coastal Cliff in Normandy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAS 2025 - International Conference on Autonomic and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Lisbone, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic and Safe Multi-Risk Fusion for Autonomous Navigation in the presence of PLEVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th IEEE Intelligent Vehicles Symposium (IV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cluj - Napoca, Romania. pp.1942-1949, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IV64158.2025.11097408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Multi-Level Optimization for Safe Predictive Control of Autonomous Vehicles to Avoid Uncertain Multimodal PLEVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hang Zhou, China, China. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS60139.2025.11246468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BALO: A novel point-to-plane BAlanced Lidar Odometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Azzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2025 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cluj-Napoca, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PhraseStereo: The First Open-Vocabulary Stereo Image Segmentation Dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Campagnolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Bahl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer Vision, ICCV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-stage deep stereo network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2024 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04348688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Approach for Parameter Estimation in Vehicle Lateral Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMIS 2024 - 27th International Symposium on Methodologies for Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Poitier, France. pp.249--259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Risk Assessment and Management using Probabilistic Fusion of Predictive Inter-Distance Profile for Urban Autonomous Driving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd European Control Conference (ECC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden. pp.3747-3753, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC64448.2024.10591000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards autonomous robotic structure inspection with dense-direct visual-SLAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32th European signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04691850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness Study of Optimal Geometries for Cooperative Multi-Robot Localization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2024 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2024, Abou Dabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanced ICP for precise lidar odometry from non bilateral correspondences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Azzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2024 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Jeju Island, South Korea. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IV55156.2024.10588814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Spectral Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2024 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Risk Assessment and Management in the Presence of Personal Light Electric Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Informatics in Control, Automation and Robotics (ICINCO 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.137-145, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0013059500003822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche Bayésienne pour l'Estimation des Paramètres de la Dynamique Latérale d'un Véhicule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Artificial Intelligence for Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche Bayésienne pour l'Estimation des Paramètres de la Dynamique Latérale d'un Véhicule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAID 2023 - 5e Conference on Artificial Intelligence for Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGA Maîtrise de l'Information, Nov 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-masks Generation for Increasing Robustness of Dense Direct Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2023 - 26th IEEE International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE-ITSS, Sep 2023, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards autonomous robot navigation in human populated environments using an Universal SFM and parametrized MPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2023 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Detroit (MI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the Performances of Control Parameterizations for Nonlinear Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV57592.2022.10004335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Injury Risk Motion Planning using Active Mitigation and Sampling Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Alberto Serafim Guardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2022 - 25th IEEE Intelligent Transportation Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Macao, China. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive And Smooth Maneuvering For Navigation Around Pedestrians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2022 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarking Nonlinear Model Predictive Control with Input Parameterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Methods and Models in Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Miedzyzdroje, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701390v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Dense Hybrid Stereo Visual Odometry Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2022 - 2022 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, KYOTO, Japan. pp.6998-7003, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS47612.2022.9981814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty-aware Navigation in Crowded Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2022 - 17th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Singapore, Singapore. pp.293-298, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV57592.2022.10004241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling-Based MPC for Constrained Vision Based Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ihab S. Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2021 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS51168.2021.9635970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03313645v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive Longitudinal Velocity Control In Pedestrians-Vehicle Interaction Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2020 - 23rd IEEE International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Rhodes, Greece. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employing Severity of Injury to Contextualize Complex Risk Mitigation Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Alberto Serafim Guardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh-Lam Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2020 – 31st IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas / Virtual, United States. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Proactive Navigation: A Pedestrian-Vehicle Cooperation Based Behavioral Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2020 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Paris, France. pp.6958-6964</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Path Integral Control Framework for Partially Observable Navigation: A Quadrotor Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ihab S. Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conerence on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545951v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive-Cooperative Navigation in Human-Like Environment for Autonomous Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanting Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Salaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2020 - 17th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Paris / Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Features Acceleration in Visual Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2020 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas / Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCTA41146.2020.9206269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor-Based Predictive Control for Autonomous Parking in Presence of Pedestrians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2020 - 16th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Shenzhen, China. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv50220.2020.9305465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing the Energy Consumption of a Delta Robot by Exploiting the Natural Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RoManSy 2020 - 23rd CISM IFToMM Symposium on Robot Design, Dynamics and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Sapporo /Virtual, Japan. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-58380-4_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02850036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Natural Dynamics in order to Increase the Feasible Static-Wrench Workspace of Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Cracovie, Poland. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-20131-9_215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02003103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicles Platooning in Urban Environments: Integrated Consensus-based Longitudinal Control with Gap Closure Maneuvering and Collision Avoidance Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC19 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Naples, Italy. pp.1695-1701, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ecc.2019.8795940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Observer-based Longitudinal Control of Car-like Vehicles Platoon Navigating in an Urban Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2019 - 58th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Nice, France. pp.5735-5741, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cdc40024.2019.9029187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparison of Visual Servoing from Features Velocity and Acceleration Interaction Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2019 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Macau, China. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/iros40897.2019.8967710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Relaxation-based Constrained Path Planning via Quadratic Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Baden-Baden, Germany. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01370-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Wooden Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd CISM IFToMM Symposium on Robot Design, Dynamics and Control (RoManSy 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-78963-7_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoMapping: Efficient 3D-Map Sharing Methodology for Decentralized cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Contreras-Samamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th workshop on Planning, Perception and Navigation for Intelligent Vehicles at Int. Conf. on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RobEcolo: Optimal Design of a Wooden Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference (IDETC/CIE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada. pp.DETC2018-85218,, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2018-85218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01777552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing energy efficiency of high-speed parallel robots by using variable stiffness springs and optimal motion generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference (IDETC/CIE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/detc2018-85090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01777551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicles Platooning in Urban Environment: Consensus-based Longitudinal Control with Limited Communications Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2018.8581142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Decentralized Collaborative Mapping for Outdoor Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Contreras-Samamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotic Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Laguna Hills, United States. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/irc.2018.00017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-Based Control Law For Autonomous Parallel And Perpendicular Parking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotic Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Laguna Hills, United States. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/irc.2018.00018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained Path Planning using Quadratic Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2018 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/iros.2018.8593373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Formal Approach for the Design of a Dependable Perception System for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yrvann Emzivat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Ibañez-Guzmán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Illy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2018 - 21st IEEE International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Maui, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2018.8569903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor-Based Predictive Control for Autonomous Backward Perpendicular and Diagonal Parking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th workshop on Planning, Perception and Navigation for Intelligent Vehicles at Int. Conf. on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Kinematics, Dynamics and Control of a Flying Parallel Robot with Three Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Robotics and Automation (ICRA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Brisbane, Australia. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2017.2774920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01685032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing Input Torques of a High-Speed Five-Bar Mechanism by using Variable Stiffness Springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd CISM IFToMM Symposium on Robot Design, Dynamics and Control (RoManSy 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-78963-7_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Perpendicular and Diagonal Unparking Using a Multi-Sensor-Based Control Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2018 - The 15 th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2018.8581237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoMapping: Multi-robot Sharing and Generation of 3D-Maps applied to rural and urban scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Contreras-Samamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2018.8581058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Modeling and Trajectory Tracking Controller of a Novel Flying Parallel Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Driving Task Fallback for an Automated Driving System whose Ability to Monitor the Driving Environment has been Compromised</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yrvann Emzivat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Ibanez-Guzman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Henri Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Redondo Beach, United States. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ivs.2017.7995973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossing Type 2 Singularities of Parallel Robots without Pre-planned Trajectory with a Virtual-constraint-based Controller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE International Conference on Robotics and Automation (ICRA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icra.2017.7989721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the precision of a multi-map AMCL-based localization system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Blosseville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Koreki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Workshop on Planning, Perception and Navigation for Intelligent Vehicle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the determination of the singularity cases in the visual servoing of image points through the concept of hidden robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2017 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2016.2637912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception and Automation for Intelligent Mobility in Dynamic Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Rummelhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Lussereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2017 Workshop on Robotics and Vehicular Technologies for Self-driving cars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastostatic Modelling of a Wooden Parallel Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFToMM International Workshop on Computational Kinematics (CK2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Poitiers, France. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-60867-9_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exciting Trajectories for Extrinsic Calibration of Mobile Robots with Cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 20th International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2017.8317683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptability of Automated Driving Systems to the Hazardous Nature of Road Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yrvann Emzivat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Ibanez-Guzman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Henri Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 20th International Conference on Intelligent Transportation Systems (ITSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/itsc.2017.8317638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining the Singularities for the Observation of Three Image Lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE International Conference on Robotics and Automation (ICRA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2016.2633975⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous Perpendicular And Parallel Parking Using Multi-Sensor Based Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Workshop on Planning, Perception and Navigation for Intelligent Vehicles at IEEE/RSJ Int. Conf. on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control-based Design of a Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Conference on Mechanism Science (EuCoMeS2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01307357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keynote on Sensor based navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Planning, Perception and Navigation for Intelligent Vehicles A bridge between Robotics and ITS technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Fisheye Stereo Correspondence Using Enhanced Unified Camera Model and Semi-Global Matching Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Phuket, Thailand. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2016.7838761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722268v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic sensor-based control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Vandernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Suarez Roos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 14th International Conference on Control, Automation, Robotics and Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Phuket, France. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2016.7838639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous parking using a sensor based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Planning, Perception and Navigation for Intelligent Vehicles at IEEE Int. Conf. on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01396998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Controller for Avoiding Dynamic Model Degeneracy of Parallel Robots during Type 2 Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Conference on Mechanism Science (EuCoMeS2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Nantes, France. pp.589-597, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-44156-6_60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01307366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Enhanced Unified Camera Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of lateral controllers for autonomous vehicle : experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International IEEE Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keynote on Advanced control of parallel robots and its extension to other research fields (Part I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2016 Workshop: Application of the theoretical background in Parallel Robotics to other research areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Stockholm, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performing Assembly Task Under Constraints Using 3D Sensor-Based Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Vandernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Suarez Roos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Padua, Italy. pp.1389-1399, </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-08338-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Flatbed Tow Truck Model Stable and Safe Platooning in the Presences of Lags, Communication and Sensing Delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GTAA (Groupe de Travail GdR MACS Automatique et automobile)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Flatbed Tow Truck Model for Stable and Safe Platooning in the Presences of Lags, Communication and Sensing Delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Seattle, United States. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2015.7139409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-effector pose estimation of the Monash Epicyclic-Parallel Manipulator through the visual observation of its legs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Vignolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Advanced Robotics (ICAR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimization technique for positioning multiple maps for self-driving car's autonomous navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Transportation System Conference Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Gran Canaria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6 channels Velodyne versus planar LiDARs based perception system for Large Scale 2D-SLAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Nobili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Visual SLAM Framework for a Multi-Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nived Chebrolu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Marquez-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROS-based online robot programming for remote education and training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Casañ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Alemany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2015 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Seattle, France. pp.6101-6106, </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2015.7140055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic modeling of cooperative robots holding flexible objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAR 2015 - International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Istanbul, France. pp.182-187, </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAR.2015.7251453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hidden Robot Concept: a Tool for Control Analysis and Robot Control-based Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Robot Kinematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Controller for Enlarging Parallel Robots Workspace through Type 2 Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Robotics and Automation (ICRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Hong Kong, China. </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2014.6907477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00929829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A vision-based generic dynamic model of PKMs and its experimental validation on the Quattro parallel robot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ASME International Conference on Advanced Intelligent Mechatronics (AIM 2014.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Besançon, France. pp.937-942, </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AIM.2014.6878200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01313504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highways platooning using a flatbed tow truck model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées mobilité en milleux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Analysis of two Types of Leg-observation-based Visual Servoing Approaches for the Control of the Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Vignolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Australasian Conference on Robotics and Automation (ACRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01074335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modified flatbed tow truck model for stable and safe platooning in presences of lags, communication and sensing delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. pp.169--173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for Simplifying the Analysis of Leg-Based Visual Servoing of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00929828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Cutting of Soft Materials using Force Control & Image Moments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 13th International Conference on Control Automation Robotics &amp; Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Singapore, France. pp.474-479, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2014.7064351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based control of multi arms system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next generation of collaborative robots, French-Japanese Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Force/vision control for robotic cutting of soft materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2014 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, France. pp.4716-4721, </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6943233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe Platooning in the Event of Communication Loss using the Flatbed Tow Truck Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 13th International Conference on Control Automation Robotics &amp; Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Singapore, France. pp.1644-1649, </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2014.7064562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Deformable Object Cutting: From Simulation to Experimental Validation*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Workshop on Deformable Object Manipulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Representation for the Control of the Adept Quattro with Rigid Platform via Leg Observation Considering a Hidden Robot Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo Big Sight, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe highways platooning with minimized inter-vehicle distances of the time headway policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PPNIV13 - IROS13 Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of Redundancy in complex systems : from theoretical concepts to applications ”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Wireless Communications and User centered Services in Pervasive Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques latérale et longitudinale découplées pour la commande d'un convoi urbain avec des distances inter-véhicules variables et minimisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAR13 - 8th National Conference on “Control Architectures of Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing the inter-vehicle distances of the time headway policy for urban platoon control with decoupled longitudinal and lateral control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2013 - 16th International IEEE Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, The Hague, France. pp.1805-1810, </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Motion Generation for Exiting a Parallel Manipulator from a Type 2 Singularity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2013 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Portland, OR, United States. pp.DETC2013-12103, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2013-12103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00818101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Representation for the Control of Gough-Stewart Platforms via Leg Observation Considering a Hidden Robot Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2013 IEEE International Conference on Robotics and Automation (ICRA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling & Control of a Meat-Cutting Robotic Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAR 2013 - 16th International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Montevideo, Uruguay. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAR.2013.6766471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe highways platooning with minimized inter-vehicle distances of the time headway policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT-PAMM Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Kumamoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Meat Cutting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT-PAMM Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Kumamoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing the inter-vehicle distances of the time headway policy for platoon control on highways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO13 - 10th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Reykjavík, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation and localization in large working volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURobotics Workshop on Large Working Volumes, EUROPEAN ROBOTICS FORUM, ERF13,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacle Avoidance Controller Generating Attainable Set-points for the Navigation of Multi-Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Intelligent Vehicles Symposium (IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Gold Coast, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Auctions for &amp;quot;Rendez-Vous&amp;quot; Coordination Phases in Multi-robot Multi-task Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Agent Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Atlanta, United States. pp.67-74, </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WI-IAT.2013.92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Speed Parallel Kinematic Manipulator State Estimation from Legs Observation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'13.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Japan. pp.426-429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de trajectoires optimales de sortie de position singulière pour les mécanismes parallèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanoid Robot Localization and Navigation in Domestic Environment using RGBD Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Technology for Helping People with Special Needs, ICTHP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Riyadh, Saudi Arabia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de trajectoires optimales de sortie et traversée de singularités pour des mécanismes parallèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03440488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution approchée par décomposition de processus décisionnels de Markov appliquée à l'exploration en robotique mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes, JFPDA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Computational Cognition and Visual Servoing Based Methodology to Design Automatic Manipulative Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Informatics in Control, Automation and Robotics (ICINCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Reykjavík, Iceland. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0004480802130220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systemes hybrides pour garantir la stabilite des architectures multi-controleurs dediees a la navigation des robots mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journees Robotique et Automatique, JRA12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-road mobile robot control: An adaptive approach for accuracy and integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th CISM-IFToMM Symposium on Robot Design, Dynamics, and Control, ROMANSY 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France. p. - p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00763638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altruistic Distributed Target Allocation for Stable Navigation in Formation of Multi-robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International IFAC Symposium on Robot Control (SYROCO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Dubrovnik, Croatia. pp.676-681, </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20120905-3-HR-2030.00093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interleaving Planning and Control of Mobiles Robots in Urban Environments Using Road-Map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Jeju Island, South Korea. pp.683-691, </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-33926-4_65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Obstacle Avoidance Strategies using Limit Cycle for the Navigation of Multi-Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE/RSJ IROS'12, 4th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Vilamoura, Algarve, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Robot Navigation and Obstacles Avoidance based on Planning and Re-Planning Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International IFAC Symposium on Robot Control (SYROCO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based Modeling and Control of Large-Dimension Cable-Driven Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gouttefarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS: Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Vilamoura, Algarve, Portugal. pp.1581-1586, </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2012.6385504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00737658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Controlling Multi-Robot System using Multi-Agent based Coordination Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO'11, 8th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Noordwijkerhout, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul distribué de politiques d'exploration pour une flotte de robots mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones sur les Systèmes Multi-Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Valenciennes, France. pp.117-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Robot Navigation in Cluttered Environment using Reactive Elliptic Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Milano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Control of the Quattro Robot by the Leg Edges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'11.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Shangai, China. pp.2731-2736</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control Architecture for Cooperative Mobile Robots using Multi-Agent based Coordination Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th National Conference on Control Architectures of Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRIA Grenoble Rhône-Alpes, May 2011, Grenoble, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00599602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-speed mobile robot control in off-road conditions: a multi-model based adaptive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Hach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Shangaï, China. p. 6143 - p. 6149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00615483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Map Partitioning to Approximate an Exploration Strategy in Mobile Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Practical Applications of Agents and Multiagent Systems (PAAMS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Salamanca, Spain. pp.63-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards vision-based control of cable-driven parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gouttefarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micaël Michelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS: Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, San Francisco, United States. pp.2855-2860, </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2011.6094591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00691562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient high-speed vision-based computed torque control of the orthoglide parallel robot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.644-649</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New active safety device dedicated to light all-terrain vehicle stability: Application to quad bike and off-road mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010, International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00525088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vector-based dynamic modeling and control of the quattro parallel robot by means of leg orientations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Robotics and Automation (ICRA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.638-643</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the adequation of dynamic modelling and control of parallel kinematic manipulators.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Joint International Conference on Multibody System Dynamics (IMSD'10).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lappeenranta, Finland. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agents based system to coordinate mobile teamworking robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Gâteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Companion Robotics Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation of Multi-Robot Formation in Unstructured Environment Using Dynamical Virtual Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lequievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'10, IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilité globale pour la navigation réactive d'un robot mobile en présence d'obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaher Al Barakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2010, Sixième Conference Internationale Francophone d'Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous maneuver of a farm vehicle with a trailed implement: motion planner and lateral-longitudinal controllers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International conference on robotics and automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.3824-3824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path following of a vehicle-trailer system in presence of sliding: application to automatic guidance of a towed agricultural implement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RSJ International conference on intelligent robots and systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyapunov Global Stability for a Reactive Mobile Robot Navigation in Presence of Obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA'10 International Workshop on Robotics and Intelligent Transportation System, RITS10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new device dedicated to autonomous mobile robot dynamic stability: Application to an off-road mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2010, IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.3813-3818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Urban Cooperative and Autonomous Navigation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP workshop on Risky Interventions and Environmental Surveillance-Maintenance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive formation control of a fleet of mobile robots : application to autonomous field operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Preynat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2010, IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.1241-1246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic reverse turn of agricultural vehicles: a predictive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2010 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture de Contrôle Hybride (cognitive/reactive) pour un Système Multi-Robots basee sur un Modele Organisationnel Multi-Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme Journees Nationales de la Recherche en Robotique (JNRR'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Neuvy sur Barangeon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic framework for topological navigation of urban vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA09 - Workshop on Safe navigation in open and dynamic environments Application to autonomous vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi Lyapunov Function Theorem Applied to a Mobile Robot Tracking a Trajectory in Presence of Obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Mobile Robots (ECMR 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D pose and velocity visual tracking based on sequential region of interest acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, United States. pp.5426-5431, </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual navigation of a quadrotor Aerial Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, France. pp.5315-5320, </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line reference trajectory generation for manually convoying a platoon of automatic urban vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Derutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, France. pp.1867-1872, </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5353893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic reverse turn of agricultural vehicles: a predictive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA09 - IEEE RAS Workshop on Agricultural Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An active anti-rollover device based on predictive functional control: Application to an all-terrain vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. pp.1309-1314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion planner and lateral-longitudinal controllers for autonomous maneuvers of a farm vehicle in headland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St Louis, MO, United States. pp.5782-5787, </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véhicules urbains et en environnement naturel au LASMEA et au Cemagref</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le siècle de la voiture intelligente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Paris, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacle Avoidance and Trajectory Replanification for a Group of Communicating Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITST 2009 - 9th International Conference on ITS Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lille, France. pp.267-272, </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilité asymptotique pour la navigation reactive d'un système multi-robots en presence d'obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journee des Jeunes Chercheurs en Robotique (JJCR 09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Neuvy sur Barangeon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-model based sideslip angle observer: accurate control of high-speed mobile robots in off-road conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, MO, United States. pp.1197-1202, </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An active anti-rollover device based on Predictive Functional Control: application to an All-Terrain Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, France. pp.1309-1314, </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled visual servoing based on the spherical projection of a set of points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. pp.1110-1115, </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives de robotisation dans la filière viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEAT'IN09 - Les innovations dans la filière viande et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Theix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rollover indicator based on a tire stiffness backstepping observer: application to an all-terrain vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.2726 - 2731, </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2008.4650648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral control of autonomous vehicles with sliding angle reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruixia Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Control and Decision Conference (CCDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Yantai, China. pp.2814 - 2819, </w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCDC.2008.4597839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sensor-Based Approach for Dependable Physical Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rüdiger Dillmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA08 - 6th Workshop on "Technical Challenges for Dependable Robots in Human Environments"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient hierarchical localization method in an omnidirectional images memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Pasadena, United States. pp.13-18, </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2008.4543180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des principes de commande adaptative pour la commande des véhicules en milieu naturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du GDR Robotique : GT4 Méthodologies pour la Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Paris, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rollover indicator based on a tire stiffness backstepping observer: application to an all-terrain vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.2726-2731</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced path tracking control for off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems. IROS08 - Workshop on Modeling, Estimation, Path Planning and Control of All Terrain Mobile Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.32-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global decentralized control strategy for urban vehicle platooning using monocular vision and laser rangefinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Automation, Robotics and Vision (ICAR-CV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande d'un véhicule à 4 roues directrices en milieu naturel: application au suivi de trajectoires pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique (CIFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Bucarest, Roumanie. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion Planning for Non-Holonomic Mobile Manipulator Based Visual Servo under Large Platform Movement Errors at Low Velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Minh Phuoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hunmo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IFAC World Congress, IFAC08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Seoul, South Korea. pp.4312-4317, </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20080706-5-KR-1001.00726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROTEUS: A platform to organize transfer inside French robotic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Patin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd National Conference on Control Architectures of Robots, CAR08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vision-based Computed Torque Control for Parallel Kinematic Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chablat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Pasadena, United States. ISBN: 978-1-4244-1647-9, pp. 1556-1561</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an hybrid control architecture for a mobile multi-robot systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd National Conference on Control Architectures of Robots (CAR08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive control of four-wheel-steering off-road mobile robots: application to path tracking and heading control in presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.1759--1764, </w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2008.4650645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual navigation of indoor/outdoor non-holonomic robots with wide field of view cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OmniRoboVis08 - Workshop on Omnidirectional vision robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compliant Physical Interaction based on External Vision-Force Control and Tactile-Force Combination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro J Sanz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MFI 2008 - IEEE International Conference on Multisensor Fusion and Integration for Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Seoul, South Korea. pp.405-410, </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MFI.2008.4648029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SoViN: A software platform for visual navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lequievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd National Conference on Control Architectures of Robots, CAR08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient visual memory based navigation of indoor robot with a wide-field of view camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 10th International Conference on Control, Automation, Robotics and Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Hanoi, Vietnam. pp.268-273, </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2008.4795530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backstepping observer dedicated to tire cornering stiffness estimation: Application to an All Terrain Vehicle and a farm tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States. pp.1763--1768, </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4398988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing tracking performances of parallel kinematic machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Mechanism and Machine Science, IFToMM07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the major dynamic control strategies of parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC07 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Kos, Greece. pp.4377-4384, </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC.2007.7068791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External Hybrid Vision/Force Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Advanced Robotics, ICAR07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Jeju, South Korea. pp.170-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some issues on dynamic control of parallel kinematic machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Advanced Robotics, ICAR07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Jeju, South Korea. pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a generic kinematic model for vision-based control of parallel kinematic machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Conception et Modélisation des Systèmes Mécaniques, CMSM07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Monastir, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a generic image-based visual servoing of parallel robots using legs observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Mechanism and Machine Science, IFToMM07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIsion force control in task-oriented grasping and manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, France. pp.1320-1325, </w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional Visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Vision and Visual Servoing, IWVV07, Sungkyunkwan University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-Based Visual Servoing of the I4R parallel robot without Proprioceptive Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Rome, France. pp.1709-1714, </w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2007.363569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backstepping observer dedicated to tire cornering stiffness estimation: application to an All Terrain Vehicle and a farm tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE / RSJ International Conference on Intelligent RObots and Systemsn IROS2007, San Diego, CA, USA 29 October - 2 November 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.1763-1768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional visual-servo of a Gough-Stewart platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, France. pp.1326-1331, </w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic fisheye camera model for robotic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eckt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, France. pp.1683-1688, </w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation of a non-holonomic mobile robot with a memory of omnidirectional images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Planning, Perception and Navigation for Intelligent Vehicles, PPNIV07 at IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based self-calibration and control of parallel kinematic mechanisms without proprioceptive sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Advanced Robotics, ICAR07, South Korea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Jeju, South Korea. pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled Visual Servoing from a set of points imaged by an omnidirectional camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Rome, France. pp.1697-1702, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2007.363567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing of Par4 using leg observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Annual Conference of the IEEE Industrial Electronics Society (IECON'06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous Navigation and Platooning using a Sensory Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop “Safe Navigation in Open and Dynamic Environments: Autonomous Systems versus Driving Assistance Systems” at IEEE International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path Planning for image based control with omnidirectional cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 45th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, San Diego, United States. pp.1764-1769, </w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2006.377691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Pose and Velocity Measurement by Vision for High-Speed Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States. pp.3742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Object Pose and Velocity Computation Using a Single View from a Rolling Shutter Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th European Conference on Computer Vision, ECCV'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of optimization techniques for an optimal fertilization by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2006 IEEE/RSJ International Conference on Intelligent Robots and Systems, Beijing, CHN, 9-15 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homography based visual servoing with omnidirectional cameras: the cases of points and lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMAR06 - 12th IEEE International Conference on Methods and Models in Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Międzyzdroje, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern tracking and visual servoing for indoor mobile environment mapping and autonomous navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Informatics in Control, Automation and Robotics, ICINCO06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimization-based Method for the reduction of fertilisers application errors by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium of Centrifugal Fertiliser Spreading, Montoldre, 24-25 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.H1-H6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Optimization Techniques for an Optimal Fertilization by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.4399-4404, </w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.282018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la navigation autonome à la navigation en convoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Navigation autonome de véhicules en milieu urbain - ROBEA-BODEGA", associé à RFIA'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00102730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Object Pose and Velocity Computation Using a Single View from a Rolling Shutter Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">th European Conference on Computer Vision, ECCV'06, Austria May 7-13th,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Graz, Austria. pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2006 3rd International Conference on Informatics in Control, Automation and Robotics, Setubal, Portugal, 1-5 August 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot mobile tout-terrain pour l'évaluation de lois de commande dédiées au suivi de trajectoire de véhicules dans le cadre de la mobilité accrue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Automatique : démonstrateurs en Automatique, Angers, FRA, 28-29 mars 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Rolling Shutter Distortions for Simultaneous Object Pose and Velocity Computation Using a Single View</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICVS06 - 4th IEEE International Conference on Computer Vision Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, New-York City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des droites polaires en asservissement visuel omnidirectionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIAP 2006 - RFIA conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO06 - 3rd International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Grasp Synthesis Based on a Visual Cortex Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eris Chinellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Recatala Ballester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioRob 2006 - The First IEEE/RAS-EMBS International Conference on Biomedical Robotics and Biomechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Pisa, France. pp.164-169, </w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BIOROB.2006.1639078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sideslip angles observer for vehicle guidance in sliding conditions: application to agricultural path tracking tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 2006 IEEE International Conference on Robotics and Automation. ICRA 2006, Orlando,USA, 15-19 May 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States. pp.3183-3188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pose and velocity computing of fast moving object using a single view from rolling shutter camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE International Conference on Computer Vision Systems, ICVS'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization-Based Approach for a Better Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONTROLO'06 - 7th Portuguese Conference On Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled Homography-based Visual Servoing with Omnidirectional Cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.2332-2337, </w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.282642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A path planning strategy for obstacle avoidance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Informatics in Control, Automation and Robotics ICINCO06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal. pp.438-444</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimization of Fertilizer Application Error due to Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Engineering for a Better World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional visual servoing from polar lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00100519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Pose Visual Servoing is the Canonical Choice for the Cartesian Control of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence STIC et Environnement 2006, Narbonne, France, 5-7 Avril 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de véhicules en présence de glissement : application au suivi de trajectoire pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique, CIFA 2006. 30, 31 mai et 1er juin 2006, Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-based Visual Servoing of {G}ough-{S}tewart Parallel Manipulators using Legs Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International IFAC Symposium on Robot Control (SYROCO 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile robot control in presence of sliding: Application to agricultural vehicle path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th IEEE Conference on Decision &amp; Control (CDC'2006), San Diego, CA, USA, 13-15 décembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6004-6009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based Kinematic Modelling of Some Parallel Manipulators for Control Purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st European Conference on Mechanism Science (EuCoMeS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Obergurgl, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00100415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Approach to Vision-Based Computed Torque Control of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Methods and Models in Automation and Robotics (MMAR 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Mi\c{e}dzyzdroje, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic Calibration of a Gough-Stewart Platform Using an Omnidirectional Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based computed torque control of parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Annual Conference of the IEEE Industrial Electronics Society (IECON'06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile robot control in presence of sliding: application to agricultural vehicle path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International IEEE Conference on Decision and Control (CDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, San Diego, United States. pp.6004--6009, </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2006.377520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot mobile tout-terrain pour l'évaluation de lois de commande dédiées au suivi de trajectoire de véhicules dans le cadre de la mobilité accrue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Démonstrateurs en Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Angers, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation autonome de véhicules urbains par différentes modalités capteurs (RTK-GPS et vision monoculaire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Démonstrateurs en Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Angers, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de véhicules en présence de glissement: application au suivi de trajectoire pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ième Conférence Internationale Francophone d'Automatique (CIFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STIC06 - 4ème Conférence STIC et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Navigation of a Wheeled Mobile Robot along Visual Routes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.3354-3359, </w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Adaptive Control of Automatic Guidance of Farm Vehicles in the Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA2005), Barcelone, ESP, 18-22 Avril 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.3113-3118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central Catadioptric vision for robot control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd French-Korean Workshop on Dependable Robotic Navigation, SAFEMOVE'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Control for Urban Vehicles Platooning, Relying upon a Unique Kinematic GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.4138-4143, </w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium on Centrifugal Fertiliser Spreading, ISCFS'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Leuven, Belgium. pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visually Servoing a Gough-Stewart Parallel Robot Allows for Reduced and Linear Kinematic Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2005 - 2nd International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Barcelona, Spain. pp.119-124, </w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0001174301190124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global control strategy for urban vehicles platooning relying on nonlinear decoupling laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.2875-2880, </w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control Assistance of a Mobile Robot Navigating into an Encumbered Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Roblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMCR'05 - 15th International Symposium on Measurement and Control in Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Adaptive Control of Automatic Guidance of Farm Vehicles in the Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.3102-3107, </w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive control for off-road mobile robots path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Swedish Workshop on Autonomous Robotics (SWAR2005), Stockholm, SWE, 1-2 Septembre 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.12-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by a centrifugal spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International symposium on centrifugal fertiliser spreading, Leuven BEL, 15-16 sept 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global control strategy for urban vehicles platooning relying on nonlinear decoupling laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.2875-2880, </w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive control for off-road mobile robots path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Swedish Workshop on Autonomous Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande référencée vision d'une plateforme de Gough-Stewart par observation deséléments cinématiques Vision-based control of a Gough-Stewart parallel mechanism using legs observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuvièmes Journées des Jeunes Chercheurs en Vision par Ordinateur, ORASIS'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Fournols, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi de trajectoire haute précision pour les véhicules tout-terrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Journée scientifique de l'Ecole doctorale SPI (EDSPI05), Clermont-Ferrand, 27 juin 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Clermont-Ferrand, France. pp.81-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-Based Control of a Gough-Stewart Parallel Mechanism using Legs Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Marchadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.2535-2540, </w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMNIBOT - De la Division Omnidirectionnelle à la Commande de Robot Mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBEA 2005 - 5ièmes Journées Bilan du Programme Interdisciplinaire ROBotique et Entités Artificielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Montpellier, France. pp.87-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 1/2 D visual servoing with central catadioptric cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.H. Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.3572-3577, </w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Stratégie de Commande Globale pour le Convoi de Véhicules Urbains basée sur des Lois de Commande Découplées Non-Linéaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l'Ecole doctorale SPI, EDSPI05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From autonomous navigation to platooning in urban context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP-Workshop on Adaptive and Intelligent Robots : Present and Future, Russian Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Moscou, Russia. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-based Control of Mobile Robot with Central Catadioptric Cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.3522-3527, </w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control for vehicle guidance in presence of sliding: Application to farm vehicles path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA2005), Barcelone,ESP, 18-22 Avril 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.897-902</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMNIBOT - De la Vision Omnidirectionnelle à la Commande de Robot Mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chalimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBEA 2005 - 5es Journées Bilan du Programme Interdisciplinaire ROBotique et Entités Artificielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Montpellier, France. pp.95-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From autonomous navigation to platooning in urban context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP-Workshop "Adaptive and Intelligent Robots : Present and Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Moscou, Russia. pp. 1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visually Servoing a {G}ough-{S}tewart Parallel Robot Allows for Reduced and Linear Kinematic Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Conf. on Informatics in Control, Automation and Robotics (ICINCO'05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Barcelona, Spain. pp.119-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes de l&apos;automatique pour l&apos;assistance et l&apos;automatisation de la conduite automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Mammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Glaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Nouveliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de la Recherche en Robotique (JNRR05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France. pp.n.a</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00342833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control for Vehicle Guidance in Presence of Sliding: Application to Farm Vehicles Path Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolain Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.885-890, </w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear control strategies for urban vehicle platooning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Korea-France Symposium on Dependable Robotic Navigation (SAFEMOVE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory tracking control of farm vehicles in presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent RObots and Systems IROS2005 (Edmonton, Canada), 2-6 aout 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1720-1725</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory tracking control of farm vehicles in presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.58-63, </w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing of a Gough-Stewart Parallel Robot without Proprioceptive Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Workshop on Robot Motion and Control, ROMOCO'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Dymaczewo-Poznan, Poland. pp.225-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Navigation of Mobile Robot: An Image Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISR04 2004 - ISR, International Symposium on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Linear control for car like mobile robots in presence of sliding: application to guidance of farm vehicles using a single RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Robotics ISR, Paris, 23 March 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An image driven vision-based control framework for wheeled mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics and Automation, ISRA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Queretaro, Mexico. pp.507-512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate automatic guidance of urban electric vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Korea-France Symposium on Dependable Robotic Navigation (SAFEMOVE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A nonlinear control for vehicle in sliding conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation ICRA, New-Orleans, USA, 26 avril - 1 mai 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paracatadioptric visual servoing from lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Robotics, ISR'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sliding Mode Control of Automatic Guidance of Farm Vehicles in the Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics and Automation, ISRA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Queretaro, Mexico. pp.582-587</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous image-based navigation in indoor environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Ait-Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth IFAC Symposium on Intelligent Autonomous Vehicles, IAV'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Lisboa, Portugal. pp.525-530, </w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)32031-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive non linear control for sliding vehicle guidance: application to trajectory tracking of farm vehicles relying on a single RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International conference on Intelligent Robots and Systems (IROS),Sendai -JPN,28 september-2 October 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sliding mode control of automatic guidance of farm vehicles in the presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics and Automation ISRA, Oueretaro, MEX, 25-27 August 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive non linear control for sliding vehicle guidance - application to trajectory tracking of farm vehicles relying on a single RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS) (IEEE Cat. No.04CH37566)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Sendai, Japan. pp.455-460, </w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2004.1389394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des droites en asservissement visuel omnidirectionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA conference, RFIA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central catadioptric visual servoing from 3D straight lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ Int. Conf. on Intelligent Robots and Systems, IROS'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Sendai, Japan. pp.343-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00352033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Reliable Vision-Based Mobile Robot Formation Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS: Intelligent RObots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Sendai, Japan. pp.3176-3181, </w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2004.1389906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining End-Effector and Legs Observation for Kinematic Calibration of Parallel Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pierrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA: International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, New Orleans, United States. pp.4116-4121, </w:t></w:r><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2004.1308916⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate automatic guidance of an urban electric vehicle relying on a kinematic GPS sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth IFAC Symposium on Intelligent Autonomous Vehicles, IAV'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Lisboa, Portugal. pp.155-160, </w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)31968-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating mobile robots using the viusal memory concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st French-Korean Workshop on Dependable Robotic Navigation, SAFEMOVE'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Navigation of Mobile Robot: An Image Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Aït Aïder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Robotics, ISR'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new nonlinear control for vehicle in sliding conditions: Application to automatic guidance of farm vehicles using RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, 2004, ICRA04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, New Orleans, France. pp.4381-4386 Vol.5, </w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2004.1302407⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Vision-based Kinematic Calibration of a Stewart-Gough Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFTOMM World Congress in Mechanism and Machine Science, IFTOMM'03, pp. 1906-1911, Chine, delayed in April 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Tianjin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing from 3D straight lines with central catadioptric cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth Workshop on Omnidirectional Vision, Omnivis'2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Prague, Czech Republic, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00352032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a vision vision based navigation framework on a house mobile robot prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AISTA 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Kirchberg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification géométrique de mécanismes parallèles par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA conference, RFIA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating farm vehicle: taking slipping into account</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Korea-France Symposium on Dependable Robotic Navigation (SAFEMOVE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptative control for car like vehicles guidance relying on RTK GPS : rejection of sliding effects in agricultural applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA), Taipei, TWN, 14-19 September 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Taiwan. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage de véhicule par un unique GPS cinématique en présence de glissement : application au guidage automatique d'engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique de l'Ecole Doctorale des Sciences Pour l'Ingénieur Thématique : commande, Clermont-Ferrand 13 juin 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based kinematic calibration of a H4 parallel mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2003 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Taipei, Taiwan. pp.1191-1196, </w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2003.1241754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On vision-based kinematic calibration of n-leg parallel mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IFAC Symposium on System Identification, SYSID'03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Rotterdam, Netherlands. pp.945-950, </w:t></w:r><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)34882-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive control for car like vehicles guidance relying on RTK GPS: rejection of sliding effects in agricultural applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation. IEEE ICRA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Taipei, Taiwan. pp.115-120, </w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2003.1241582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing with Oriented Blobs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Advanced Robotics (ICAR'03),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cars detection and tracking with a vision sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Vehicle Symposium (IV 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Columbus, United States. pp.593--598, </w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2003.1212979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rejection of sliding effects in car like robot control: application to farm vehicle guidance using a single RTK GPS sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2003 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Las Vegas, Ethiopia. pp.3811-3816, </w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2003.1249748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etalonnage géométrique de mécanismes parallèles par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national AIP Priméca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, La Plagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The task&amp;quot; template tracking&amp;quot; in a sensor dedicated to active vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chalimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Architectures for Machine Perception, 2003 IEEE International Workshop on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Unknown, Unknown Region. 7--pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rejection of sliding effects in car like robot control: application to farm vehicle guidance using a single RTK GPS sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RSJ International conference on Intelligent Robots and Systems (IROS), Las-Vegas, USA, 27-31 October 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, United States. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots à Architecture Complexe : De la Conception à la Performance et l'Autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belhassen-Chedli Bouzgarrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Dombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chablat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Company</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBEA 2002 - 2es Journées Bilan du Programme Interdisciplinaire ROBotique et Entités Artificielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Toulouse, France. pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'un outil de métrologie par vision pour l'étalonnage de machines-outils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Assises Usinage Grande Vitesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Lille, France. pp.151-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of a vision-based measuring device for parallel machine-tool calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2002: IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Lausanne, France. pp.1868-1873, </w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRDS.2002.1044028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Identification of Mechanisms using a Robust Design of Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Integrated Design and Manufacturing in Mechanical Engineering, IDMME'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is 3D useful in stereo visual servoing?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Advanced Robotics (ICAR'02),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position based visual servoing: keeping the object in the field of vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2002 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Washington, France. pp.1624-1629</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is 3D useful in stereo visual control?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Automation, 2002. Proceedings. ICRA'02. IEEE International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Unknown, Unknown Region. pp.1630--1635</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image based stereo visual servoing: 2D vs 3D features.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 15th IFAC World Congress on Automatic Control, IFAC'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active vision based on CMOS camera : an active detector approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chalimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robot, ISR'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification géométrique d'un robot parallèle H4 à l'aide d'un outil de métrologie par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Jeunes Chercheurs en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic guidance of a farm tractor along curved paths, using a unique CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RSJ International conference on intelligent robots and systems IROS 2001, Maui Hawai, USA, 29 october-3 november 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Maui, United States. pp.674-679, </w:t></w:r><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2001.976247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacking Jacobians Properly in Stereo Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2001 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. pp.717-722, </w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.932635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et suivi de véhicule par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18° Colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Centre National d'Etudes Spatiales (CNES), Sep 2001, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking with a pan-tilt-zoom camera for an ACC system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Scandinavian Conference on Image Analysis (SCIA '01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Bergen, Norway. pp.561--566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Object Tracking with a pan-tilt-zoom camera : application to car driving assistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotics &amp; Automation (ICRA '01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. pp.1653--1658, </w:t></w:r><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.932848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CP-DGPS farm tractor control along curved path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Conference on Precision Agriculture, ECPA'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereo Visual Servoing with a Single Point: a Comparative Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Advanced Robotics (ICAR'01),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curved path following of a farm tractor using a CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème International IFAC Symposium on Robot control SYROCO 2000, Vienna, AUT, 21-23 septembre 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Austria. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle guidance using CP-DGPS : comparison of two heading estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Engineering Conference, AGENG'00</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Warwick, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turning around an unknown object using visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'2000,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Takamatsu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curved Path Following of a Farm Tractor Using a CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYROCO'00 - 6th IFAC Symposium on Robot Control,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Vienne, Austria. pp.489-494, </w:t></w:r><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)37977-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farm vehicle guidance using CP-GDGPS: two heading estimators comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural engineering conference AgEng 2000, University of Warwick, GBR, 2-7 July 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, United Kingdom. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage d'un engin agricole par CP-DGPS : comparaison de deux estimateurs d'orientation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche technologique et industrielle au service de l'agriculture de précision, AP'00, Enesad et Cemagref</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Dijon, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position based visual servoing using a non-linear approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'99 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1999, Kyongju, South Korea. pp.531-536, </w:t></w:r><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.1999.813058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Pixel and Depth Information in Image-Based Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAR'99 - 9th International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Tokyo, Japan. pp.445-450</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-Based Control of a Land Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Automation and Robotics in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Madrid, France. </w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22260/ISARC1999/0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Visual Servoing Techniques : Experimental Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 1999 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1999, Karlsruhe, Germany. pp.4555-4560, </w:t></w:r><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC.1999.7100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-Based control of a land vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème IAARC-IFAC-IEEE International symposium on Automation and Robotics in construction ISARC, Madrid, ESP, 22-24 September 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Spain. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CP-DGPS based combine harvester control without orientation sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Thibaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ION GPS-99, Nashville, USA, 14-17 September 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, United States. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CP-DGPS based combine harvester control without orientation sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ION GPS 1999 - 12th International Technical Meeting of the Satellite Division of The Institute of Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Nashville, United States. pp.2041-2046</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing with indirect image control and a predictable camera trajectory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'99 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1999, Kyongju, South Korea. pp.381-386, </w:t></w:r><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.1999.813034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual feedback in camera motion generation: Experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'99,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Kyongju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real Time Visual Servoing around a complex object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAPR Workshop on Machine vision Application, MVA'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Chiba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A real time car tracker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J P Derutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AVCS'98 - International Conference on Advances in Vehicle Control and Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Amiens, France. pp.282-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Controller Synthesis in Automatic Guided Vehicles Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AVCS'98 - International Conference on Advances in Vehicle Control and Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Amiens, France. pp.395-401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Results Using Robust Controller Synthesis in Automatic Guided Vehicles Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAV'98 - Third IFAC Symposium on Intelligent Autonomous Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Madrid, Spain. pp.345-350, </w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)44109-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Guided Vehicles in Agricultural and Green Space Fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIR'98 - 4th French Isralei Symposium on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Besançon, France. pp.87-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot Control using Monocular Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Daucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'97 - Workshop on New Trends in Image Based Robot Servoing, IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Grenoble, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controller Synthesis Applied to Automatic Guide Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYROCO'97 - 5th Symposium on Robot Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Nantes, France. pp.735-742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Generation by Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'97,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement visuel pour le guidage d'engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J3A'97 - Journées Automatique, Agriculture et Agro-Alimentaire, Club EEA, MENESR, PRC-GdR Automatique et ISIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of first derivative of geometric features in visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Automation, 1996. Proceedings., 1996 IEEE International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Unknown, Unknown Region. pp.3413--3419</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of the First Derivative of Geometric Features in Visual Servoing,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Mineapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Based Control Law using 3D Visual Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Automation Congress, WAC'96, Robotics and Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Montpellier, France. pp.497-502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement Visuel d'Engins Agricoles par Commande Référencée Vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Derras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Quality Control by Artifical Vision, QCAV'95</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Le Ceusot, France. pp.250-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Road Scene Analysis System for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Conference on Intelligent Autonomous Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Espoo, Finland. pp.19--24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Visual Servoing Approach to Control Agricultural Mobile Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop on Robotics in Agriculture and the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, Toulouse, France. pp.117-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear Control of High Speed Vehicle in Image Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Industrial Automation, ICIA'95</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Nancy, France. pp.517-522</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Based Control Law for Agricultural Mobile Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop on Robotics in Agriculture and the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, Toulouse, France. pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement visuel d'engins agricoles par commande référencée vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Derras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QCAV95 Conférence internationale sur le contrôle qualité par vision artificielle, Le Creusot, 17-19 mai 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, France. pp.250-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A visual servoing approach to control agricultural mobile machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP international advanced robotics program : 4th workshop on robotics in agriculture and the food-industry, Toulouse, 30-31 octobre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, France. pp.117-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision based control low for agricultural machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP international advanced robotics program : 4th workshop on robotics in agriculture and the food-industry, Toulouse, 30-31 octobre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, France. pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real Time 3D Location of a Car from Three Characteristic Points Observed in a Video Image Sequence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFAC/IFORS Symposium on Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1994, Tianjin, China. pp.385-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing with respect to a Target Using a Camera/Laser-Stripe Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Motyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Robotics ICAR'93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1993, Tokyo, Japan. pp.591-596</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Versatile Parallel Architecture for Visual Servoing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rives</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Borrelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Computer Architecture for Machine Perception CAMP'93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1993, News Orleans, United States. pp.400-409</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel Architecture for Visual Servoing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rives</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fickinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Borrelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Computer Architecture for Machine Perception, CAMP'91</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1991, Paris, France. pp.407-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NINSAR: New itineraries for agroecology using cooperative robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiddad Igbida Labbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danès Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WORLD FIRA 2023 - Forum international de la robotique agricole en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Toulouse, France. , pp.1-1, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of an Industrial Wooden Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées scientifiques du GDR Sciences du Bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Nantes, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RobEcolo : Conception de Robots industriels à base de matériaux à faible impact Écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées scientifiques du GDR Sciences du Bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An anti-rollover device dedicated to All-Terrain Vehicle lateral stability: Application to a quad bike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international « Innovation Technologiques et Systèmes de Transport ITT'09»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Paris, France. ENSTA - ParisTech, Association Scientifique et Technique SUPMECA, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological navigation using sensory memory: SLAN versus SLAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée SLAM, Dassault-Aviation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Saint-Cloud, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Robotics for Deformable Object Manipulation with Use Cases from Food Processing Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taskin Padir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manufacturing in the Era of 4th Industrial Revolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, World Scientific, pp.267-296, 2021, </w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789811222849_0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wheeled Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.1-13, 2021, </w:t></w:r><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-41610-1_114-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Modeling for Automating Learning in Visually-guided Manipulative Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatics in Control, Automation and Robotics, Lecture Notes in Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.37-53, 2015, 978-3-319-10890-2. </w:t></w:r><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10891-9_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Based Visual Servoing Tasks with an Autonomous Humanoid Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers of Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, pp.149-162, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional Vision-Based Control from Homography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vision Systems: Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, I-Tech Education and Publishing, 2007, </w:t></w:r><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/4998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate GPS-based guidance of agricultural vehicles operating on slippery grounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Liu, J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Focus on Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nova Science Publishers, pp.185-239, 2006, 10: 1594545944</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide au guidage de véhicules agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Dauchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications non manufacturières de la robotique, Systèmes automatisés, Information - Commande - Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes Sciences, pp.64-75, 2000, ISBN 2-7462-0165-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGV for agricultural and green space field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYROCO'97 - Tutorial on Modelling and Control of Wheeled Mobile Robots: Theoretical results and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Report associated with the Paper: &amp;quot;Determining the Singularities for the Observation of Three Image Lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] IRCCyN; IRISA. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereo visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] UJI, Castellon de la Plana, Spain. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing in robotics scheme using a camera/laser-stripe sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Motyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-898, IRISA. 1995, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basic Knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. GdR Robotics Winter School: Robotica Principia, Centre de recherche Inria Sophia Antipolis – Méditérranée, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-02130071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId887"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:113.94658753709px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> PHILIPPE MARTINET </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5827-0431</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">056800878</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics-Guided Approach with Transfer Learning in Vehicle Lateral Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-025-00931-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRONE-SLAM: Dense Registration and Odometry for Near-field Environments with UAVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal On Advances in Systems and Measurements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 18 (3-4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Priority-Based Strategy for Risk Assessment and Management in the Presence of Multiple Personal Light Electric Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SN Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 7 (7)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Learning for Hybrid Visual Odometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (8), pp.7341-7348. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2024.3418271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How To Evaluate the Navigation of Autonomous Vehicles Around Pedestrians?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Prédhumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dugdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2023.3323662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor-Based Predictive Control For Autonomous Parking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 38 (2), pp.835-851. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2021.3091285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performing Energy-Efficient Pick-and-Place Motions for High-Speed Robots by using Variable Stiffness Springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14, pp.051004-1--051004-10. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4053158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03457432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Modelling and Control of Flying Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 117, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2021.104953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Singularity Analysis for the Perspective-Four-Point Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Pascual-Escudero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhilash Nayak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 129 (4), pp.1217-1237. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11263-020-01420-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platooning of Car-like Vehicles in Urban Environments: An Observer-based Approach Considering Actuator Dynamics and Time delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (9), pp.5684 - 5696. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2020.2988948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platooning of Car-like Vehicles in Urban Environments: Longitudinal Control Considering Actuator Dynamics, Time Delays, and Limited Communication Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2020.3044786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03081731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of an Accurate and Stiff Wooden Industrial Robot: First Steps towards Robot Eco-sustainable Mechanical Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Llevat-Pamiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lafoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (5), pp.051015-1 -- 051015-14. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4047726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Features Acceleration in Visual Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.5197-5204. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2020.3004793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Vision-Based Control of Large-Dimension Cable-Driven Parallel Robots Using a Multiple-Camera Setup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gouttefarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Elie Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 61, pp.20-36. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechatronics.2019.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02157768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to generic modeling and vision-based control of a broad class of fully parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 36 (12), pp.1874-1896. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0263574718000784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Kinematics, Dynamics and Control of a Flying Parallel Robot with Three Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.559-566. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lra.2017.2774920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining the Singularities for the Observation of Three Image Lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (2), pp.412-419. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lra.2016.2633975⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Controller Avoiding Dynamic Model Degeneracy of Parallel Robots during Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (5), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4037256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524311v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the determination of the singularity cases in the visual servoing of image points through the concept of hidden robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2016.2637912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degeneracy Conditions of the Dynamic Model of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multibody System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (4), pp.371-412. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11044-015-9480-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01203185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Representation for the Control of Parallel Robots via Leg Observation Considering a Hidden Robot Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01357509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Robot Programming Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 81 (1), pp.77-95. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10846-015-0201-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punctual versus continuous auction coordination for multi-robot and multi-task topological navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (4), pp.599-613. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-015-9483-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Flatbed Platoon Towing Model for Safe and Dense Platooning on Highways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Intelligent Transportation Systems Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (1), pp.58-68. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MITS.2014.2328670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Enhanced Unified Camera Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enlarging Parallel Robot Workspace through Type-2 Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01114340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hidden Robot: an Efficient Concept Contributing to the Analysis of the Controllability of Parallel Robots in Advanced Visual Servoing Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (6), pp.1337-1352</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01203183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable navigation in formation for a multi-robot system based on a constrained virtual structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 62 (12), pp.1806 - 1815. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.robot.2014.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic modeling of parallel robots with flexible platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 81, pp.21-35. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2014.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptable robot formation control: Adaptive and predictive formation control of autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (1), pp.28-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial for special issue on Perception and Navigation for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nunes Urbano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear Dynamic Modeling of Parallel Kinematic Manipulators from Observable Kinematic Elements.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69, pp.73-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Unified Model of the Sphere for Fisheye Cameras in Robotic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (8-9), pp.947-967</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Map Partitioning to Approximate an Exploration Strategy in Mobile Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiagent and Grid Systems - An International Journal of Cloud Computing </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (3), pp.275--288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic visual servoing from sequential regions of interest acquisition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (4), pp.520-537. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364911436082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01324543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Legendre Moments-Based Visual Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Yeremou Tamtsia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haman Djalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tonye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mechanics and Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 162, pp.487-496. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.162.487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust anti-sliding control of autonomous vehicles in presence of lateral disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Dou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (5), pp.468-478. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2011.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed kinematic and dynamic sideslip angle observer for accurate control of fast off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 27 (2), p. 181 - p. 196. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rob.20319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based navigation of unmanned aerial vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18 (7), pp.789-799. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2010.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed kinematic and dynamic sideslip angle observer for accurate control of fast off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.n/a-n/a. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rob.20319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional Visual-Servo of a Gough–Stewart Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (1), pp.178-183. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2008.2008745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous Navigation of Vehicles from a Visual Memory Using a Generic Camera Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (3), pp.392-402. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2008.2012375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review on the Dynamic Control of Parallel Kinematic Machines: Theory and Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (3), pp.395-416. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364908096236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based self-calibration and control of parallel kinematic mechanisms without proprioceptive sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2 (2), pp.71-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation-based approach for a better centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systems Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 39 (9), pp.913-924. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207720802184758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catadioptric visual servoing from 3D straight lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24 (3), pp.652-665</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00351865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tire Stiffness Backstepping Observer Dedicated to All-Terrain Vehicle Rollover Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (12), pp. 1267-1285. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/156855308X344828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biologically-inspired 3D grasp synthesis based on visual exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Recatalá</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eris Chinellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ángel Del pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 25 (1-2), pp.59-70. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-008-9086-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic execution of everyday tasks by means of external vision/force control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1 (3), pp.253-266. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11370-007-0008-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor navigation of a non-holonomic mobile robot using a visual memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 25 (3), pp.253-266. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-008-9093-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damped least square based genetic algorithm with Ggaussian distribution of damping factor for singularity-robust inverse kinematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Minh Phuoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hunmo Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (7), pp.1330-1338. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-008-0427-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tire stiffness backstepping observer dedicated to All-Terrain: vehicle rollover prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22, pp.1267-1285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive path tracking control for off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 13 (4), pp.419-439. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejc.13.419-439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de véhicules en présence de glissement. Application au suivi de trajectoire pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.187--205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-based Visual Servoing of a Gough-Stewart Parallel Manipulator using Leg Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Robotics Research. Special Issue on Vision and Robotics -- Joint with the International Journal of Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 26 (7), pp.677--687</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unifying Kinematic Modeling, Identification, and Control of a Gough-Stewart Parallel Robot Into a Vision-Based Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 22 (6), pp.1077-1086. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2006.882931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High accuracy path tracking for vehicle in presence of sliding: application to farm vehicles automatic guidance for agricultural tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.79-97. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-006-7806-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Tracking Control of Farm Vehicles in Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruixia Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (10), pp.828-839. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.robot.2006.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00102713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic and Dynamic Identification of Parallel Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Andrès Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poignet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14 (9), pp.1099-1109. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2005.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00102629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic Calibration of Parallel Mechanisms: A Novel Approach using Legs Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 21(4), pp.529-538</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement visuel en vision omnidirectionnelle à partir de droites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement du Signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22 (5), pp.462-482</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00351890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-Based Kinematic Calibration of an H4 Parallel Mechanism: Practical Accuracies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pierrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Robot: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 31 (3), pp.273-283. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/01439910410532350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving image-based visual servoing with three-dimensional features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 22 (10-11), pp.821-839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage automatique d'un engin agricole par GPS cinématique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 37 (3), pp.405-433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00272618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage automatique d'un engin agricole par GPS cinématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 37 (3), pp.405-433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Guidance of a Farm Tractor Relying on a Single CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 13 (1), pp.53-71. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1015678121948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic guidance of a farm tractor relying on a single CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 13, pp.53-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic manipulation with stereo visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Newsletters, Robotics and Machine Perception,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time visual servoing around a complex object,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Information and System Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, E83, pp.1358-1368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guidance-assistance system for agricultural vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 25 (1-2), pp.29-51. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1011516101288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Help Guidance System for Agricultural Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 25 (1), pp.29-51. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0168-1699(99)00054-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01296390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Guided Vehicles: Robust Controller Design in Image Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 8 (1), pp.25-42. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1008936817917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based control in driving assistance of agricultural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rouveure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 17 (10), pp.1040-1054</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Based Control in Driving Assistance of Agricultural Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 17 (10), pp.1040-1054</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing in Robotics Scheme Using a Camera/Laser-Stripe Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Motyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 12 (5), pp.743-750. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/70.538978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (360)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning-Based Fusion for Robust Multi-Spectral Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Singh Savner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2026 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2026, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05539437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus on Relevant Road Users with Multi-Rules Reachable Sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IV 2026 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2026, Detroit, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05485918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Rules Reachability Analysis for Road Agents Using Graph-Based Maps and Real-Time Kinematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2025 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cluj - Napoca, Romania. pp.119-124, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IV64158.2025.11097553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Direct Solution in Moving Horizon Estimation with Deep Learning Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2025 - International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Atlanta (GA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CG-Net: Urban Trajectory Forecasting with Bipartite Graphs for Agents, Scene Context and Candidate Centerlines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaushik Bhowmik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2025 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS) 2025, Oct 2025, Hangzhou, China. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117054v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Strategy for Connectivity Maintenance and Recovery in Heterogeneous Multi-Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2025 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hang Zhou, China, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Optimization Method for Safe Autonomous Navigation under Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFAC Symposium on Intelligent Autonomous Vehicles (IAV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Phoenix, United States. pp.121-126, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.07.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bias-Variance Analysis of Multi-Step Loss Functions for Dynamical System Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCNN 2025 - International Joint Conference on Neural Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Visual SLAM for Multi-session Precise Localization: Application to a Coastal Cliff in Normandy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAS 2025 - International Conference on Autonomic and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Lisbone, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BALO: A novel point-to-plane BAlanced Lidar Odometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Azzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2025 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cluj-Napoca, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic and Safe Multi-Risk Fusion for Autonomous Navigation in the presence of PLEVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th IEEE Intelligent Vehicles Symposium (IV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cluj - Napoca, Romania. pp.1942-1949, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IV64158.2025.11097408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Multi-Level Optimization for Safe Predictive Control of Autonomous Vehicles to Avoid Uncertain Multimodal PLEVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hang Zhou, China, China. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS60139.2025.11246468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PhraseStereo: The First Open-Vocabulary Stereo Image Segmentation Dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Campagnolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Bahl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer Vision, ICCV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-stage deep stereo network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2024 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04348688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Approach for Parameter Estimation in Vehicle Lateral Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMIS 2024 - 27th International Symposium on Methodologies for Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Poitier, France. pp.249--259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Risk Assessment and Management using Probabilistic Fusion of Predictive Inter-Distance Profile for Urban Autonomous Driving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd European Control Conference (ECC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden. pp.3747-3753, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC64448.2024.10591000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards autonomous robotic structure inspection with dense-direct visual-SLAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32th European signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04691850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanced ICP for precise lidar odometry from non bilateral correspondences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Azzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2024 - IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Jeju Island, South Korea. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IV55156.2024.10588814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness Study of Optimal Geometries for Cooperative Multi-Robot Localization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2024 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2024, Abou Dabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Spectral Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2024 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Risk Assessment and Management in the Presence of Personal Light Electric Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Informatics in Control, Automation and Robotics (ICINCO 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.137-145, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0013059500003822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche Bayésienne pour l'Estimation des Paramètres de la Dynamique Latérale d'un Véhicule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Artificial Intelligence for Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche Bayésienne pour l'Estimation des Paramètres de la Dynamique Latérale d'un Véhicule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lionti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gutowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAID 2023 - 5e Conference on Artificial Intelligence for Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGA Maîtrise de l'Information, Nov 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-masks Generation for Increasing Robustness of Dense Direct Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2023 - 26th IEEE International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE-ITSS, Sep 2023, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards autonomous robot navigation in human populated environments using an Universal SFM and parametrized MPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Fiasché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2023 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Detroit (MI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the Performances of Control Parameterizations for Nonlinear Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV57592.2022.10004335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Injury Risk Motion Planning using Active Mitigation and Sampling Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Alberto Serafim Guardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2022 - 25th IEEE Intelligent Transportation Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Macao, China. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive And Smooth Maneuvering For Navigation Around Pedestrians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2022 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarking Nonlinear Model Predictive Control with Input Parameterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Methods and Models in Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Miedzyzdroje, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701390v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Dense Hybrid Stereo Visual Odometry Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Malis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2022 - 2022 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, KYOTO, Japan. pp.6998-7003, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS47612.2022.9981814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty-aware Navigation in Crowded Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Alao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2022 - 17th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Singapore, Singapore. pp.293-298, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV57592.2022.10004241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling-Based MPC for Constrained Vision Based Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ihab S. Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2021 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS51168.2021.9635970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03313645v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive Longitudinal Velocity Control In Pedestrians-Vehicle Interaction Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2020 - 23rd IEEE International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Rhodes, Greece. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Proactive Navigation: A Pedestrian-Vehicle Cooperation Based Behavioral Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kabtoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2020 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Paris, France. pp.6958-6964</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employing Severity of Injury to Contextualize Complex Risk Mitigation Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Alberto Serafim Guardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Spalanzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh-Lam Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV 2020 – 31st IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas / Virtual, United States. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Path Integral Control Framework for Partially Observable Navigation: A Quadrotor Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ihab S. Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conerence on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545951v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive-Cooperative Navigation in Human-Like Environment for Autonomous Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanting Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Salaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2020 - 17th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Paris / Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Features Acceleration in Visual Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2020 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas / Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCTA41146.2020.9206269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor-Based Predictive Control for Autonomous Parking in Presence of Pedestrians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2020 - 16th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Shenzhen, China. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv50220.2020.9305465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing the Energy Consumption of a Delta Robot by Exploiting the Natural Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RoManSy 2020 - 23rd CISM IFToMM Symposium on Robot Design, Dynamics and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Sapporo /Virtual, Japan. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-58380-4_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02850036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Natural Dynamics in order to Increase the Feasible Static-Wrench Workspace of Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Cracovie, Poland. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-20131-9_215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02003103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicles Platooning in Urban Environments: Integrated Consensus-based Longitudinal Control with Gap Closure Maneuvering and Collision Avoidance Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC19 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Naples, Italy. pp.1695-1701, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ecc.2019.8795940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Observer-based Longitudinal Control of Car-like Vehicles Platoon Navigating in an Urban Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2019 - 58th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Nice, France. pp.5735-5741, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cdc40024.2019.9029187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparison of Visual Servoing from Features Velocity and Acceleration Interaction Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2019 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Macau, China. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/iros40897.2019.8967710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Relaxation-based Constrained Path Planning via Quadratic Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Baden-Baden, Germany. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01370-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Wooden Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd CISM IFToMM Symposium on Robot Design, Dynamics and Control (RoManSy 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-78963-7_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoMapping: Efficient 3D-Map Sharing Methodology for Decentralized cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Contreras-Samamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th workshop on Planning, Perception and Navigation for Intelligent Vehicles at Int. Conf. on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RobEcolo: Optimal Design of a Wooden Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference (IDETC/CIE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada. pp.DETC2018-85218,, </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2018-85218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01777552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing energy efficiency of high-speed parallel robots by using variable stiffness springs and optimal motion generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference (IDETC/CIE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/detc2018-85090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01777551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicles Platooning in Urban Environment: Consensus-based Longitudinal Control with Limited Communications Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2018.8581142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Decentralized Collaborative Mapping for Outdoor Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Contreras-Samamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotic Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Laguna Hills, United States. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/irc.2018.00017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-Based Control Law For Autonomous Parallel And Perpendicular Parking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotic Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Laguna Hills, United States. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/irc.2018.00018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained Path Planning using Quadratic Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2018 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/iros.2018.8593373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Formal Approach for the Design of a Dependable Perception System for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yrvann Emzivat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Ibañez-Guzmán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Illy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2018 - 21st IEEE International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Maui, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2018.8569903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor-Based Predictive Control for Autonomous Backward Perpendicular and Diagonal Parking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th workshop on Planning, Perception and Navigation for Intelligent Vehicles at Int. Conf. on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Kinematics, Dynamics and Control of a Flying Parallel Robot with Three Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Robotics and Automation (ICRA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Brisbane, Australia. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2017.2774920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01685032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoMapping: Multi-robot Sharing and Generation of 3D-Maps applied to rural and urban scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Contreras-Samamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2018.8581058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Perpendicular and Diagonal Unparking Using a Multi-Sensor-Based Control Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2018 - The 15 th International Conference on Control, Automation, Robotics and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2018.8581237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing Input Torques of a High-Speed Five-Bar Mechanism by using Variable Stiffness Springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd CISM IFToMM Symposium on Robot Design, Dynamics and Control (RoManSy 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-78963-7_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Driving Task Fallback for an Automated Driving System whose Ability to Monitor the Driving Environment has been Compromised</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yrvann Emzivat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Ibanez-Guzman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Henri Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Intelligent Vehicles Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Redondo Beach, United States. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ivs.2017.7995973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Modeling and Trajectory Tracking Controller of a Novel Flying Parallel Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossing Type 2 Singularities of Parallel Robots without Pre-planned Trajectory with a Virtual-constraint-based Controller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Balderas Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE International Conference on Robotics and Automation (ICRA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icra.2017.7989721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the precision of a multi-map AMCL-based localization system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Blosseville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Koreki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Workshop on Planning, Perception and Navigation for Intelligent Vehicle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception and Automation for Intelligent Mobility in Dynamic Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Rummelhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Lussereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2017 Workshop on Robotics and Vehicular Technologies for Self-driving cars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastostatic Modelling of a Wooden Parallel Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFToMM International Workshop on Computational Kinematics (CK2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Poitiers, France. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-60867-9_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the determination of the singularity cases in the visual servoing of image points through the concept of hidden robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2017 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2016.2637912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exciting Trajectories for Extrinsic Calibration of Mobile Robots with Cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 20th International Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2017.8317683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining the Singularities for the Observation of Three Image Lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE International Conference on Robotics and Automation (ICRA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2016.2633975⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptability of Automated Driving Systems to the Hazardous Nature of Road Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yrvann Emzivat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Ibanez-Guzman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Henri Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 20th International Conference on Intelligent Transportation Systems (ITSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/itsc.2017.8317638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous Perpendicular And Parallel Parking Using Multi-Sensor Based Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Workshop on Planning, Perception and Navigation for Intelligent Vehicles at IEEE/RSJ Int. Conf. on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control-based Design of a Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Conference on Mechanism Science (EuCoMeS2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01307357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Fisheye Stereo Correspondence Using Enhanced Unified Camera Model and Semi-Global Matching Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICARCV 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Phuket, Thailand. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icarcv.2016.7838761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722268v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keynote on Sensor based navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Planning, Perception and Navigation for Intelligent Vehicles A bridge between Robotics and ITS technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic sensor-based control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Vandernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Suarez Roos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 14th International Conference on Control, Automation, Robotics and Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Phuket, France. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2016.7838639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous parking using a sensor based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pérez-Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kermorgant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Planning, Perception and Navigation for Intelligent Vehicles at IEEE Int. Conf. on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01396998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of lateral controllers for autonomous vehicle : experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International IEEE Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Enhanced Unified Camera Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Controller for Avoiding Dynamic Model Degeneracy of Parallel Robots during Type 2 Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Six</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Conference on Mechanism Science (EuCoMeS2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Nantes, France. pp.589-597, </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-44156-6_60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01307366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performing Assembly Task Under Constraints Using 3D Sensor-Based Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Vandernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Suarez Roos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Padua, Italy. pp.1389-1399, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-08338-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keynote on Advanced control of parallel robots and its extension to other research fields (Part I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2016 Workshop: Application of the theoretical background in Parallel Robotics to other research areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Stockholm, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Flatbed Tow Truck Model Stable and Safe Platooning in the Presences of Lags, Communication and Sensing Delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GTAA (Groupe de Travail GdR MACS Automatique et automobile)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-effector pose estimation of the Monash Epicyclic-Parallel Manipulator through the visual observation of its legs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Vignolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Advanced Robotics (ICAR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Flatbed Tow Truck Model for Stable and Safe Platooning in the Presences of Lags, Communication and Sensing Delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Seattle, United States. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2015.7139409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimization technique for positioning multiple maps for self-driving car's autonomous navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Domínguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Khomutenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Transportation System Conference Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Gran Canaria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6 channels Velodyne versus planar LiDARs based perception system for Large Scale 2D-SLAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Nobili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Dominguez-Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Visual SLAM Framework for a Multi-Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nived Chebrolu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Marquez-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROS-based online robot programming for remote education and training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Casañ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Alemany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2015 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Seattle, France. pp.6101-6106, </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2015.7140055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic modeling of cooperative robots holding flexible objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAR 2015 - International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Istanbul, France. pp.182-187, </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAR.2015.7251453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hidden Robot Concept: a Tool for Control Analysis and Robot Control-based Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Robot Kinematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Controller for Enlarging Parallel Robots Workspace through Type 2 Singularity Crossing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Robotics and Automation (ICRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Hong Kong, China. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2014.6907477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00929829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highways platooning using a flatbed tow truck model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées mobilité en milleux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A vision-based generic dynamic model of PKMs and its experimental validation on the Quattro parallel robot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ASME International Conference on Advanced Intelligent Mechatronics (AIM 2014.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Besançon, France. pp.937-942, </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AIM.2014.6878200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01313504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modified flatbed tow truck model for stable and safe platooning in presences of lags, communication and sensing delays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. pp.169--173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Analysis of two Types of Leg-observation-based Visual Servoing Approaches for the Control of the Five-bar Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Vignolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Australasian Conference on Robotics and Automation (ACRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01074335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Cutting of Soft Materials using Force Control & Image Moments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 13th International Conference on Control Automation Robotics &amp; Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Singapore, France. pp.474-479, </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2014.7064351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for Simplifying the Analysis of Leg-Based Visual Servoing of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00929828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe Platooning in the Event of Communication Loss using the Flatbed Tow Truck Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 13th International Conference on Control Automation Robotics &amp; Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Singapore, France. pp.1644-1649, </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2014.7064562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Force/vision control for robotic cutting of soft materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2014 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, France. pp.4716-4721, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6943233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based control of multi arms system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next generation of collaborative robots, French-Japanese Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Deformable Object Cutting: From Simulation to Experimental Validation*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Workshop on Deformable Object Manipulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe highways platooning with minimized inter-vehicle distances of the time headway policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PPNIV13 - IROS13 Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Representation for the Control of the Adept Quattro with Rigid Platform via Leg Observation Considering a Hidden Robot Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rosenzveig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo Big Sight, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of Redundancy in complex systems : from theoretical concepts to applications ”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Wireless Communications and User centered Services in Pervasive Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Motion Generation for Exiting a Parallel Manipulator from a Type 2 Singularity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2013 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Portland, OR, United States. pp.DETC2013-12103, </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2013-12103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00818101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Representation for the Control of Gough-Stewart Platforms via Leg Observation Considering a Hidden Robot Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2013 IEEE International Conference on Robotics and Automation (ICRA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing the inter-vehicle distances of the time headway policy for urban platoon control with decoupled longitudinal and lateral control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITSC 2013 - 16th International IEEE Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, The Hague, France. pp.1805-1810, </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques latérale et longitudinale découplées pour la commande d'un convoi urbain avec des distances inter-véhicules variables et minimisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAR13 - 8th National Conference on “Control Architectures of Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling & Control of a Meat-Cutting Robotic Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAR 2013 - 16th International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Montevideo, Uruguay. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAR.2013.6766471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Meat Cutting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT-PAMM Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Kumamoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe highways platooning with minimized inter-vehicle distances of the time headway policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT-PAMM Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Kumamoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing the inter-vehicle distances of the time headway policy for platoon control on highways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO13 - 10th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Reykjavík, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Auctions for &amp;quot;Rendez-Vous&amp;quot; Coordination Phases in Multi-robot Multi-task Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Agent Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Atlanta, United States. pp.67-74, </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WI-IAT.2013.92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacle Avoidance Controller Generating Attainable Set-points for the Navigation of Multi-Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Intelligent Vehicles Symposium (IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Gold Coast, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation and localization in large working volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURobotics Workshop on Large Working Volumes, EUROPEAN ROBOTICS FORUM, ERF13,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Speed Parallel Kinematic Manipulator State Estimation from Legs Observation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'13.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Japan. pp.426-429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanoid Robot Localization and Navigation in Domestic Environment using RGBD Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Technology for Helping People with Special Needs, ICTHP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Riyadh, Saudi Arabia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de trajectoires optimales de sortie de position singulière pour les mécanismes parallèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de trajectoires optimales de sortie et traversée de singularités pour des mécanismes parallèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pagis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03440488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution approchée par décomposition de processus décisionnels de Markov appliquée à l'exploration en robotique mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes, JFPDA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Computational Cognition and Visual Servoing Based Methodology to Design Automatic Manipulative Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Informatics in Control, Automation and Robotics (ICINCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Reykjavík, Iceland. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0004480802130220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-road mobile robot control: An adaptive approach for accuracy and integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th CISM-IFToMM Symposium on Robot Design, Dynamics, and Control, ROMANSY 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France. p. - p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00763638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systemes hybrides pour garantir la stabilite des architectures multi-controleurs dediees a la navigation des robots mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journees Robotique et Automatique, JRA12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altruistic Distributed Target Allocation for Stable Navigation in Formation of Multi-robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International IFAC Symposium on Robot Control (SYROCO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Dubrovnik, Croatia. pp.676-681, </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20120905-3-HR-2030.00093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interleaving Planning and Control of Mobiles Robots in Urban Environments Using Road-Map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Jeju Island, South Korea. pp.683-691, </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-33926-4_65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Obstacle Avoidance Strategies using Limit Cycle for the Navigation of Multi-Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE/RSJ IROS'12, 4th Workshop on Planning, Perception and Navigation for Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Vilamoura, Algarve, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Robot Navigation and Obstacles Avoidance based on Planning and Re-Planning Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International IFAC Symposium on Robot Control (SYROCO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based Modeling and Control of Large-Dimension Cable-Driven Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gouttefarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS: Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Vilamoura, Algarve, Portugal. pp.1581-1586, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2012.6385504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00737658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Controlling Multi-Robot System using Multi-Agent based Coordination Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO'11, 8th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Noordwijkerhout, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Control of the Quattro Robot by the Leg Edges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'11.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Shangai, China. pp.2731-2736</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Robot Navigation in Cluttered Environment using Reactive Elliptic Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Milano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul distribué de politiques d'exploration pour une flotte de robots mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones sur les Systèmes Multi-Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Valenciennes, France. pp.117-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control Architecture for Cooperative Mobile Robots using Multi-Agent based Coordination Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th National Conference on Control Architectures of Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRIA Grenoble Rhône-Alpes, May 2011, Grenoble, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00599602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-speed mobile robot control in off-road conditions: a multi-model based adaptive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Hach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Shangaï, China. p. 6143 - p. 6149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00615483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Map Partitioning to Approximate an Exploration Strategy in Mobile Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Beynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel-Illah Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Practical Applications of Agents and Multiagent Systems (PAAMS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Salamanca, Spain. pp.63-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards vision-based control of cable-driven parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gouttefarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micaël Michelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS: Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, San Francisco, United States. pp.2855-2860, </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2011.6094591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00691562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient high-speed vision-based computed torque control of the orthoglide parallel robot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.644-649</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New active safety device dedicated to light all-terrain vehicle stability: Application to quad bike and off-road mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010, International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00525088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the adequation of dynamic modelling and control of parallel kinematic manipulators.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Joint International Conference on Multibody System Dynamics (IMSD'10).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lappeenranta, Finland. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vector-based dynamic modeling and control of the quattro parallel robot by means of leg orientations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Ozgür</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Robotics and Automation (ICRA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.638-643</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agents based system to coordinate mobile teamworking robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Gâteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Companion Robotics Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation of Multi-Robot Formation in Unstructured Environment Using Dynamical Virtual Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lequievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'10, IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilité globale pour la navigation réactive d'un robot mobile en présence d'obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaher Al Barakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2010, Sixième Conference Internationale Francophone d'Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous maneuver of a farm vehicle with a trailed implement: motion planner and lateral-longitudinal controllers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International conference on robotics and automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.3824-3824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path following of a vehicle-trailer system in presence of sliding: application to automatic guidance of a towed agricultural implement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RSJ International conference on intelligent robots and systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new device dedicated to autonomous mobile robot dynamic stability: Application to an off-road mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2010, IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.3813-3818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyapunov Global Stability for a Reactive Mobile Robot Navigation in Presence of Obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA'10 International Workshop on Robotics and Intelligent Transportation System, RITS10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Urban Cooperative and Autonomous Navigation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP workshop on Risky Interventions and Environmental Surveillance-Maintenance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive formation control of a fleet of mobile robots : application to autonomous field operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Preynat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2010, IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Anchorage, Alaska, United States. pp.1241-1246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic reverse turn of agricultural vehicles: a predictive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2010 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture de Contrôle Hybride (cognitive/reactive) pour un Système Multi-Robots basee sur un Modele Organisationnel Multi-Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme Journees Nationales de la Recherche en Robotique (JNRR'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Neuvy sur Barangeon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic framework for topological navigation of urban vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA09 - Workshop on Safe navigation in open and dynamic environments Application to autonomous vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual navigation of a quadrotor Aerial Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, France. pp.5315-5320, </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D pose and velocity visual tracking based on sequential region of interest acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redwan Dahmouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, United States. pp.5426-5431, </w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi Lyapunov Function Theorem Applied to a Mobile Robot Tracking a Trajectory in Presence of Obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Mobile Robots (ECMR 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line reference trajectory generation for manually convoying a platoon of automatic urban vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Derutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, France. pp.1867-1872, </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5353893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic reverse turn of agricultural vehicles: a predictive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA09 - IEEE RAS Workshop on Agricultural Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An active anti-rollover device based on predictive functional control: Application to an all-terrain vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. pp.1309-1314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion planner and lateral-longitudinal controllers for autonomous maneuvers of a farm vehicle in headland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St Louis, MO, United States. pp.5782-5787, </w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véhicules urbains et en environnement naturel au LASMEA et au Cemagref</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le siècle de la voiture intelligente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Paris, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacle Avoidance and Trajectory Replanification for a Group of Communicating Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITST 2009 - 9th International Conference on ITS Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lille, France. pp.267-272, </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilité asymptotique pour la navigation reactive d'un système multi-robots en presence d'obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinet Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journee des Jeunes Chercheurs en Robotique (JJCR 09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Neuvy sur Barangeon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives de robotisation dans la filière viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEAT'IN09 - Les innovations dans la filière viande et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Theix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-model based sideslip angle observer: accurate control of high-speed mobile robots in off-road conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, St. Louis, MO, United States. pp.1197-1202, </w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2009.5354727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An active anti-rollover device based on Predictive Functional Control: application to an All-Terrain Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, France. pp.1309-1314, </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled visual servoing based on the spherical projection of a set of points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. pp.1110-1115, </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des principes de commande adaptative pour la commande des véhicules en milieu naturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du GDR Robotique : GT4 Méthodologies pour la Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Paris, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sensor-Based Approach for Dependable Physical Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rüdiger Dillmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA08 - 6th Workshop on "Technical Challenges for Dependable Robots in Human Environments"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient hierarchical localization method in an omnidirectional images memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Pasadena, United States. pp.13-18, </w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2008.4543180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral control of autonomous vehicles with sliding angle reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruixia Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Control and Decision Conference (CCDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Yantai, China. pp.2814 - 2819, </w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCDC.2008.4597839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rollover indicator based on a tire stiffness backstepping observer: application to an all-terrain vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.2726 - 2731, </w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2008.4650648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced path tracking control for off-road mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems. IROS08 - Workshop on Modeling, Estimation, Path Planning and Control of All Terrain Mobile Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.32-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rollover indicator based on a tire stiffness backstepping observer: application to an all-terrain vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.2726-2731</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion Planning for Non-Holonomic Mobile Manipulator Based Visual Servo under Large Platform Movement Errors at Low Velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Minh Phuoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hunmo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IFAC World Congress, IFAC08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Seoul, South Korea. pp.4312-4317, </w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20080706-5-KR-1001.00726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROTEUS: A platform to organize transfer inside French robotic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Patin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd National Conference on Control Architectures of Robots, CAR08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global decentralized control strategy for urban vehicle platooning using monocular vision and laser rangefinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Automation, Robotics and Vision (ICAR-CV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande d'un véhicule à 4 roues directrices en milieu naturel: application au suivi de trajectoires pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique (CIFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Bucarest, Roumanie. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vision-based Computed Torque Control for Parallel Kinematic Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chablat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Pasadena, United States. ISBN: 978-1-4244-1647-9, pp. 1556-1561</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive control of four-wheel-steering off-road mobile robots: application to path tracking and heading control in presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. pp.1759--1764, </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2008.4650645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an hybrid control architecture for a mobile multi-robot systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Benzerrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounis Adouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd National Conference on Control Architectures of Robots (CAR08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual navigation of indoor/outdoor non-holonomic robots with wide field of view cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OmniRoboVis08 - Workshop on Omnidirectional vision robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compliant Physical Interaction based on External Vision-Force Control and Tactile-Force Combination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro J Sanz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MFI 2008 - IEEE International Conference on Multisensor Fusion and Integration for Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Seoul, South Korea. pp.405-410, </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MFI.2008.4648029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SoViN: A software platform for visual navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lequievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd National Conference on Control Architectures of Robots, CAR08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient visual memory based navigation of indoor robot with a wide-field of view camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 10th International Conference on Control, Automation, Robotics and Vision (ICARCV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Hanoi, Vietnam. pp.268-273, </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARCV.2008.4795530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing tracking performances of parallel kinematic machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Mechanism and Machine Science, IFToMM07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External Hybrid Vision/Force Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Advanced Robotics, ICAR07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Jeju, South Korea. pp.170-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the major dynamic control strategies of parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC07 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Kos, Greece. pp.4377-4384, </w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC.2007.7068791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backstepping observer dedicated to tire cornering stiffness estimation: Application to an All Terrain Vehicle and a farm tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States. pp.1763--1768, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4398988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some issues on dynamic control of parallel kinematic machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Advanced Robotics, ICAR07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Jeju, South Korea. pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a generic kinematic model for vision-based control of parallel kinematic machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Conception et Modélisation des Systèmes Mécaniques, CMSM07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Monastir, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a generic image-based visual servoing of parallel robots using legs observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Mechanism and Machine Science, IFToMM07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIsion force control in task-oriented grasping and manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukhan Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, France. pp.1320-1325, </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional Visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Vision and Visual Servoing, IWVV07, Sungkyunkwan University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-Based Visual Servoing of the I4R parallel robot without Proprioceptive Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Rome, France. pp.1709-1714, </w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2007.363569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backstepping observer dedicated to tire cornering stiffness estimation: application to an All Terrain Vehicle and a farm tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE / RSJ International Conference on Intelligent RObots and Systemsn IROS2007, San Diego, CA, USA 29 October - 2 November 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.1763-1768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional visual-servo of a Gough-Stewart platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, France. pp.1326-1331, </w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled Visual Servoing from a set of points imaged by an omnidirectional camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Rome, France. pp.1697-1702, </w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2007.363567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation of a non-holonomic mobile robot with a memory of omnidirectional images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Planning, Perception and Navigation for Intelligent Vehicles, PPNIV07 at IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic fisheye camera model for robotic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Eckt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, France. pp.1683-1688, </w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based self-calibration and control of parallel kinematic mechanisms without proprioceptive sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Advanced Robotics, ICAR07, South Korea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Jeju, South Korea. pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Pose and Velocity Measurement by Vision for High-Speed Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States. pp.3742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing of Par4 using leg observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Annual Conference of the IEEE Industrial Electronics Society (IECON'06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path Planning for image based control with omnidirectional cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 45th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, San Diego, United States. pp.1764-1769, </w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2006.377691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous Navigation and Platooning using a Sensory Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop “Safe Navigation in Open and Dynamic Environments: Autonomous Systems versus Driving Assistance Systems” at IEEE International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Object Pose and Velocity Computation Using a Single View from a Rolling Shutter Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th European Conference on Computer Vision, ECCV'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homography based visual servoing with omnidirectional cameras: the cases of points and lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMAR06 - 12th IEEE International Conference on Methods and Models in Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Międzyzdroje, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of optimization techniques for an optimal fertilization by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2006 IEEE/RSJ International Conference on Intelligent Robots and Systems, Beijing, CHN, 9-15 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern tracking and visual servoing for indoor mobile environment mapping and autonomous navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Informatics in Control, Automation and Robotics, ICINCO06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimization-based Method for the reduction of fertilisers application errors by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium of Centrifugal Fertiliser Spreading, Montoldre, 24-25 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.H1-H6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Optimization Techniques for an Optimal Fertilization by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.4399-4404, </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.282018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la navigation autonome à la navigation en convoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Navigation autonome de véhicules en milieu urbain - ROBEA-BODEGA", associé à RFIA'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00102730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Object Pose and Velocity Computation Using a Single View from a Rolling Shutter Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">th European Conference on Computer Vision, ECCV'06, Austria May 7-13th,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Graz, Austria. pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2006 3rd International Conference on Informatics in Control, Automation and Robotics, Setubal, Portugal, 1-5 August 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO06 - 3rd International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Rolling Shutter Distortions for Simultaneous Object Pose and Velocity Computation Using a Single View</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICVS06 - 4th IEEE International Conference on Computer Vision Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, New-York City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des droites polaires en asservissement visuel omnidirectionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIAP 2006 - RFIA conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Grasp Synthesis Based on a Visual Cortex Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eris Chinellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Recatala Ballester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel P del Pobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioRob 2006 - The First IEEE/RAS-EMBS International Conference on Biomedical Robotics and Biomechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Pisa, France. pp.164-169, </w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BIOROB.2006.1639078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot mobile tout-terrain pour l'évaluation de lois de commande dédiées au suivi de trajectoire de véhicules dans le cadre de la mobilité accrue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Automatique : démonstrateurs en Automatique, Angers, FRA, 28-29 mars 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pose and velocity computing of fast moving object using a single view from rolling shutter camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lavest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE International Conference on Computer Vision Systems, ICVS'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sideslip angles observer for vehicle guidance in sliding conditions: application to agricultural path tracking tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 2006 IEEE International Conference on Robotics and Automation. ICRA 2006, Orlando,USA, 15-19 May 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States. pp.3183-3188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled Homography-based Visual Servoing with Omnidirectional Cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.2332-2337, </w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.282642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization-Based Approach for a Better Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONTROLO'06 - 7th Portuguese Conference On Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimization of Fertilizer Application Error due to Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Engineering for a Better World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A path planning strategy for obstacle avoidance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Informatics in Control, Automation and Robotics ICINCO06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal. pp.438-444</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Pose Visual Servoing is the Canonical Choice for the Cartesian Control of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional visual servoing from polar lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00100519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence STIC et Environnement 2006, Narbonne, France, 5-7 Avril 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based computed torque control of parallel robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Annual Conference of the IEEE Industrial Electronics Society (IECON'06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic Calibration of a Gough-Stewart Platform Using an Omnidirectional Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based Kinematic Modelling of Some Parallel Manipulators for Control Purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st European Conference on Mechanism Science (EuCoMeS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Obergurgl, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00100415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-based Visual Servoing of {G}ough-{S}tewart Parallel Manipulators using Legs Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International IFAC Symposium on Robot Control (SYROCO 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Approach to Vision-Based Computed Torque Control of Parallel Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Paccot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Methods and Models in Automation and Robotics (MMAR 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Mi\c{e}dzyzdroje, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00101113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de véhicules en présence de glissement : application au suivi de trajectoire pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique, CIFA 2006. 30, 31 mai et 1er juin 2006, Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile robot control in presence of sliding: application to agricultural vehicle path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International IEEE Conference on Decision and Control (CDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, San Diego, United States. pp.6004--6009, </w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2006.377520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot mobile tout-terrain pour l'évaluation de lois de commande dédiées au suivi de trajectoire de véhicules dans le cadre de la mobilité accrue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Démonstrateurs en Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Angers, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation autonome de véhicules urbains par différentes modalités capteurs (RTK-GPS et vision monoculaire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Démonstrateurs en Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Angers, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile robot control in presence of sliding: Application to agricultural vehicle path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th IEEE Conference on Decision &amp; Control (CDC'2006), San Diego, CA, USA, 13-15 décembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6004-6009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STIC06 - 4ème Conférence STIC et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de véhicules en présence de glissement: application au suivi de trajectoire pour les engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ième Conférence Internationale Francophone d'Automatique (CIFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Navigation of a Wheeled Mobile Robot along Visual Routes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.3354-3359, </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Control for Urban Vehicles Platooning, Relying upon a Unique Kinematic GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.4138-4143, </w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central Catadioptric vision for robot control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd French-Korean Workshop on Dependable Robotic Navigation, SAFEMOVE'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium on Centrifugal Fertiliser Spreading, ISCFS'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Leuven, Belgium. pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Adaptive Control of Automatic Guidance of Farm Vehicles in the Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA2005), Barcelone, ESP, 18-22 Avril 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.3113-3118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visually Servoing a Gough-Stewart Parallel Robot Allows for Reduced and Linear Kinematic Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2005 - 2nd International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Barcelona, Spain. pp.119-124, </w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0001174301190124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control Assistance of a Mobile Robot Navigating into an Encumbered Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Roblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMCR'05 - 15th International Symposium on Measurement and Control in Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Adaptive Control of Automatic Guidance of Farm Vehicles in the Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.3102-3107, </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global control strategy for urban vehicles platooning relying on nonlinear decoupling laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.2875-2880, </w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive control for off-road mobile robots path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Swedish Workshop on Autonomous Robotics (SWAR2005), Stockholm, SWE, 1-2 Septembre 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.12-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande référencée vision d'une plateforme de Gough-Stewart par observation deséléments cinématiques Vision-based control of a Gough-Stewart parallel mechanism using legs observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tej Dallej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuvièmes Journées des Jeunes Chercheurs en Vision par Ordinateur, ORASIS'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Fournols, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive control for off-road mobile robots path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Swedish Workshop on Autonomous Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global control strategy for urban vehicles platooning relying on nonlinear decoupling laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.2875-2880, </w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by a centrifugal spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International symposium on centrifugal fertiliser spreading, Leuven BEL, 15-16 sept 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMNIBOT - De la Division Omnidirectionnelle à la Commande de Robot Mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBEA 2005 - 5ièmes Journées Bilan du Programme Interdisciplinaire ROBotique et Entités Artificielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Montpellier, France. pp.87-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-Based Control of a Gough-Stewart Parallel Mechanism using Legs Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Marchadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.2535-2540, </w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi de trajectoire haute précision pour les véhicules tout-terrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Journée scientifique de l'Ecole doctorale SPI (EDSPI05), Clermont-Ferrand, 27 juin 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Clermont-Ferrand, France. pp.81-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From autonomous navigation to platooning in urban context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP-Workshop on Adaptive and Intelligent Robots : Present and Future, Russian Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Moscou, Russia. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Stratégie de Commande Globale pour le Convoi de Véhicules Urbains basée sur des Lois de Commande Découplées Non-Linéaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l'Ecole doctorale SPI, EDSPI05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image-based Control of Mobile Robot with Central Catadioptric Cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.3522-3527, </w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 1/2 D visual servoing with central catadioptric cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.H. Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.3572-3577, </w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMNIBOT - De la Vision Omnidirectionnelle à la Commande de Robot Mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chalimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBEA 2005 - 5es Journées Bilan du Programme Interdisciplinaire ROBotique et Entités Artificielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Montpellier, France. pp.95-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visually Servoing a {G}ough-{S}tewart Parallel Robot Allows for Reduced and Linear Kinematic Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Conf. on Informatics in Control, Automation and Robotics (ICINCO'05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Barcelona, Spain. pp.119-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control for vehicle guidance in presence of sliding: Application to farm vehicles path tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA2005), Barcelone,ESP, 18-22 Avril 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.897-902</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From autonomous navigation to platooning in urban context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP-Workshop "Adaptive and Intelligent Robots : Present and Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Moscou, Russia. pp. 1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes de l&apos;automatique pour l&apos;assistance et l&apos;automatisation de la conduite automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Mammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Glaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Nouveliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de la Recherche en Robotique (JNRR05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France. pp.n.a</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00342833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory tracking control of farm vehicles in presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent RObots and Systems IROS2005 (Edmonton, Canada), 2-6 aout 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1720-1725</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control for Vehicle Guidance in Presence of Sliding: Application to Farm Vehicles Path Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolain Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelona, Spain. pp.885-890, </w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2005.1570229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory tracking control of farm vehicles in presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada. pp.58-63, </w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2005.1545226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear control strategies for urban vehicle platooning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Korea-France Symposium on Dependable Robotic Navigation (SAFEMOVE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing of a Gough-Stewart Parallel Robot without Proprioceptive Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Workshop on Robot Motion and Control, ROMOCO'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Dymaczewo-Poznan, Poland. pp.225-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate automatic guidance of urban electric vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Marmoiton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Korea-France Symposium on Dependable Robotic Navigation (SAFEMOVE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Linear control for car like mobile robots in presence of sliding: application to guidance of farm vehicles using a single RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Robotics ISR, Paris, 23 March 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An image driven vision-based control framework for wheeled mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics and Automation, ISRA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Queretaro, Mexico. pp.507-512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Navigation of Mobile Robot: An Image Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISR04 2004 - ISR, International Symposium on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sliding Mode Control of Automatic Guidance of Farm Vehicles in the Presence of Sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics and Automation, ISRA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Queretaro, Mexico. pp.582-587</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paracatadioptric visual servoing from lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Hadj Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Robotics, ISR'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A nonlinear control for vehicle in sliding conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation ICRA, New-Orleans, USA, 26 avril - 1 mai 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous image-based navigation in indoor environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Ait-Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth IFAC Symposium on Intelligent Autonomous Vehicles, IAV'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Lisboa, Portugal. pp.525-530, </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)32031-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sliding mode control of automatic guidance of farm vehicles in the presence of sliding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics and Automation ISRA, Oueretaro, MEX, 25-27 August 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive non linear control for sliding vehicle guidance - application to trajectory tracking of farm vehicles relying on a single RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS) (IEEE Cat. No.04CH37566)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Sendai, Japan. pp.455-460, </w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2004.1389394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and predictive non linear control for sliding vehicle guidance: application to trajectory tracking of farm vehicles relying on a single RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International conference on Intelligent Robots and Systems (IROS),Sendai -JPN,28 september-2 October 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des droites en asservissement visuel omnidirectionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA conference, RFIA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining End-Effector and Legs Observation for Kinematic Calibration of Parallel Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pierrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA: International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, New Orleans, United States. pp.4116-4121, </w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2004.1308916⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Reliable Vision-Based Mobile Robot Formation Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS: Intelligent RObots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Sendai, Japan. pp.3176-3181, </w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2004.1389906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central catadioptric visual servoing from 3D straight lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ Int. Conf. on Intelligent Robots and Systems, IROS'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Sendai, Japan. pp.343-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00352033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate automatic guidance of an urban electric vehicle relying on a kinematic GPS sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth IFAC Symposium on Intelligent Autonomous Vehicles, IAV'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Lisboa, Portugal. pp.155-160, </w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)31968-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating mobile robots using the viusal memory concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st French-Korean Workshop on Dependable Robotic Navigation, SAFEMOVE'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Navigation of Mobile Robot: An Image Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Aït Aïder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Robotics, ISR'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Vision-based Kinematic Calibration of a Stewart-Gough Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFTOMM World Congress in Mechanism and Machine Science, IFTOMM'03, pp. 1906-1911, Chine, delayed in April 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Tianjin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new nonlinear control for vehicle in sliding conditions: Application to automatic guidance of farm vehicles using RTK GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, 2004, ICRA04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, New Orleans, France. pp.4381-4386 Vol.5, </w:t></w:r><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2004.1302407⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a vision vision based navigation framework on a house mobile robot prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ait Aider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AISTA 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Kirchberg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing from 3D straight lines with central catadioptric cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth Workshop on Omnidirectional Vision, Omnivis'2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Prague, Czech Republic, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00352032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification géométrique de mécanismes parallèles par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA conference, RFIA'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating farm vehicle: taking slipping into account</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Korea-France Symposium on Dependable Robotic Navigation (SAFEMOVE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Suwon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptative control for car like vehicles guidance relying on RTK GPS : rejection of sliding effects in agricultural applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA), Taipei, TWN, 14-19 September 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Taiwan. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage de véhicule par un unique GPS cinématique en présence de glissement : application au guidage automatique d'engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique de l'Ecole Doctorale des Sciences Pour l'Ingénieur Thématique : commande, Clermont-Ferrand 13 juin 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision-based kinematic calibration of a H4 parallel mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2003 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Taipei, Taiwan. pp.1191-1196, </w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2003.1241754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On vision-based kinematic calibration of n-leg parallel mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IFAC Symposium on System Identification, SYSID'03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Rotterdam, Netherlands. pp.945-950, </w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)34882-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive control for car like vehicles guidance relying on RTK GPS: rejection of sliding effects in agricultural applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation. IEEE ICRA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Taipei, Taiwan. pp.115-120, </w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2003.1241582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing with Oriented Blobs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Advanced Robotics (ICAR'03),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cars detection and tracking with a vision sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Vehicle Symposium (IV 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Columbus, United States. pp.593--598, </w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2003.1212979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etalonnage géométrique de mécanismes parallèles par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national AIP Priméca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, La Plagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rejection of sliding effects in car like robot control: application to farm vehicle guidance using a single RTK GPS sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2003 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Las Vegas, Ethiopia. pp.3811-3816, </w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2003.1249748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The task&amp;quot; template tracking&amp;quot; in a sensor dedicated to active vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chalimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Architectures for Machine Perception, 2003 IEEE International Workshop on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Unknown, Unknown Region. 7--pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rejection of sliding effects in car like robot control: application to farm vehicle guidance using a single RTK GPS sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RSJ International conference on Intelligent Robots and Systems (IROS), Las-Vegas, USA, 27-31 October 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, United States. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'un outil de métrologie par vision pour l'étalonnage de machines-outils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Assises Usinage Grande Vitesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Lille, France. pp.151-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of a vision-based measuring device for parallel machine-tool calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2002: IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Lausanne, France. pp.1868-1873, </w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRDS.2002.1044028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots à Architecture Complexe : De la Conception à la Performance et l'Autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belhassen-Chedli Bouzgarrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Dombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chablat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Company</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBEA 2002 - 2es Journées Bilan du Programme Interdisciplinaire ROBotique et Entités Artificielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Toulouse, France. pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Identification of Mechanisms using a Robust Design of Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Integrated Design and Manufacturing in Mechanical Engineering, IDMME'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is 3D useful in stereo visual servoing?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Advanced Robotics (ICAR'02),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position based visual servoing: keeping the object in the field of vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2002 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Washington, France. pp.1624-1629</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image based stereo visual servoing: 2D vs 3D features.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 15th IFAC World Congress on Automatic Control, IFAC'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active vision based on CMOS camera : an active detector approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chalimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robot, ISR'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is 3D useful in stereo visual control?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Automation, 2002. Proceedings. ICRA'02. IEEE International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Unknown, Unknown Region. pp.1630--1635</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification géométrique d'un robot parallèle H4 à l'aide d'un outil de métrologie par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Andreff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoré Gogu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Jeunes Chercheurs en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic guidance of a farm tractor along curved paths, using a unique CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RSJ International conference on intelligent robots and systems IROS 2001, Maui Hawai, USA, 29 october-3 november 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Maui, United States. pp.674-679, </w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2001.976247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacking Jacobians Properly in Stereo Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2001 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. pp.717-722, </w:t></w:r><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.932635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et suivi de véhicule par vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18° Colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Centre National d'Etudes Spatiales (CNES), Sep 2001, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking with a pan-tilt-zoom camera for an ACC system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Scandinavian Conference on Image Analysis (SCIA '01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Bergen, Norway. pp.561--566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Object Tracking with a pan-tilt-zoom camera : application to car driving assistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Clady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotics &amp; Automation (ICRA '01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. pp.1653--1658, </w:t></w:r><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.932848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereo Visual Servoing with a Single Point: a Comparative Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cervera P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Advanced Robotics (ICAR'01),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CP-DGPS farm tractor control along curved path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Conference on Precision Agriculture, ECPA'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curved path following of a farm tractor using a CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème International IFAC Symposium on Robot control SYROCO 2000, Vienna, AUT, 21-23 septembre 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Austria. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle guidance using CP-DGPS : comparison of two heading estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Engineering Conference, AGENG'00</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Warwick, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turning around an unknown object using visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'2000,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Takamatsu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farm vehicle guidance using CP-GDGPS: two heading estimators comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural engineering conference AgEng 2000, University of Warwick, GBR, 2-7 July 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, United Kingdom. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curved Path Following of a Farm Tractor Using a CP-DGPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYROCO'00 - 6th IFAC Symposium on Robot Control,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Vienne, Austria. pp.489-494, </w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)37977-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidage d'un engin agricole par CP-DGPS : comparaison de deux estimateurs d'orientation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche technologique et industrielle au service de l'agriculture de précision, AP'00, Enesad et Cemagref</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Dijon, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position based visual servoing using a non-linear approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'99 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1999, Kyongju, South Korea. pp.531-536, </w:t></w:r><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.1999.813058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Pixel and Depth Information in Image-Based Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAR'99 - 9th International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Tokyo, Japan. pp.445-450</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-Based control of a land vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème IAARC-IFAC-IEEE International symposium on Automation and Robotics in construction ISARC, Madrid, ESP, 22-24 September 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Spain. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-Based Control of a Land Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Automation and Robotics in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Madrid, France. </w:t></w:r><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22260/ISARC1999/0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Visual Servoing Techniques : Experimental Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 1999 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1999, Karlsruhe, Germany. pp.4555-4560, </w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC.1999.7100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CP-DGPS based combine harvester control without orientation sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Thibaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ION GPS-99, Nashville, USA, 14-17 September 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, United States. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CP-DGPS based combine harvester control without orientation sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cordesses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ION GPS 1999 - 12th International Technical Meeting of the Satellite Division of The Institute of Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Nashville, United States. pp.2041-2046</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual feedback in camera motion generation: Experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'99,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Kyongju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing with indirect image control and a predictable camera trajectory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'99 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1999, Kyongju, South Korea. pp.381-386, </w:t></w:r><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.1999.813034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real Time Visual Servoing around a complex object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAPR Workshop on Machine vision Application, MVA'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Chiba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A real time car tracker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marmoiton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J P Derutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AVCS'98 - International Conference on Advances in Vehicle Control and Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Amiens, France. pp.282-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Controller Synthesis in Automatic Guided Vehicles Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AVCS'98 - International Conference on Advances in Vehicle Control and Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Amiens, France. pp.395-401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Results Using Robust Controller Synthesis in Automatic Guided Vehicles Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAV'98 - Third IFAC Symposium on Intelligent Autonomous Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Madrid, Spain. pp.345-350, </w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)44109-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Guided Vehicles in Agricultural and Green Space Fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIR'98 - 4th French Isralei Symposium on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Besançon, France. pp.87-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot Control using Monocular Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Daucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'97 - Workshop on New Trends in Image Based Robot Servoing, IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Grenoble, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controller Synthesis Applied to Automatic Guide Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYROCO'97 - 5th Symposium on Robot Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Nantes, France. pp.735-742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Generation by Visual Servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS'97,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement visuel pour le guidage d'engins agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J3A'97 - Journées Automatique, Agriculture et Agro-Alimentaire, Club EEA, MENESR, PRC-GdR Automatique et ISIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of first derivative of geometric features in visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Automation, 1996. Proceedings., 1996 IEEE International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Unknown, Unknown Region. pp.3413--3419</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of the First Derivative of Geometric Features in Visual Servoing,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation, ICRA'96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Mineapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Based Control Law using 3D Visual Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Automation Congress, WAC'96, Robotics and Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Montpellier, France. pp.497-502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement Visuel d'Engins Agricoles par Commande Référencée Vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Derras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Quality Control by Artifical Vision, QCAV'95</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Le Ceusot, France. pp.250-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Visual Servoing Approach to Control Agricultural Mobile Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop on Robotics in Agriculture and the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, Toulouse, France. pp.117-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Road Scene Analysis System for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Conference on Intelligent Autonomous Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Espoo, Finland. pp.19--24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00548388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear Control of High Speed Vehicle in Image Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Industrial Automation, ICIA'95</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Nancy, France. pp.517-522</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision Based Control Law for Agricultural Mobile Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop on Robotics in Agriculture and the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, Toulouse, France. pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision based control low for agricultural machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP international advanced robotics program : 4th workshop on robotics in agriculture and the food-industry, Toulouse, 30-31 octobre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, France. pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asservissement visuel d'engins agricoles par commande référencée vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Derras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QCAV95 Conférence internationale sur le contrôle qualité par vision artificielle, Le Creusot, 17-19 mai 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, France. pp.250-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A visual servoing approach to control agricultural mobile machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP international advanced robotics program : 4th workshop on robotics in agriculture and the food-industry, Toulouse, 30-31 octobre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, France. pp.117-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real Time 3D Location of a Car from Three Characteristic Points Observed in a Video Image Sequence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IFAC/IFORS Symposium on Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1994, Tianjin, China. pp.385-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Servoing with respect to a Target Using a Camera/Laser-Stripe Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Motyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Robotics ICAR'93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1993, Tokyo, Japan. pp.591-596</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Versatile Parallel Architecture for Visual Servoing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rives</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Borrelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Computer Architecture for Machine Perception CAMP'93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1993, News Orleans, United States. pp.400-409</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel Architecture for Visual Servoing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rives</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fickinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Borrelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Computer Architecture for Machine Perception, CAMP'91</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1991, Paris, France. pp.407-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NINSAR: New itineraries for agroecology using cooperative robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiddad Igbida Labbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danès Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WORLD FIRA 2023 - Forum international de la robotique agricole en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Toulouse, France. , pp.1-1, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of an Industrial Wooden Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées scientifiques du GDR Sciences du Bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Nantes, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RobEcolo : Conception de Robots industriels à base de matériaux à faible impact Écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boudaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées scientifiques du GDR Sciences du Bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An anti-rollover device dedicated to All-Terrain Vehicle lateral stability: Application to a quad bike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international « Innovation Technologiques et Systèmes de Transport ITT'09»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Paris, France. ENSTA - ParisTech, Association Scientifique et Technique SUPMECA, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological navigation using sensory memory: SLAN versus SLAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Courbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thuilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée SLAM, Dassault-Aviation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Saint-Cloud, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Robotics for Deformable Object Manipulation with Use Cases from Food Processing Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taskin Padir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manufacturing in the Era of 4th Industrial Revolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, World Scientific, pp.267-296, 2021, </w:t></w:r><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789811222849_0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wheeled Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.1-13, 2021, </w:t></w:r><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-41610-1_114-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Modeling for Automating Learning in Visually-guided Manipulative Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatics in Control, Automation and Robotics, Lecture Notes in Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.37-53, 2015, 978-3-319-10890-2. </w:t></w:r><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10891-9_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Based Visual Servoing Tasks with an Autonomous Humanoid Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine A Moughlbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers of Intelligent Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, pp.149-162, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omnidirectional Vision-Based Control from Homography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Mezouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vision Systems: Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, I-Tech Education and Publishing, 2007, </w:t></w:r><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/4998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate GPS-based guidance of agricultural vehicles operating on slippery grounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thuilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cariou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Liu, J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Focus on Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nova Science Publishers, pp.185-239, 2006, 10: 1594545944</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide au guidage de véhicules agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debain Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Dauchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications non manufacturières de la robotique, Systèmes automatisés, Information - Commande - Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes Sciences, pp.64-75, 2000, ISBN 2-7462-0165-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGV for agricultural and green space field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadraoui Djamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYROCO'97 - Tutorial on Modelling and Control of Wheeled Mobile Robots: Theoretical results and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Report associated with the Paper: &amp;quot;Determining the Singularities for the Observation of Three Image Lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] IRCCyN; IRISA. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereo visual servoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enric Cervera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] UJI, Castellon de la Plana, Spain. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual servoing in robotics scheme using a camera/laser-stripe sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Khadraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Motyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gallice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-898, IRISA. 1995, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basic Knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. GdR Robotics Winter School: Robotica Principia, Centre de recherche Inria Sophia Antipolis – Méditérranée, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-02130071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId889"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9A9C85D7"/>
+    <w:nsid w:val="21B974B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-martinet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5827-0431" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/056800878" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05157502v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lionti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gutowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-025-00931-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441711v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Navarro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Malis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Antoine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Alao" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounis Adouane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655040v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2024.3418271" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04255479v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kabtoul" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pr&#233;dhumeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Spalanzani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dugdale" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3323662" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03286432v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P&#233;rez-Morales" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kermorgant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dom&#237;nguez-Quijada" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2021.3091285" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457432v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Balderas Hill" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Chriette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4053158" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348780v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Six" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2021.104953" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070525v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Pascual-Escudero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhilash Nayak" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-020-01420-0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081731v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khalifa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dominguez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2020.3044786" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545680v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.2988948" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02849680v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Kaci" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boudaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Llevat-Pami&#232;s" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lafoux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4047726" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877155v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Fusco" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.3004793" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02157768v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tej Dallej" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gouttefarde" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andreff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elie Herv&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2019.05.004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01966655v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574718000784" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634289v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2017.2774920" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398925v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chaumette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2016.2633975" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524311v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037256" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399774v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2016.2637912" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203185v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Pagis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11044-015-9480-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357509v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Rosenzveig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erol Ozg&#252;r" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235576v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Beynier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Illah Mouaddib" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-015-9483-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369471v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Cervera" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Marin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine A Moughlbay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel P del Pobil" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-015-0201-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722264v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Khomutenko" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Garcia" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369446v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Ali" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MITS.2014.2328670" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114340v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712946v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Benzerrouk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2014.07.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461907v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Long" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisama Khalil" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2014.06.009" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lenain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thuilot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00932719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laugier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinet Philippe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunes Urbano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838470v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463429v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Courbon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mezouar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968881v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beynier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324543v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redwan Dahmouche" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ait Aider" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364911436082" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463477v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Yeremou Tamtsia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haman Djalo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tonye" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.487" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463478v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Fang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihua Dou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lenain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thuilot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2011.01.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X25V057-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523387v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cariou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.20319" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463479v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guenard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2010.03.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463480v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cariou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463481v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tahri" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mezouar" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2008.2008745" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463482v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Paccot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364908096236" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F01929FDF40AE35577265EF46353D8ECBAB0B0D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463483v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courbon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2008.2012375" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520173v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351865v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344108v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156855308X344828" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596801v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Virin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koko" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berducat" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207720802184758" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468538v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Recatal&#225;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eris Chinellato" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Del&#160;pobil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-008-9086-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468537v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Prats" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukhan Lee" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11370-007-0008-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468534v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Minh Phuoc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunmo Kim" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-008-0427-4" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DP1M0VXB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468536v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-008-9093-8" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6BB74D77CE8922EE7248B0EF6B9448BD39442B34/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590960v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bouton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344854v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berducat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344107v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejc.13.419-439" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520165v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2006.882931" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102713v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixia Fan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2006.04.011" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KGLFB0H-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102629v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renaud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Andr&#232;s Vivas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poignet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2005.06.011" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6V5DV9FK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094468v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-006-7806-4" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D08C3SHX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096048v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor&#233; Gogu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351890v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108586v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pierrot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/01439910410532350" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-XWC5J4GG-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272618v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Berducat" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095015v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Cervera" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Berry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581853v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466250v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1015678121948" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J63ZFDX3-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580591v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095023v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cervera P. Martinet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095012v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinet J. Gallice" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296390v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debain" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chateau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonton" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1699(99)00054-X" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9674FEE534BC4D59FBB537ED2EBF1C8330F9DA2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578968v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1011516101288" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WC3LLQXZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465656v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thibaud" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1008936817917" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/94E2FFB4361DA24E0BFB52EB9B7AAB31B246C4E2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465578v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Khadraoui" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonton" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gallice" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579007v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khadraoui" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rouveure" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465462v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Motyl" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/70.538978" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485918v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Fossati" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042259v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV64158.2025.11097553" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05064052v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05117054v2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bhowmik" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05228241v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Fiasch&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05067132v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232803v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.07.021" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04895645v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076678v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV64158.2025.11097408" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05243754v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS60139.2025.11246468" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055752v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Azzini" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05295464v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Campagnolo" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Bahl" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348688v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907732v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525836v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC64448.2024.10591000" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04691850v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipe Martinet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680132v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Theunissen" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fantoni" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04569087v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV55156.2024.10588814" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680374v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889513v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013059500003822" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287314v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328447v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04227583v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04210032v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812458v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Allibert" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV57592.2022.10004335" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812987v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Alberto Serafim Guardini" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Genevois" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03596570v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701390v2" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935158v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS47612.2022.9981814" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935338v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV57592.2022.10004241" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/lirmm-03313645v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab S. Mohamed" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS51168.2021.9635970" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02944369v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02945325v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Lam Do" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509637v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545951v2" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899758v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanting Jin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Salaris" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909462v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCTA41146.2020.9206269" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933694v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv50220.2020.9305465" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02850036v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58380-4_26" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003103v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20131-9_215" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057396v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2019.8795940" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273504v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cdc40024.2019.9029187" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183760v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iros40897.2019.8967710" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790061v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01370-7_2" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759337v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78963-7_42" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867720v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F Contreras-Samam&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dominguez-Quijada" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777552v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2018-85218" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777551v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/detc2018-85090" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866884v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2018.8581142" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01689868v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irc.2018.00017" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01689875v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irc.2018.00018" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867331v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iros.2018.8593373" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01966844v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yrvann Emzivat" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Iba&#241;ez-Guzm&#225;n" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Illy" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roux" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2018.8569903" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867303v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685032v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2017.2774920" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759341v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78963-7_9" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874140v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2018.8581237" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867743v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2018.8581058" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479409v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.183" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724931v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ibanez-Guzman" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henri Roux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ivs.2017.7995973" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435803v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icra.2017.7989721" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02440155v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Blosseville" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hamon" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Koreki" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435810v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01592566v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Rummelhard" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lussereau" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alix David" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479412v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60867-9_7" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722263v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2017.8317683" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724933v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/itsc.2017.8317638" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435811v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2016.2633975" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01689850v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307357v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459137v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722268v2" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2016.7838761" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774848v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vandernotte" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Suarez Roos" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2016.7838639" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01396998v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307366v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44156-6_60" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459415v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459398v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459194v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774922v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08338-4" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459407v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459460v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2015.7139409" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145809v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Vignolo" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Chen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459451v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459368v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Nobili" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459361v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nived Chebrolu" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marquez-Gamez" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459396v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Casa&#241;" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Alemany" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2015.7140055" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459380v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAR.2015.7251453" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955105v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929829v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2014.6907477" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313504v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878200" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461916v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074335v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461919v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929828v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461938v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2014.7064351" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461912v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461924v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6943233" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461930v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2014.7064562" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461913v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839839v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462100v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatan Garcia" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462088v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462045v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462061v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728490" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818101v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2013-12103" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770761v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462116v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAR.2013.6766471" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463412v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463414v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462069v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462032v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714844v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235662v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2013.92" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960054v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826157v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462024v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440488v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Briot" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714848v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230682v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendry Ferreira Chame" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004480802130220" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714849v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763638v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714852v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benzerrouk" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120905-3-HR-2030.00093" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971722v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33926-4_65" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714856v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714850v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mouad" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00737658v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2012.6385504" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714858v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schmitt" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971668v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714859v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804429v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00599602v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615483v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hach" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971653v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691562v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mica&#235;l Michelin" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6094591" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586390v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525088v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586367v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586860v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714861v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin G&#226;teau" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714860v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lequievre" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714862v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Al Barakeh" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593268v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593623v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714866v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593484v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714863v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thuilot" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593482v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Preynat" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Avanzini" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591907v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714867v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468609v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Eck" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714868v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468613v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354642" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468618v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354494" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468616v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dallej" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Derutin" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5353893" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468610v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592709v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468615v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354722" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592849v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468620v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Avanzini" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399345" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714872v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468617v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354727" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468611v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152243" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468612v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152328" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468622v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lemoine" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344818v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650648" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344840v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCDC.2008.4597839" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468541v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Dillmann" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468542v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2008.4543180" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590938v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590928v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468549v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344848v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Royer" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344834v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468546v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.00726" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468544v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Patin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330762v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemoine" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714873v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344829v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650645" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468552v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468548v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro J Sanz" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MFI.2008.4648029" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468545v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468555v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2008.4795530" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344855v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4398988" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468485v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468488v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2007.7068791" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468494v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468499v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468453v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468469v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468508v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399256" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468464v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj Abdelkader" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468456v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2007.363569" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589671v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468506v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Tahri" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399313" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468502v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Eckt" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399233" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468461v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468496v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468458v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2007.363567" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101124v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344857v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bom" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468394v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2006.377691" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095213v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lavest" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101107v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588811v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468364v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468334v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588813v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468382v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Virin" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Koko" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.282018" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102730v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dhome" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095087v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588810v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588698v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468170v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468183v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468330v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468203v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Recatala Ballester" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2006.1639078" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094497v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096052v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468379v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468389v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.282642" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468343v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468370v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00100519v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101115v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588812v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588286v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101110v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588695v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00100415v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101113v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101117v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101123v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094504v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2006.377520" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094537v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094552v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marmoiton" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094526v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468218v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467192v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570628" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586955v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hao" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467468v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467166v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570755" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467464v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467466v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001174301190124" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467329v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bom" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marmoiton" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2005.1545270" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467470v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roblet" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467172v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570587" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586957v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586605v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467485v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Marmoiton" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467462v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467201v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467241v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467186v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchadier" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570494" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106450v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Comby" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467299v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H. Abdelkader" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2005.1545327" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467263v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467473v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467141v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570655" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586953v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105975v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalimbaud" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094564v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096051v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342833v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mammar" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Glaser" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nouveliere" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467178v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolain Lenain" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570229" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094574v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586956v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467320v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fang" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2005.1545226" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467212v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167405v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chateau" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467053v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467122v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Blanc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094579v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583732v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467050v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hadj Abdelkader" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467126v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hao" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467095v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ait-Aider" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)32031-1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583733v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583735v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467130v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2004.1389394" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466534v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00352033v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108919v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2004.1389906" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108841v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2004.1308916" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467116v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)31968-7" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467136v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467058v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O A&#239;t A&#239;der" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467063v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2004.1302407" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466815v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00352032v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167398v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466519v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Renaud" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dhome" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094581v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581854v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581851v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466410v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marquet" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2003.1241754" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466382v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Renaud" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)34882-6" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466451v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2003.1241582" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094998v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548237v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Clady" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Collange" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jurie" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2003.1212979" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466492v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2003.1249748" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466365v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626498v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581855v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268624v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belhassen-Chedli Bouzgarrou" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dombre" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Company" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466261v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466325v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRDS.2002.1044028" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466272v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094988v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017786v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cordesses" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallice" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626499v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094991v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094996v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466286v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466214v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cordesses" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2001.976247" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466224v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.932635" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548283v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548284v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548285v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.932848" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466216v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094983v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579762v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465959v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094976v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465978v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)37977-6" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579191v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465882v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465645v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.1999.813058" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465647v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465622v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22260/ISARC1999/0006" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465626v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7100053" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579193v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578816v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Thibaud" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465618v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465633v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.1999.813034" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094971v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094964v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465601v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collange" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Derutin" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465597v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465589v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)44109-7" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465610v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465573v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Daucher" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465572v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094961v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465575v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debain Christophe" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626502v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094955v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465451v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadraoui Djamel" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465408v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548388v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465427v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465412v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465423v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574060v1" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derras" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574061v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574064v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02464820v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Montagne" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Alizon" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02464801v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463487v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rives" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Borrelly" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463486v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fickinger" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205666v1" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Medici" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiddad Igbida Labbani" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan&#232;s Patrick" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646725v1" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646727v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592846v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468625v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557675v1" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taskin Padir" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811222849_0010" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557800v1" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41610-1_114-1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230684v1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10891-9_2" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463418v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468450v1" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/4998" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344858v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466024v1" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465577v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400575v1" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466037v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465447v1" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/cel-02130071v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-martinet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5827-0431" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/056800878" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05157502v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lionti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gutowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-025-00931-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441711v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Navarro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Malis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Antoine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Alao" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounis Adouane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655040v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2024.3418271" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04255479v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kabtoul" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pr&#233;dhumeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Spalanzani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dugdale" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3323662" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03286432v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P&#233;rez-Morales" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kermorgant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dom&#237;nguez-Quijada" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2021.3091285" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457432v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Balderas Hill" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Chriette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4053158" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348780v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Six" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2021.104953" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070525v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Pascual-Escudero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhilash Nayak" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-020-01420-0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545680v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khalifa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dominguez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.2988948" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081731v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2020.3044786" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02849680v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Kaci" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boudaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Llevat-Pami&#232;s" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lafoux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4047726" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877155v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Fusco" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.3004793" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02157768v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tej Dallej" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gouttefarde" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andreff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elie Herv&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2019.05.004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01966655v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574718000784" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634289v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2017.2774920" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398925v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chaumette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2016.2633975" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524311v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037256" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399774v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2016.2637912" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203185v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Pagis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11044-015-9480-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357509v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Rosenzveig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erol Ozg&#252;r" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369471v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Cervera" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Marin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine A Moughlbay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel P del Pobil" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-015-0201-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235576v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Beynier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Illah Mouaddib" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-015-9483-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369446v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Ali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Garcia" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MITS.2014.2328670" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722264v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Khomutenko" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114340v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712946v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Benzerrouk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2014.07.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461907v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Long" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisama Khalil" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2014.06.009" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lenain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thuilot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00932719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laugier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinet Philippe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunes Urbano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838470v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463429v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Courbon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mezouar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968881v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beynier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324543v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redwan Dahmouche" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ait Aider" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364911436082" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463477v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Yeremou Tamtsia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haman Djalo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tonye" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.487" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463478v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Fang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihua Dou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lenain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thuilot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2011.01.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X25V057-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523387v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cariou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.20319" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463479v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guenard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2010.03.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463480v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cariou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463481v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tahri" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mezouar" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2008.2008745" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463483v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courbon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2008.2012375" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463482v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Paccot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364908096236" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F01929FDF40AE35577265EF46353D8ECBAB0B0D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520173v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596801v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Virin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koko" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berducat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207720802184758" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351865v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344108v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156855308X344828" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468538v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Recatal&#225;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eris Chinellato" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Del&#160;pobil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-008-9086-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468537v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Prats" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukhan Lee" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11370-007-0008-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468536v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-008-9093-8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6BB74D77CE8922EE7248B0EF6B9448BD39442B34/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468534v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Minh Phuoc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunmo Kim" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-008-0427-4" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DP1M0VXB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590960v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bouton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344107v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejc.13.419-439" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344854v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berducat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520165v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2006.882931" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094468v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-006-7806-4" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D08C3SHX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102713v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixia Fan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2006.04.011" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KGLFB0H-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102629v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renaud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Andr&#232;s Vivas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poignet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2005.06.011" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6V5DV9FK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096048v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor&#233; Gogu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351890v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108586v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pierrot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/01439910410532350" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-XWC5J4GG-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095015v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Cervera" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Berry" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272618v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Berducat" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581853v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466250v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1015678121948" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J63ZFDX3-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580591v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095023v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cervera P. Martinet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095012v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinet J. Gallice" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578968v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debain" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chateau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonton" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1011516101288" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WC3LLQXZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296390v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1699(99)00054-X" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9674FEE534BC4D59FBB537ED2EBF1C8330F9DA2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465656v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thibaud" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1008936817917" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/94E2FFB4361DA24E0BFB52EB9B7AAB31B246C4E2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579007v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khadraoui" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rouveure" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465578v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Khadraoui" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonton" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gallice" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465462v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Motyl" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/70.538978" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05539437v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Fiasch&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Singh Savner" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485918v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Fossati" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042259v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV64158.2025.11097553" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05064052v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05117054v2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bhowmik" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05228241v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232803v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.07.021" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05067132v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04895645v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055752v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Azzini" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076678v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV64158.2025.11097408" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05243754v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS60139.2025.11246468" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05295464v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Campagnolo" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Bahl" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348688v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907732v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525836v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC64448.2024.10591000" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04691850v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipe Martinet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04569087v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV55156.2024.10588814" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680132v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Theunissen" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fantoni" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680374v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889513v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013059500003822" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287314v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328447v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04227583v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04210032v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812458v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Allibert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV57592.2022.10004335" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812987v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Alberto Serafim Guardini" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Genevois" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03596570v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701390v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935158v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS47612.2022.9981814" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935338v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV57592.2022.10004241" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/lirmm-03313645v2" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab S. Mohamed" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS51168.2021.9635970" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02944369v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509637v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02945325v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Lam Do" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545951v2" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899758v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanting Jin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Salaris" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909462v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCTA41146.2020.9206269" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933694v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv50220.2020.9305465" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02850036v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58380-4_26" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003103v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20131-9_215" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057396v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2019.8795940" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273504v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cdc40024.2019.9029187" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183760v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iros40897.2019.8967710" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790061v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01370-7_2" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759337v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78963-7_42" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867720v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F Contreras-Samam&#233;" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dominguez-Quijada" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777552v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2018-85218" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777551v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/detc2018-85090" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866884v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2018.8581142" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01689868v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irc.2018.00017" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01689875v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irc.2018.00018" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867331v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iros.2018.8593373" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01966844v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yrvann Emzivat" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Iba&#241;ez-Guzm&#225;n" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Illy" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roux" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2018.8569903" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867303v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685032v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2017.2774920" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867743v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2018.8581058" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874140v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2018.8581237" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759341v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78963-7_9" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724931v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ibanez-Guzman" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henri Roux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ivs.2017.7995973" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479409v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.183" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435803v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icra.2017.7989721" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02440155v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Blosseville" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hamon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Koreki" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01592566v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Rummelhard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lussereau" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alix David" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479412v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60867-9_7" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435810v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722263v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2017.8317683" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435811v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2016.2633975" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724933v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/itsc.2017.8317638" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01689850v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307357v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722268v2" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icarcv.2016.7838761" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459137v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774848v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vandernotte" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Suarez Roos" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2016.7838639" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01396998v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459398v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459415v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307366v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44156-6_60" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774922v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08338-4" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459194v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459407v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145809v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Vignolo" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Chen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459460v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2015.7139409" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459451v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459368v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Nobili" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459361v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nived Chebrolu" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marquez-Gamez" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459396v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Casa&#241;" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Alemany" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2015.7140055" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459380v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAR.2015.7251453" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955105v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929829v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2014.6907477" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461916v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313504v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878200" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461919v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074335v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461938v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2014.7064351" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929828v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461930v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2014.7064562" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461924v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6943233" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461912v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02461913v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462100v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatan Garcia" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839839v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462088v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818101v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2013-12103" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770761v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462061v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728490" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462045v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462116v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAR.2013.6766471" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463414v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463412v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462069v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235662v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2013.92" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714844v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462032v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960054v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02462024v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826157v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440488v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Briot" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714848v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230682v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendry Ferreira Chame" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004480802130220" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763638v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714849v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714852v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benzerrouk" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120905-3-HR-2030.00093" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971722v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33926-4_65" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714856v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714850v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mouad" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00737658v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2012.6385504" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714858v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schmitt" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804429v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714859v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971668v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00599602v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615483v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hach" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971653v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691562v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mica&#235;l Michelin" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6094591" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586390v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525088v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586860v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586367v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714861v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin G&#226;teau" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714860v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lequievre" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714862v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Al Barakeh" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593268v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593623v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593484v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714866v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714863v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thuilot" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593482v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Preynat" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Avanzini" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591907v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714867v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468609v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Eck" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468618v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354494" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468613v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354642" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714868v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468616v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dallej" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Derutin" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5353893" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468610v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592709v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468615v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354722" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592849v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468620v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Avanzini" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399345" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714872v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468622v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lemoine" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468617v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354727" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468611v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152243" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468612v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152328" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590938v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468541v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Dillmann" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468542v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2008.4543180" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344840v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCDC.2008.4597839" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344818v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650648" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468549v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590928v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468546v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.00726" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468544v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Patin" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344848v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Royer" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344834v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330762v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemoine" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344829v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650645" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714873v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468552v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468548v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro J Sanz" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MFI.2008.4648029" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468545v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468555v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV.2008.4795530" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468485v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468494v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468488v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2007.7068791" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344855v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4398988" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468499v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468453v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468469v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468508v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399256" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468464v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj Abdelkader" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468456v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2007.363569" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589671v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468506v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Tahri" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399313" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468458v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2007.363567" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468461v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468502v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Eckt" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399233" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468496v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095213v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lavest" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101124v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468394v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2006.377691" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344857v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bom" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101107v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468364v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588811v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468334v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588813v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468382v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Virin" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Koko" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.282018" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102730v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dhome" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095087v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588810v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468330v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468170v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468183v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468203v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Recatala Ballester" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2006.1639078" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588698v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096052v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094497v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468389v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.282642" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468379v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468370v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468343v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101115v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00100519v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588812v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101123v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101117v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00100415v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101110v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101113v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588286v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094504v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2006.377520" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094537v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094552v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marmoiton" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588695v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468218v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094526v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467192v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570628" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467166v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570755" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467468v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467464v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586955v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hao" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467466v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001174301190124" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467470v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roblet" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467172v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570587" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467329v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bom" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marmoiton" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2005.1545270" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586957v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467201v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467462v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467485v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Marmoiton" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586605v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106450v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Comby" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467186v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchadier" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570494" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467241v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467473v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467263v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467141v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570655" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467299v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H. Abdelkader" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2005.1545327" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105975v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalimbaud" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096051v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586953v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094564v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342833v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mammar" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Glaser" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nouveliere" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586956v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467178v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolain Lenain" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2005.1570229" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467320v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fang" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2005.1545226" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094574v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467212v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094579v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467053v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467122v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Blanc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167405v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chateau" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467126v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hao" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467050v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hadj Abdelkader" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583732v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467095v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ait-Aider" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)32031-1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583735v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467130v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2004.1389394" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583733v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466534v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108841v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2004.1308916" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108919v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2004.1389906" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00352033v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467116v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)31968-7" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467136v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467058v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O A&#239;t A&#239;der" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466815v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467063v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2004.1302407" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167398v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00352032v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466519v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Renaud" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dhome" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094581v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581854v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581851v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466410v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marquet" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2003.1241754" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466382v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Renaud" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)34882-6" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466451v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2003.1241582" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094998v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548237v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Clady" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Collange" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jurie" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2003.1212979" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466365v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466492v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2003.1249748" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626498v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581855v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466261v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466325v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRDS.2002.1044028" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268624v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belhassen-Chedli Bouzgarrou" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dombre" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Company" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466272v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094988v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017786v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cordesses" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallice" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094991v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094996v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626499v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466286v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466214v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cordesses" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2001.976247" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466224v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.932635" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548283v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548284v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548285v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.932848" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094983v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466216v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579762v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465959v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094976v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579191v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465978v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)37977-6" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465882v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465645v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.1999.813058" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465647v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579193v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465622v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22260/ISARC1999/0006" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465626v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.1999.7100053" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578816v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Thibaud" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465618v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094971v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465633v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.1999.813034" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094964v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465601v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collange" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Derutin" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465597v1" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465589v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)44109-7" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465610v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465573v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Daucher" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465572v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094961v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465575v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debain Christophe" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626502v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094955v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465451v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadraoui Djamel" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465408v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465427v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548388v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465412v1" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465423v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574064v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574060v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derras" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574061v1" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02464820v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Montagne" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Alizon" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02464801v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463487v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rives" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Borrelly" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463486v1" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fickinger" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205666v1" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Medici" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiddad Igbida Labbani" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan&#232;s Patrick" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646725v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646727v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592846v1" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468625v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557675v1" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taskin Padir" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811222849_0010" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557800v1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41610-1_114-1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230684v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10891-9_2" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463418v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468450v1" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/4998" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344858v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466024v1" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465577v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400575v1" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02466037v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02465447v1" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/cel-02130071v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>