--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -180,282 +180,282 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement supérieur entre professionnalisation et universitarisation : des intentions affichées aux injonctions managériales</w:t>
+                <w:t xml:space="preserve">L'enseignement supérieur entre professionnalisation et universitarisation: des intentions affichées aux injonctions managériales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Maubant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thérèse Perez-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wittorski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maleyrot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Richard Wittorski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Phronesis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, L’enseignement supérieur entre professionnalisation et universitarisation, 75, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13m0w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05475657v1</w:t>
+                <w:t xml:space="preserve">hal-05017428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enseignement supérieur entre professionnalisation et universitarisation: des intentions affichées aux injonctions managériales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’enseignement supérieur entre professionnalisation et universitarisation : des intentions affichées aux injonctions managériales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Perez-Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maleyrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maubant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Maubant</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Richard Wittorski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Maleyrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Phronesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, L’enseignement supérieur entre professionnalisation et universitarisation : des intentions affichées aux injonctions managériales, 14 (Hors série 2), pp.12-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13m0w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05017428v1</w:t>
+                <w:t xml:space="preserve">hal-05475657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les reliances de l’alternance en formation et ses effets sur les processus de construction identitaire des alternants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Roquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -502,51 +502,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les reliances de l’alternance en formation et ses effets sur les processus de construction identitaire des alternants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Roquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -619,51 +619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jorro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Phronesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, vol. 3 (n° 1-2), pp. 28-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -697,51 +697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’alternance en formation, une figure de la pédagogie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -814,51 +814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Marcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Phronesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 1 (1), pp.1--4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -909,96 +909,96 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enseignement supérieur entre professionnalisation et universitarisation. Des intentions affichées aux injonctions managériales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'enseignement supérieur entre professionnalisation et universitarisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maubant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Maubant</w:t>
+                <w:t xml:space="preserve">Richard Wittorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Wittorski</w:t>
+                <w:t xml:space="preserve">Eric Maleyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Perez-Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 75, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1032,51 +1032,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les reliances de l’alternance en formation et ses effets sur les processus de construction identitaire des alternants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Roquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1322,51 +1322,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lebrun Johanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maubant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lacourse Françoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1709,51 +1709,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Perez-Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maleyrot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maubant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wittorski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05017428v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m0w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993061v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037189ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250330v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02008275v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Roger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jorro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024586ar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691915v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024562ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01227743v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Marcel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tupin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05017447v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m1f" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250317v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631411v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lenoir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasni Abdelkarim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Zaid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larose Fran&#231;ois" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maubant Philippe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631741v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebrun Johanne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacourse Fran&#231;oise" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631738v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bru Marc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clanet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J Maurice" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Talbot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05017428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maubant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Perez-Roux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wittorski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maleyrot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m0w" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993061v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037189ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250330v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02008275v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Roger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jorro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024586ar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691915v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024562ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01227743v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Marcel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tupin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05017447v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m1f" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250317v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631411v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lenoir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasni Abdelkarim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Zaid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larose Fran&#231;ois" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maubant Philippe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631741v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebrun Johanne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacourse Fran&#231;oise" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631738v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bru Marc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clanet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J Maurice" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Talbot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>