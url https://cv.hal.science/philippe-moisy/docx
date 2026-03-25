--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1038,295 +1038,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04704276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonically controlled synthesis of UO$_{2+x}$ colloidal nanoparticles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Macrocyclic Ligand Coordinating Amide-Arm Hydrolysis Reaction Activation in Aqueous Solutions: Tetravalent Uranium Does It Better</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Diat</w:t>
+                <w:t xml:space="preserve">Gev Dovrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. F Le Goff</w:t>
+                <w:t xml:space="preserve">Svetlana Pevzner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Bogoslavsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeshayahu Ben-Eliyahu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2dt03721a⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (1), pp.400-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c03286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721690v1</w:t>
+                <w:t xml:space="preserve">cea-04697127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macrocyclic Ligand Coordinating Amide-Arm Hydrolysis Reaction Activation in Aqueous Solutions: Tetravalent Uranium Does It Better</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Maimon</w:t>
+                <w:t xml:space="preserve">Ultrasonically controlled synthesis of UO$_{2+x}$ colloidal nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benny Bogoslavsky</w:t>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yeshayahu Ben-Eliyahu</w:t>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 63 (1), pp.400-415. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52 (7), pp.2135-2144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c03286⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2dt03721a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04697127v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a Hexanuclear Plutonium(IV) Nanostructure in an Acetate Solution via Visible–Near Infrared Absorption Spectroscopy, Extended X-ray Absorption Fine Structure Spectroscopy, and Density Functional Theory</w:t>
               </w:r>
@@ -1450,77 +1450,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DOTP versus DOTA as Ligands for Lanthanide Cations: Novel Structurally Characterized Ce IV and Ce III Cyclen‐Based Complexes and Clusters in Aqueous Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gev Dovrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Pevzner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radion Vainer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1887,51 +1887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Diat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1976,2309 +1976,2309 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonically assisted conversion of uranium trioxide into uranium( vi ) intrinsic colloids</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature dependence of $^1H$ paramagnetic chemical shifts in actinide complexes, beyond Bleaney's theory: The An$^{VI}$O$_2^{2+}$ – Dipicolinic AcidcComplexes (An=Np, Pu) as an Example</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Micheau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">X. F Le Goff</w:t>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md. Ashraful Islam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonor Acher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1DT01609A⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (24), pp.7138-7153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202005147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340169v1</w:t>
+                <w:t xml:space="preserve">hal-03215097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La spéciation des actinides - Pierre angulaire de la chimie dans le cycle du combustible nucléaire</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les actinides leur interaction avec les processus biologiques: où en sommes-nous?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Dacheux</w:t>
+                <w:t xml:space="preserve">Claude Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rosa Beccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Actualité Chimique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 460-461</w:t>
+              <w:t xml:space="preserve">, 2021, 460-461, pp.68-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-03430378v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les actinides leur interaction avec les processus biologiques: où en sommes-nous?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Redox Properties of Ce IV DOTA in Carbonated Aqueous Solutions. A Radiolytic and an Electrochemical Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+                <w:t xml:space="preserve">Inna Popivker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Meyerstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalia Gitin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elad Avraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (7), pp.1436-1446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03188160v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04781522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence of $^1H$ paramagnetic chemical shifts in actinide complexes, beyond Bleaney's theory: The An$^{VI}$O$_2^{2+}$ – Dipicolinic AcidcComplexes (An=Np, Pu) as an Example</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrochemical Behavior of Ce(IV)/Ce(III) Couple in N,N‐Di(2‐ethylhexyl)‐n‐butanamide (DEHBA), N,N‐Di(2‐ethylhexyl)‐iso‐butanamide (DEHiBA), and N,N‐Di(2‐ethylhexyl)‐3,3‐dimethyl Butanamide (DEHDMBA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléonor Acher</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amivi Felicite Amoudji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Arpigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fethi Bedioui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202005147⟩</w:t>
+              <w:t xml:space="preserve">Electroanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (8), pp.1871-1876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elan.202100157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03215097v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox Properties of Ce IV DOTA in Carbonated Aqueous Solutions. A Radiolytic and an Electrochemical Study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La spéciation des actinides - Pierre angulaire de la chimie dans le cycle du combustible nucléaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalia Gitin</w:t>
+                <w:t xml:space="preserve">P.M. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elad Avraham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Maimon</w:t>
+                <w:t xml:space="preserve">Claire Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 460-461</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04781522v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-03430378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical Behavior of Ce(IV)/Ce(III) Couple in N,N‐Di(2‐ethylhexyl)‐n‐butanamide (DEHBA), N,N‐Di(2‐ethylhexyl)‐iso‐butanamide (DEHiBA), and N,N‐Di(2‐ethylhexyl)‐3,3‐dimethyl Butanamide (DEHDMBA)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Ultrasonically assisted conversion of uranium trioxide into uranium( vi ) intrinsic colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fethi Bedioui</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electroanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (8), pp.1871-1876. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (33), pp.11498-11511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/elan.202100157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1DT01609A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03412697v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Hydroxo Group in the Coordination of Citric Acid to Trivalent Americium</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Aupiais</w:t>
+                <w:t xml:space="preserve">Relevance of formation conditions to the size, morphology and local structure of intrinsic plutonium colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202000124⟩</w:t>
+              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (8), pp.2252 - 2266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0en00457j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02558018v1</w:t>
+                <w:t xml:space="preserve">hal-03031914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical and Spectroscopic Study of Eu III and Eu II Coordination in the 1‐Ethyl‐3‐methylimidazolium Bis(trifluoromethylsulfonyl)imide Ionic Liquid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bengio</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Richard Husar</w:t>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Mendes</w:t>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 26 (63), pp.14385-14396. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (33), pp.11512-11521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202001469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04780529v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03005940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Estevenon</w:t>
+                <w:t xml:space="preserve">Crystallographic Structure and Crystal Field Parameters in the [An IV (DPA) 3 ] 2 -series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md. Ashraful Islam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">Julie Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+                <w:t xml:space="preserve">Julien Pilmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (25), pp.14293-14308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0CP02137G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03005940v1</w:t>
+                <w:t xml:space="preserve">hal-02960035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of formation conditions to the size, morphology and local structure of intrinsic plutonium colloids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Menut</w:t>
+                <w:t xml:space="preserve">Soft Hydrothermal Synthesis of Hafnon, HfSiO 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ruwaid Rafiuddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (8), pp.2252 - 2266. </w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3), pp.1820-1828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0en00457j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03031914v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03005939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallographic Structure and Crystal Field Parameters in the [An IV (DPA) 3 ] 2 -series</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonochemical dissolution of nanoscale ThO2 and partial conversion into a thorium peroxo sulfate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Jung</w:t>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pilmé</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xavier F Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0CP02137G⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 69, pp.105235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2020.105235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02960035v1</w:t>
+                <w:t xml:space="preserve">hal-02921711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Hydrothermal Synthesis of Hafnon, HfSiO 4</w:t>
+                <w:t xml:space="preserve">The formation of PuSiO4 under hydrothermal conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ruwaid Rafiuddin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Gauthier Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (3), pp.1820-1828. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (19), pp.6434-6445. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0DT01183E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03005939v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03013951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemical dissolution of nanoscale ThO2 and partial conversion into a thorium peroxo sulfate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+                <w:t xml:space="preserve">The Np V and Pu V Carbonate Systems: Thermodynamics and Coordination Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier F Le Goff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Jean‐charles Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rémi Sicre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Siberchicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Topin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2020.105235⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020 (2), pp.216-225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201901245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921711v1</w:t>
+                <w:t xml:space="preserve">hal-04704072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The formation of PuSiO4 under hydrothermal conditions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of the Hydroxo Group in the Coordination of Citric Acid to Trivalent Americium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020 (14), pp.1331-1344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202000124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0DT01183E⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03013951v1</w:t>
+                <w:t xml:space="preserve">hal-02558018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Np V and Pu V Carbonate Systems: Thermodynamics and Coordination Chemistry</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrochemical and Spectroscopic Study of Eu III and Eu II Coordination in the 1‐Ethyl‐3‐methylimidazolium Bis(trifluoromethylsulfonyl)imide Ionic Liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Siberchicot</w:t>
+                <w:t xml:space="preserve">David Bengio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Arpigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Husar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Topin</w:t>
+                <w:t xml:space="preserve">Eric Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2020 (2), pp.216-225. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (63), pp.14385-14396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.201901245⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202001469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704072v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04780529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsensing of plutonium with a glass optofluidic device</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the Crystal Structure of a Scarce 1D Polymeric Thorium Peroxo Sulfate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothee Allenet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Pierre Lecante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/1.OE.58.6.060502⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (41), pp.9580-9585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201984163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02157782v1</w:t>
+                <w:t xml:space="preserve">hal-02921757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Crystal Structure of a Scarce 1D Polymeric Thorium Peroxo Sulfate</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+                <w:t xml:space="preserve">Microsensing of plutonium with a glass optofluidic device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothee Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Geoffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Bucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lecante</w:t>
+                <w:t xml:space="preserve">Fabrice Canto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 25 (41), pp.9580-9585. </w:t>
+              <w:t xml:space="preserve">Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (06), pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201984163⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/1.OE.58.6.060502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921757v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02157782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamics of plutonium( iii ) and curium( iii ) complexation with a N-donor ligand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Miguirditchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Saint-Maxent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4349,213 +4349,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04742372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protactinium(V) in aqueous solution: a light actinide without actinyl moiety</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe den Auwer</w:t>
+                <w:t xml:space="preserve">Preparation of CeSiO 4 from aqueous precursors under soft hydrothermal conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/ract-2019-3119⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (22), pp.7551-7559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9DT01258C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-02324732v1</w:t>
+                <w:t xml:space="preserve">hal-02360069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of CeSiO 4 from cerium( iii ) silicate precursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Vadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4564,292 +4568,288 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (28), pp.10455-10463. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C9DT01990A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02360056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of CeSiO 4 from aqueous precursors under soft hydrothermal conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+                <w:t xml:space="preserve">Protactinium(V) in aqueous solution: a light actinide without actinyl moiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 48 (22), pp.7551-7559. </w:t>
+              <w:t xml:space="preserve">Radiochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 107 (9-11), pp.979-991. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9DT01258C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/ract-2019-3119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02360069v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-02324732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of dissolution of Th0.25U0.75O2 sintered pellets in various acidic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dalger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Tocino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Claparede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 510, pp.109-122. </w:t>
@@ -4900,77 +4900,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiparametric Study of the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5034,77 +5034,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Carbonate Ions on the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5155,64 +5155,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical behavior of platinum and gold electrodes in the aprotic ionic liquid N , N -Trimethylbutylammonium Bis(trifluoromethanesulfonyl)imide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bengio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5285,51 +5285,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The electronic structure of f-element Prussian blue analogs determined by soft X-ray absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5445,51 +5445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Illy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5700,77 +5700,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Claparede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Guigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Nadah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 483, pp.158-166. </w:t>
@@ -5936,2309 +5936,2309 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-assisted reductive dissolution of CeO 2 and PuO 2 in the presence of Ti particles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paramagnetism of Aqueous Actinide Cations. Part II: Theoretical Aspects and New Measurements on An(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Beaudoux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tony Chave</w:t>
+                <w:t xml:space="preserve">Laetitia Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Leturcq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Jouan</w:t>
+                <w:t xml:space="preserve">Hélène Bolvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 45 (21), pp.8802-8815. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (23), pp.12149-12157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5DT04931H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b01449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02076941v1</w:t>
+                <w:t xml:space="preserve">hal-01443572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemical water splitting in the presence of powdered metal oxides</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modeling and Speciation Study of Uranium(VI) and Technetium(VII) Coextraction with DEHiBA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.11.006⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (13), pp.6511-6519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02075377v1</w:t>
+                <w:t xml:space="preserve">hal-02000078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemistry of actinides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiolyse α des solutions aqueuses d’acide nitrique et de plutonium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Venault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Garaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Vandenborre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actinide Research Quarterly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, pp.67-72</w:t>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 408-409, pp.106-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114896v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01343067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paramagnetism of Aqueous Actinide Cations. Part II: Theoretical Aspects and New Measurements on An(IV)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+                <w:t xml:space="preserve">Effect of ultrasonic frequency on H2O2 sonochemical formation rate in aqueous nitric acid solutions in the presence of oxygen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dalodière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b01449⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29, pp.198-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443572v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Speciation Study of Uranium(VI) and Technetium(VII) Coextraction with DEHiBA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonochemical water splitting in the presence of powdered metal oxides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 55 (13), pp.6511-6519. </w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29, pp.512-516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000078v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolyse α des solutions aqueuses d’acide nitrique et de plutonium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sonochemistry of actinides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Venault</w:t>
+                <w:t xml:space="preserve">V. Morosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Garaix</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Pflieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 408-409, pp.106-108</w:t>
+              <w:t xml:space="preserve">Actinide Research Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.67-72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01343067v1</w:t>
+                <w:t xml:space="preserve">hal-02114896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of ultrasonic frequency on H2O2 sonochemical formation rate in aqueous nitric acid solutions in the presence of oxygen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Dalodière</w:t>
+                <w:t xml:space="preserve">Ultrasound-assisted reductive dissolution of CeO 2 and PuO 2 in the presence of Ti particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Beaudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Leturcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 29, pp.198-204. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (21), pp.8802-8815. </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.09.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C5DT04931H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076922v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density and activity of perrhenic acid aqueous solutions at T= 298.15 K</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alpha radiolysis of nitric acid and sodium nitrate with 4He2+ beam of 13.5 MeV energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Garaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Venault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Moeyaert</w:t>
+                <w:t xml:space="preserve">A. Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Abiad</w:t>
+                <w:t xml:space="preserve">J. Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sorel</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.394-403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2014.08.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jct.2015.01.006⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03675822v1</w:t>
+                <w:t xml:space="preserve">in2p3-01075879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anion selectivity in ion exchange reactions with surface functionalized ionosilicas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Petrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Petrova</w:t>
+                <w:t xml:space="preserve">Mireille Gigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Gigue</w:t>
+                <w:t xml:space="preserve">Laurent Venault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Hesemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 17 (15), pp.10182-10188. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c5cp00518c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01205338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpha radiolysis of nitric acid and sodium nitrate with 4He2+ beam of 13.5 MeV energy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Venault</w:t>
+                <w:t xml:space="preserve">Determination of formation constants of uranyl(VI) complexes with a hydrophilic SO3-Ph-BTP ligand, using liquid-liquid extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Łukasz Steczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Costagliola</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jerzy Narbutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2014.08.008⟩</w:t>
+              <w:t xml:space="preserve">Nukleonika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 60 (4), pp.821-827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nuka-2015-0150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01075879v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02389376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of formation constants of uranyl(VI) complexes with a hydrophilic SO3-Ph-BTP ligand, using liquid-liquid extraction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+                <w:t xml:space="preserve">Speciation of americium in seawater and accumulation in the marine sponge Aplysina cavernicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melody Maloubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nukleonika</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nuka-2015-0150⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (47), pp.20584-20596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5DT02805A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02389376v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation of americium in seawater and accumulation in the marine sponge Aplysina cavernicola</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
+                <w:t xml:space="preserve">Dissolution of Th1−xUxO2 : Effects of chemical composition and microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Claparede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Tocino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5DT02805A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 457, pp.304-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.11.094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05287314v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02045274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution of Th1−xUxO2 : Effects of chemical composition and microstructure</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+                <w:t xml:space="preserve">Density and activity of pertechnetic acid aqueous solutions at T = 298.15 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abiad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+                <w:t xml:space="preserve">A. Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 457, pp.304-316. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91, pp.94-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.11.094⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jct.2015.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02045274v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density and activity of pertechnetic acid aqueous solutions at T = 298.15 K</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
+                <w:t xml:space="preserve">On the stoichiometry and stability of americium(III) complexes with a hydrophilic SO3–Ph–BTP ligand, studied by liquid–liquid extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Łukasz Steczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ruas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magdalena Rejnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Narbutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 91, pp.94-100. </w:t>
+              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jct.2015.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10967-015-4663-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02000113v1</w:t>
+                <w:t xml:space="preserve">cea-02382462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the stoichiometry and stability of americium(III) complexes with a hydrophilic SO3–Ph–BTP ligand, studied by liquid–liquid extraction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+                <w:t xml:space="preserve">Sonochemical redox reactions of Pu( iii ) and Pu( iv ) in aqueous nitric solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10967-015-4663-7⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (6), pp.2567-2574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4DT02330G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02382462v1</w:t>
+                <w:t xml:space="preserve">hal-02076929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemical redox reactions of Pu( iii ) and Pu( iv ) in aqueous nitric solutions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Venault</w:t>
+                <w:t xml:space="preserve">XAS and TRLIF spectroscopy of uranium and neptunium in seawater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melody Maloubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Monfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Den Auwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 44 (6), pp.2567-2574. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C4DT02330G⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 44 (12), pp.5417-5427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4DT03547J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076929v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XAS and TRLIF spectroscopy of uranium and neptunium in seawater</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+                <w:t xml:space="preserve">Density and activity of perrhenic acid aqueous solutions at T= 298.15 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abiad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 85, pp.61-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jct.2015.01.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C4DT03547J⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05287310v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of hydration and thermal treatment on ceria surface using non-intrusive techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Calvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie del Confetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 444 (1-3), p.359-367. </w:t>
@@ -8289,77 +8289,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uranium carbide dissolution in nitric solution: Sonication vs. silent conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8461,51 +8461,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pflieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8578,51 +8578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ansoborlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rich Leggett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8725,51 +8725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lalleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Plasari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8841,77 +8841,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiparametric Dissolution of Thorium–Cerium Dioxide Solid Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Claparede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8988,51 +8988,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Duvail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9086,307 +9086,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-00870636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Synthesis of Uranyl Aluminate Nanoparticles</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrodynamic sono-voltammetry of ferrocene in [Tf2N]− based ionic liquid media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Scheinost</w:t>
+                <w:t xml:space="preserve">Cédric Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Berthon</w:t>
+                <w:t xml:space="preserve">Marie-Laure Doche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Arab-Chapelet</w:t>
+                <w:t xml:space="preserve">Jean-Yves Hihn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic100597m⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 50 (2), pp.323 - 328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultras.2009.09.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02458300v1</w:t>
+                <w:t xml:space="preserve">hal-01815143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic sono-voltammetry of ferrocene in [Tf2N]− based ionic liquid media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Doche</w:t>
+                <w:t xml:space="preserve">First Synthesis of Uranyl Aluminate Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Hihn</w:t>
+                <w:t xml:space="preserve">Andreas Scheinost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bisel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Claude Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Arab-Chapelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultras.2009.09.023⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (14), pp.6381-6383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic100597m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01815143v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of early actinides(V) in acidic solutions</w:t>
               </w:r>
@@ -9519,77 +9519,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of aspartyl-rich pentapeptides in comparative complexation of actinide(IV) and iron(III). Part 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Coantic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Floquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9875,1061 +9875,1061 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01273033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uranyl(VI) nitrate salts: Modelling thermodynamic properties using the BIMSA theory and determination of “fictive” binary data.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Ruas</w:t>
+                <w:t xml:space="preserve">Actinide speciation in relation to biological processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Ansoborlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bernard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre Turq</w:t>
+                <w:t xml:space="preserve">Odette Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe den Auwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88 (11), pp.1605 - 1618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2006.06.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00162121v1</w:t>
+                <w:t xml:space="preserve">hal-01930725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actinide speciation in relation to biological processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Ansoborlo</w:t>
+                <w:t xml:space="preserve">Uranyl (VI) nitrate salts: Modeling thermodynamic properties using the binding mean spherical approximation theory and determination of &amp;quot;fictive&amp;quot; binary data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odette Prat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
+                <w:t xml:space="preserve">Barbara Caniffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Turq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110, pp.3435-3443</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01930725v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00164729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uranyl (VI) nitrate salts: Modeling thermodynamic properties using the binding mean spherical approximation theory and determination of &amp;quot;fictive&amp;quot; binary data.</w:t>
+                <w:t xml:space="preserve">Experimental and Molecular Dynamics Studies of Dysprosium(III) Chloride Ionic Solutions for a Better Representation of the Microscopic Features Used within the Binding Mean Spherical Approximation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe den Auwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Simonin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Turq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110 (41), pp.11770-11779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp0609636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00164729v1</w:t>
+                <w:t xml:space="preserve">hal-00162065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Molecular Dynamics Studies of Dysprosium(III) Chloride Ionic Solutions for a Better Representation of the Microscopic Features Used within the Binding Mean Spherical Approximation.</w:t>
+                <w:t xml:space="preserve">Uranyl(VI) nitrate salts: Modelling thermodynamic properties using the BIMSA theory and determination of “fictive” binary data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caniffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Turq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110, pp.3435-3443</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp0609636⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00162065v1</w:t>
+                <w:t xml:space="preserve">hal-00162121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanide Salts Solutions: Representation of Osmotic Coefficients within the Binding Mean Spherical Approximation.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Determination of Water Activity for Binary Aqueous Cerium(III) Ionic Solutions. Application to an Assessment of the Predictive Capability of the BIMSA Model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Turq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 109, pp.5243-5248</w:t>
+              <w:t xml:space="preserve">, 2005, 109, pp.23043-23050</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00164780v1</w:t>
+                <w:t xml:space="preserve">hal-00162124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Determination of Water Activity for Binary Aqueous Cerium(III) Ionic Solutions. Application to an Assessment of the Predictive Capability of the BIMSA Model.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
+                <w:t xml:space="preserve">Lanthanide Salts Solutions: Representation of Osmotic Coefficients within the Binding Mean Spherical Approximation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 109, pp.23043-23050</w:t>
+              <w:t xml:space="preserve">, 2005, 109, pp.5243-5248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00162124v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00162126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanide Salts Solutions: Representation of Osmotic Coefficients within the Binding Mean Spherical Approximation.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
+                <w:t xml:space="preserve">Actinide uptake by transferrin and ferritin metalloproteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe den Auwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Llorens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Goudard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Radiochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 93 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1524/ract.2005.93.11.699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00162126v1</w:t>
+                <w:t xml:space="preserve">hal-02278750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actinide uptake by transferrin and ferritin metalloproteins</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">I. Llorens</w:t>
+                <w:t xml:space="preserve">Lanthanide Salts Solutions: Representation of Osmotic Coefficients within the Binding Mean Spherical Approximation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. Goudard</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 109, pp.5243-5248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1524/ract.2005.93.11.699⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02278750v1</w:t>
+                <w:t xml:space="preserve">hal-00164780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10960,51 +10960,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the multi-scale properties of Pu(IV) intrinsic colloids by synchrotron SAXS/XAS techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11234,51 +11234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04938112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Husar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hervy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt02796e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291679v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Orlat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Prozheev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ine Arts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Leinders" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577525005156" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05224468v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01938" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372335v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Lohmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Reich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c03418" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05168253v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Husainy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Szenknect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Goff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155922" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704276v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Avallone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Jeffredo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de la Hos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01604A" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721690v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt03721a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697127v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gev Dovrat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Pevzner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maimon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Bogoslavsky" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshayahu Ben-Eliyahu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03286" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714987v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chupin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02876" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697248v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radion Vainer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Iliashevsky" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201868" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916052v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I Nikitenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00306F" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776952v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Maurice" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Champion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01918" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916056v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04990B" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340169v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT01609A" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03430378v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Martin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Naour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Charbonnel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grandjean" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215097v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Autillo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Ashraful Islam" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie H&#233;ron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gu&#233;rin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onor Acher" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202005147" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04781522v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Popivker" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Meyerstein" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Gitin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Avraham" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09134" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412697v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amivi Felicite Amoudji" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Arpigny" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.202100157" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558018v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bonato" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000124" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04780529v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bengio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mendes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001469" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031914v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0en00457j" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960035v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jung" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02137G" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005939v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ruwaid Rafiuddin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01546" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921711v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier F Le Goff" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105235" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013951v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01183E" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704072v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Alexandre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sicre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siberchicot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Topin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201901245" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157782v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Allenet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Geoffray" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bucci" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Canto" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.58.6.060502" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921757v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201984163" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04742372v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Miguirditchian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Maxent" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaneux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt04671a" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02324732v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roques" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2019-3119" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360069v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01258C" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045611v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tocino" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claparede" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.07.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01390" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045590v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02146" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02105848v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2018.06.034" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02983237v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolek Tyliszczak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05176c" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075385v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Illy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QI00389G" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605035v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Younes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hennig" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rossberg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ02123B" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064061v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guigue" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Nadah" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076941v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaudoux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leturcq" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT04931H" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075377v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.11.006" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114896v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443572v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bolvin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01449" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000078v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Moeyaert" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sorel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00595" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01343067v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garaix" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076922v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.09.014" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03675822v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moeyaert" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abiad" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.01.006" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRBS01P6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205338v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Petrova" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Gigue" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp00518c" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075879v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costagliola" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maurin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guigue" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2014.08.008" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BZ4W4BD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389376v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Steczek" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Narbutt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nuka-2015-0150" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287314v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Maloubier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT02805A" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045274v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.11.094" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000113v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruas" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.07.006" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02382462v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Rejnis" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-4663-7" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076929v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02330G" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287310v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Monfort" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Den Auwer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT03547J" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625036v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gaillard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Calvet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie del Confetto" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.10.018" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076944v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.06.021" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB97TQS4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461676v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cousin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Nikitenko" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2013.2028" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00757351v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ansoborlo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Leggett" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menetrier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx300072w" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778455v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lalleman" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Plasari" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.02.011" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMCTXWD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02037000v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martinez" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic201699t" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00870636v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruas" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic9017085" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458300v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Scheinost" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Arab-Chapelet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic100597m" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815143v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Costa" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Doche" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bisel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2009.09.023" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLV5R9QZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00411276v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Di Giandomenico" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simoni" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2009.1620" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00859675v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. den Auwer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273033v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ansoborlo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Amekraz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moulin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.01.015" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162121v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caniffi" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simonin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Turq" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930725v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Prat" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.06.011" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MKZW3WJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164729v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Caniffi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162065v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0609636" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-46XCTDGQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164780v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162124v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Simonin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Turq" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162126v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278750v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Llorens" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vidaud" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goudard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2005.93.11.699" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766010v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04938112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Husar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hervy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt02796e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291679v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Orlat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Prozheev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ine Arts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Leinders" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577525005156" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05224468v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01938" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372335v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Lohmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Reich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c03418" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05168253v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Husainy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Szenknect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Goff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155922" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704276v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Avallone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Jeffredo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de la Hos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01604A" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697127v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gev Dovrat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Pevzner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maimon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Bogoslavsky" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshayahu Ben-Eliyahu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03286" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt03721a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714987v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chupin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02876" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697248v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radion Vainer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Iliashevsky" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201868" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916052v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I Nikitenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00306F" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776952v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Maurice" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Champion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01918" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916056v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04990B" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215097v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Autillo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Ashraful Islam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie H&#233;ron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gu&#233;rin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onor Acher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202005147" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04781522v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Popivker" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Meyerstein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Gitin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Avraham" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09134" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412697v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amivi Felicite Amoudji" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Arpigny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.202100157" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03430378v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Martin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Naour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Charbonnel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grandjean" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340169v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT01609A" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031914v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0en00457j" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960035v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jung" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02137G" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005939v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ruwaid Rafiuddin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01546" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921711v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bonato" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier F Le Goff" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105235" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013951v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01183E" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704072v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Alexandre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sicre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siberchicot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Topin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201901245" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000124" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04780529v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bengio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mendes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001469" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921757v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201984163" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157782v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Allenet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Geoffray" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bucci" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Canto" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.58.6.060502" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04742372v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Miguirditchian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Maxent" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaneux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt04671a" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360069v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01258C" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02324732v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roques" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2019-3119" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045611v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tocino" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claparede" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.07.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01390" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045590v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02146" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02105848v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2018.06.034" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02983237v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolek Tyliszczak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05176c" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075385v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Illy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QI00389G" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605035v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Younes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hennig" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rossberg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ02123B" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064061v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guigue" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Nadah" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443572v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bolvin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01449" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000078v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Moeyaert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sorel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00595" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01343067v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garaix" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.09.014" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075377v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.11.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114896v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076941v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaudoux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leturcq" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT04931H" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075879v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costagliola" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maurin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guigue" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2014.08.008" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BZ4W4BD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205338v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Petrova" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Gigue" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venault" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp00518c" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389376v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Steczek" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Narbutt" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nuka-2015-0150" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287314v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Maloubier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT02805A" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045274v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.11.094" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000113v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moeyaert" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abiad" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.07.006" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02382462v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Rejnis" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-4663-7" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076929v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02330G" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287310v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Monfort" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Den Auwer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT03547J" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03675822v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.01.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRBS01P6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625036v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gaillard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Calvet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie del Confetto" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.10.018" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076944v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.06.021" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB97TQS4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461676v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cousin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Nikitenko" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2013.2028" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00757351v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ansoborlo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Leggett" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menetrier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx300072w" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778455v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lalleman" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Plasari" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.02.011" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMCTXWD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02037000v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martinez" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic201699t" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00870636v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruas" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic9017085" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815143v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Costa" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Doche" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bisel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2009.09.023" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLV5R9QZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458300v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Scheinost" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Arab-Chapelet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic100597m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00411276v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Di Giandomenico" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simoni" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2009.1620" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00859675v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. den Auwer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273033v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ansoborlo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Amekraz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moulin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.01.015" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930725v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Prat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.06.011" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MKZW3WJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164729v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Caniffi" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simonin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Turq" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162065v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0609636" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-46XCTDGQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162121v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caniffi" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162124v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Simonin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Turq" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162126v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278750v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Llorens" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vidaud" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goudard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2005.93.11.699" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164780v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766010v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>