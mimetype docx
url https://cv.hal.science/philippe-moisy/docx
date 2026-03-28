--- v1 (2026-03-25)
+++ v2 (2026-03-28)
@@ -502,291 +502,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05224468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Th-acetate chemical equilibria: Is it really that simple?</w:t>
+                <w:t xml:space="preserve">Impact of metallic Mo nanoparticles on the dissolution kinetics of UO2 in nitric acid under representative PUREX process conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janik Lohmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
+                <w:t xml:space="preserve">Mohammad Husainy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c03418⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 615, pp.155922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05372335v1</w:t>
+                <w:t xml:space="preserve">hal-05168253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of metallic Mo nanoparticles on the dissolution kinetics of UO2 in nitric acid under representative PUREX process conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Th-acetate chemical equilibria: Is it really that simple?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Szenknect</w:t>
+                <w:t xml:space="preserve">Janik Lohmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Podor</w:t>
+                <w:t xml:space="preserve">Tobias Reich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Le Goff</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 615, pp.155922. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155922⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c03418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05168253v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05372335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronicles of plutonium peroxides: spectroscopic characterization of a new peroxo compound of Pu( iv )</w:t>
               </w:r>
@@ -1364,51 +1364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61 (12), pp.4806-4817. </w:t>
@@ -1444,177 +1444,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04714987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DOTP versus DOTA as Ligands for Lanthanide Cations: Novel Structurally Characterized Ce IV and Ce III Cyclen‐Based Complexes and Clusters in Aqueous Solutions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pourbaix diagram of astatine revisited: experimental investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radion Vainer</w:t>
+                <w:t xml:space="preserve">Lu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Iliashevsky</w:t>
+                <w:t xml:space="preserve">Rémi Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202201868⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (34), pp.13462-13470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c01918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04697248v1</w:t>
+                <w:t xml:space="preserve">hal-03776952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and multi-scale properties of PuO2 nanoparticles: recent advances and open questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1623,246 +1623,246 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 4 (23), pp.4938-4971. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D2NA00306F⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourbaix diagram of astatine revisited: experimental investigations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Maurice</w:t>
+                <w:t xml:space="preserve">DOTP versus DOTA as Ligands for Lanthanide Cations: Novel Structurally Characterized Ce IV and Ce III Cyclen‐Based Complexes and Clusters in Aqueous Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gev Dovrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Pevzner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Galland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Radion Vainer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Champion</w:t>
+                <w:t xml:space="preserve">Olga Iliashevsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 61 (34), pp.13462-13470. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (61), </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c01918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202201868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776952v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04697248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First observation of [Pu6(OH)4O4 ]12+ cluster during the hydrolytic formation of PuO2 nanoparticles using H/D kinetic isotope effect</w:t>
               </w:r>
@@ -1976,420 +1976,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence of $^1H$ paramagnetic chemical shifts in actinide complexes, beyond Bleaney's theory: The An$^{VI}$O$_2^{2+}$ – Dipicolinic AcidcComplexes (An=Np, Pu) as an Example</w:t>
+                <w:t xml:space="preserve">Redox Properties of Ce IV DOTA in Carbonated Aqueous Solutions. A Radiolytic and an Electrochemical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+                <w:t xml:space="preserve">Inna Popivker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Md. Ashraful Islam</w:t>
+                <w:t xml:space="preserve">Dan Meyerstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Héron</w:t>
+                <w:t xml:space="preserve">Dalia Gitin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Guérin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eléonor Acher</w:t>
+                <w:t xml:space="preserve">Elad Avraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202005147⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (7), pp.1436-1446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03215097v1</w:t>
+                <w:t xml:space="preserve">cea-04781522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les actinides leur interaction avec les processus biologiques: où en sommes-nous?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Alban</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Aupiais</w:t>
+                <w:t xml:space="preserve">Maria Rosa Beccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Rosa Beccia</w:t>
+                <w:t xml:space="preserve">C. Berthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Actualité Chimique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 460-461, pp.68-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03188160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox Properties of Ce IV DOTA in Carbonated Aqueous Solutions. A Radiolytic and an Electrochemical Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature dependence of $^1H$ paramagnetic chemical shifts in actinide complexes, beyond Bleaney's theory: The An$^{VI}$O$_2^{2+}$ – Dipicolinic AcidcComplexes (An=Np, Pu) as an Example</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inna Popivker</w:t>
+                <w:t xml:space="preserve">Md. Ashraful Islam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Meyerstein</w:t>
+                <w:t xml:space="preserve">Julie Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalia Gitin</w:t>
+                <w:t xml:space="preserve">Laetitia Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elad Avraham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Maimon</w:t>
+                <w:t xml:space="preserve">Eléonor Acher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 125 (7), pp.1436-1446. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (24), pp.7138-7153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202005147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04781522v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical Behavior of Ce(IV)/Ce(III) Couple in N,N‐Di(2‐ethylhexyl)‐n‐butanamide (DEHBA), N,N‐Di(2‐ethylhexyl)‐iso‐butanamide (DEHiBA), and N,N‐Di(2‐ethylhexyl)‐3,3‐dimethyl Butanamide (DEHDMBA)</w:t>
               </w:r>
@@ -2401,51 +2401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amivi Felicite Amoudji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Arpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fethi Bedioui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2879,429 +2879,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03031914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Estevenon</w:t>
+                <w:t xml:space="preserve">Crystallographic Structure and Crystal Field Parameters in the [An IV (DPA) 3 ] 2 -series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md. Ashraful Islam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">Julie Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+                <w:t xml:space="preserve">Julien Pilmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (25), pp.14293-14308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0CP02137G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03005940v1</w:t>
+                <w:t xml:space="preserve">hal-02960035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallographic Structure and Crystal Field Parameters in the [An IV (DPA) 3 ] 2 -series</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Md. Ashraful Islam</w:t>
+                <w:t xml:space="preserve">Soft Hydrothermal Synthesis of Hafnon, HfSiO 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ruwaid Rafiuddin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Jung</w:t>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pilmé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Galland</w:t>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22 (25), pp.14293-14308. </w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3), pp.1820-1828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0CP02137G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960035v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03005939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Hydrothermal Synthesis of Hafnon, HfSiO 4</w:t>
+                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ruwaid Rafiuddin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (3), pp.1820-1828. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (33), pp.11512-11521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03005939v1</w:t>
+                <w:t xml:space="preserve">hal-03005940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonochemical dissolution of nanoscale ThO2 and partial conversion into a thorium peroxo sulfate</w:t>
               </w:r>
@@ -3326,51 +3326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3430,90 +3430,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The formation of PuSiO4 under hydrothermal conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 49 (19), pp.6434-6445. </w:t>
@@ -3551,51 +3551,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Np V and Pu V Carbonate Systems: Thermodynamics and Coordination Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐charles Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3711,51 +3711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3992,51 +3992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lecante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4139,51 +4139,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Bucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Canto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 58 (06), pp.1. </w:t>
@@ -4260,51 +4260,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Saint-Maxent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Guillaneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4368,90 +4368,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of CeSiO 4 from aqueous precursors under soft hydrothermal conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (22), pp.7551-7559. </w:t>
@@ -4502,51 +4502,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of CeSiO 4 from cerium( iii ) silicate precursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Vadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4662,64 +4662,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 107 (9-11), pp.979-991. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4766,90 +4766,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of dissolution of Th0.25U0.75O2 sintered pellets in various acidic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dalger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Tocino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Claparede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 510, pp.109-122. </w:t>
@@ -4900,90 +4900,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiparametric Study of the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 57 (15), pp.9393-9402. </w:t>
@@ -5034,90 +5034,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Carbonate Ions on the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 57 (19), pp.12398-12408. </w:t>
@@ -5194,51 +5194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 823, pp.445-454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5298,51 +5298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Shuh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5540,77 +5540,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and thermodynamic investigation of An&amp;lt;sup&amp;gt;IV&amp;lt;/sup&amp;gt;LI(O)HOPO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Hennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5936,295 +5936,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paramagnetism of Aqueous Actinide Cations. Part II: Theoretical Aspects and New Measurements on An(IV)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling and Speciation Study of Uranium(VI) and Technetium(VII) Coextraction with DEHiBA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Guerin</w:t>
+                <w:t xml:space="preserve">Pauline Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bolvin</w:t>
+                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 55 (23), pp.12149-12157. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b01449⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 55 (13), pp.6511-6519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01443572v1</w:t>
+                <w:t xml:space="preserve">hal-02000078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Speciation Study of Uranium(VI) and Technetium(VII) Coextraction with DEHiBA</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dumas</w:t>
+                <w:t xml:space="preserve">Paramagnetism of Aqueous Actinide Cations. Part II: Theoretical Aspects and New Measurements on An(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Sorel</w:t>
+                <w:t xml:space="preserve">Hélène Bolvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 55 (13), pp.6511-6519. </w:t>
+              <w:t xml:space="preserve">, 2016, 55 (23), pp.12149-12157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b01449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000078v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiolyse α des solutions aqueuses d’acide nitrique et de plutonium</w:t>
               </w:r>
@@ -6344,51 +6344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dalodière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6474,51 +6474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6559,286 +6559,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemistry of actinides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasound-assisted reductive dissolution of CeO 2 and PuO 2 in the presence of Ti particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Beaudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Pflieger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+                <w:t xml:space="preserve">Gilles Leturcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actinide Research Quarterly</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (21), pp.8802-8815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5DT04931H⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02114896v1</w:t>
+                <w:t xml:space="preserve">hal-02076941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-assisted reductive dissolution of CeO 2 and PuO 2 in the presence of Ti particles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonochemistry of actinides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Leturcq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Jouan</w:t>
+                <w:t xml:space="preserve">V. Morosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pflieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Actinide Research Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.67-72</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076941v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02114896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha radiolysis of nitric acid and sodium nitrate with 4He2+ beam of 13.5 MeV energy</w:t>
               </w:r>
@@ -6964,862 +6964,862 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01075879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anion selectivity in ion exchange reactions with surface functionalized ionosilicas</w:t>
+                <w:t xml:space="preserve">Determination of formation constants of uranyl(VI) complexes with a hydrophilic SO3-Ph-BTP ligand, using liquid-liquid extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Petrova</w:t>
+                <w:t xml:space="preserve">Łukasz Steczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Gigue</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Jerzy Narbutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter Hesemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5cp00518c⟩</w:t>
+              <w:t xml:space="preserve">Nukleonika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 60 (4), pp.821-827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nuka-2015-0150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01205338v1</w:t>
+                <w:t xml:space="preserve">cea-02389376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of formation constants of uranyl(VI) complexes with a hydrophilic SO3-Ph-BTP ligand, using liquid-liquid extraction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
+                <w:t xml:space="preserve">On the stoichiometry and stability of americium(III) complexes with a hydrophilic SO3–Ph–BTP ligand, studied by liquid–liquid extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Łukasz Steczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Rejnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerzy Narbutt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nukleonika</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nuka-2015-0150⟩</w:t>
+              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10967-015-4663-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02389376v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02382462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation of americium in seawater and accumulation in the marine sponge Aplysina cavernicola</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
+                <w:t xml:space="preserve">Dissolution of Th1−xUxO2 : Effects of chemical composition and microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Claparede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Tocino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5DT02805A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 457, pp.304-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.11.094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05287314v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02045274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution of Th1−xUxO2 : Effects of chemical composition and microstructure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+                <w:t xml:space="preserve">Density and activity of pertechnetic acid aqueous solutions at T = 298.15 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abiad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.11.094⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91, pp.94-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jct.2015.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02045274v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density and activity of pertechnetic acid aqueous solutions at T = 298.15 K</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Speciation of americium in seawater and accumulation in the marine sponge Aplysina cavernicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melody Maloubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Moeyaert</w:t>
+                <w:t xml:space="preserve">Hervé Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Abiad</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Ruas</w:t>
+                <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jct.2015.07.006⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (47), pp.20584-20596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5DT02805A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000113v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the stoichiometry and stability of americium(III) complexes with a hydrophilic SO3–Ph–BTP ligand, studied by liquid–liquid extraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Łukasz Steczek</w:t>
+                <w:t xml:space="preserve">Anion selectivity in ion exchange reactions with surface functionalized ionosilicas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Petrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Gigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Venault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Rejnis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Peter Hesemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (15), pp.10182-10188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10967-015-4663-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5cp00518c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02382462v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonochemical redox reactions of Pu( iii ) and Pu( iv ) in aqueous nitric solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7866,77 +7866,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XAS and TRLIF spectroscopy of uranium and neptunium in seawater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melody Maloubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Monfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8000,103 +8000,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Density and activity of perrhenic acid aqueous solutions at T= 298.15 K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moeyaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Abiad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Thermodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 85, pp.61-67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8155,90 +8155,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of hydration and thermal treatment on ceria surface using non-intrusive techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Calvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie del Confetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 444 (1-3), p.359-367. </w:t>
@@ -8289,90 +8289,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uranium carbide dissolution in nitric solution: Sonication vs. silent conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 441 (1-3), pp.421-430. </w:t>
@@ -8422,103 +8422,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of 232,230,228 Th enhancement decay by ultrasound exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pflieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 101 (5), pp.279-284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8725,64 +8725,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lalleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Plasari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 77, pp.189-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8841,77 +8841,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiparametric Dissolution of Thorium–Cerium Dioxide Solid Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Claparede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8988,64 +8988,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Duvail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9144,51 +9144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Hihn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 50 (2), pp.323 - 328. </w:t>
@@ -9424,51 +9424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Simoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 97, p. 347-353. </w:t>
@@ -9665,51 +9665,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie de coordination des actinides : vers les frontières du tableau périodique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Simoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9907,51 +9907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Ansoborlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odette Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10423,51 +10423,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Determination of Water Activity for Binary Aqueous Cerium(III) Ionic Solutions. Application to an Assessment of the Predictive Capability of the BIMSA Model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10531,51 +10531,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide Salts Solutions: Representation of Osmotic Coefficients within the Binding Mean Spherical Approximation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10583,51 +10583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 109, pp.5243-5248</w:t>
@@ -10682,51 +10682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Llorens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10803,90 +10803,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide Salts Solutions: Representation of Osmotic Coefficients within the Binding Mean Spherical Approximation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dufrêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 109, pp.5243-5248</w:t>
@@ -11234,51 +11234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04938112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Husar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hervy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt02796e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291679v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Orlat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Prozheev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ine Arts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Leinders" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577525005156" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05224468v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01938" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372335v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Lohmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Reich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c03418" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05168253v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Husainy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Szenknect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Goff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155922" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704276v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Avallone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Jeffredo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de la Hos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01604A" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697127v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gev Dovrat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Pevzner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maimon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Bogoslavsky" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshayahu Ben-Eliyahu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03286" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt03721a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714987v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chupin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02876" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697248v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radion Vainer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Iliashevsky" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201868" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916052v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I Nikitenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00306F" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776952v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Maurice" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Champion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01918" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916056v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04990B" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215097v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Autillo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Ashraful Islam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie H&#233;ron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gu&#233;rin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onor Acher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202005147" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04781522v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Popivker" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Meyerstein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Gitin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Avraham" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09134" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412697v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amivi Felicite Amoudji" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Arpigny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.202100157" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03430378v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Martin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Naour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Charbonnel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grandjean" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340169v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT01609A" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031914v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0en00457j" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960035v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jung" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02137G" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005939v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ruwaid Rafiuddin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01546" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921711v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bonato" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier F Le Goff" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105235" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013951v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01183E" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704072v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Alexandre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sicre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siberchicot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Topin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201901245" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000124" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04780529v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bengio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mendes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001469" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921757v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201984163" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157782v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Allenet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Geoffray" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bucci" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Canto" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.58.6.060502" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04742372v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Miguirditchian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Maxent" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaneux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt04671a" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360069v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01258C" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02324732v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roques" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2019-3119" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045611v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tocino" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claparede" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.07.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01390" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045590v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02146" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02105848v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2018.06.034" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02983237v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolek Tyliszczak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05176c" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075385v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Illy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QI00389G" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605035v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Younes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hennig" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rossberg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ02123B" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064061v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guigue" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Nadah" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443572v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bolvin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01449" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000078v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Moeyaert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sorel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00595" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01343067v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garaix" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.09.014" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075377v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.11.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114896v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076941v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaudoux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leturcq" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT04931H" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075879v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costagliola" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maurin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guigue" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2014.08.008" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BZ4W4BD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205338v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Petrova" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Gigue" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venault" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp00518c" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389376v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Steczek" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Narbutt" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nuka-2015-0150" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287314v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Maloubier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT02805A" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045274v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.11.094" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000113v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moeyaert" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abiad" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.07.006" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02382462v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Rejnis" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-4663-7" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076929v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02330G" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287310v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Monfort" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Den Auwer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT03547J" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03675822v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.01.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRBS01P6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625036v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gaillard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Calvet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie del Confetto" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.10.018" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076944v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.06.021" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB97TQS4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461676v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cousin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Nikitenko" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2013.2028" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00757351v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ansoborlo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Leggett" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menetrier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx300072w" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778455v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lalleman" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Plasari" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.02.011" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMCTXWD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02037000v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martinez" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic201699t" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00870636v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruas" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic9017085" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815143v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Costa" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Doche" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bisel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2009.09.023" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLV5R9QZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458300v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Scheinost" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Arab-Chapelet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic100597m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00411276v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Di Giandomenico" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simoni" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2009.1620" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00859675v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. den Auwer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273033v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ansoborlo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Amekraz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moulin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.01.015" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930725v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Prat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.06.011" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MKZW3WJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164729v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Caniffi" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simonin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Turq" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162065v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0609636" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-46XCTDGQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162121v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caniffi" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162124v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Simonin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Turq" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162126v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278750v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Llorens" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vidaud" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goudard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2005.93.11.699" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164780v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766010v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04938112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Husar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hervy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt02796e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291679v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Orlat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Prozheev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ine Arts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Leinders" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577525005156" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05224468v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01938" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05168253v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Husainy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Szenknect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Goff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155922" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372335v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Lohmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Reich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c03418" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704276v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Avallone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Jeffredo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de la Hos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01604A" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697127v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gev Dovrat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Pevzner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maimon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Bogoslavsky" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshayahu Ben-Eliyahu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03286" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt03721a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714987v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chupin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02876" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776952v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Maurice" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Champion" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01918" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916052v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I Nikitenko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00306F" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04697248v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radion Vainer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Iliashevsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201868" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916056v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04990B" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04781522v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Popivker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Meyerstein" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Gitin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Avraham" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09134" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215097v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Autillo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Ashraful Islam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie H&#233;ron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gu&#233;rin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onor Acher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202005147" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412697v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amivi Felicite Amoudji" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Arpigny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.202100157" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03430378v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Martin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Naour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Charbonnel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grandjean" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340169v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT01609A" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031914v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0en00457j" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960035v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jung" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02137G" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005939v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ruwaid Rafiuddin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01546" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921711v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bonato" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier F Le Goff" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105235" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013951v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01183E" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704072v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Alexandre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sicre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siberchicot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Topin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201901245" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000124" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04780529v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bengio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mendes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001469" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921757v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201984163" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157782v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Allenet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Geoffray" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bucci" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Canto" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.58.6.060502" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04742372v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Miguirditchian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Maxent" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaneux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt04671a" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360069v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01258C" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02324732v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roques" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2019-3119" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045611v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tocino" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claparede" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.07.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01390" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045590v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02146" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02105848v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2018.06.034" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02983237v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolek Tyliszczak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05176c" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075385v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Illy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QI00389G" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605035v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Younes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hennig" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rossberg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ02123B" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064061v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guigue" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Nadah" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000078v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Moeyaert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sorel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00595" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443572v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bolvin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01449" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01343067v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garaix" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.09.014" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075377v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.11.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076941v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaudoux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leturcq" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT04931H" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114896v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075879v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costagliola" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maurin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guigue" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2014.08.008" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BZ4W4BD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389376v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Steczek" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Narbutt" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nuka-2015-0150" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02382462v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Rejnis" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-4663-7" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045274v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.11.094" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000113v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moeyaert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abiad" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruas" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.07.006" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287314v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Maloubier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT02805A" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205338v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Petrova" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Gigue" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venault" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp00518c" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076929v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02330G" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287310v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Monfort" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Den Auwer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT03547J" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03675822v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2015.01.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRBS01P6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625036v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gaillard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Calvet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie del Confetto" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.10.018" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076944v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.06.021" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB97TQS4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461676v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cousin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Nikitenko" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2013.2028" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00757351v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ansoborlo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Leggett" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menetrier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx300072w" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778455v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lalleman" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Plasari" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.02.011" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMCTXWD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02037000v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martinez" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic201699t" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00870636v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruas" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic9017085" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815143v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Costa" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Doche" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bisel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2009.09.023" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLV5R9QZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458300v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Scheinost" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Arab-Chapelet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic100597m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00411276v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Di Giandomenico" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simoni" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2009.1620" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00859675v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. den Auwer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273033v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ansoborlo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Amekraz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moulin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.01.015" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930725v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Prat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.06.011" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MKZW3WJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164729v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Caniffi" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simonin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Turq" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162065v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0609636" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-46XCTDGQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162121v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caniffi" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162124v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Simonin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Turq" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162126v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278750v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Llorens" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vidaud" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goudard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2005.93.11.699" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164780v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766010v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>