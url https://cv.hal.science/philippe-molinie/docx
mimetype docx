--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,273 +100,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How fast does a static charge decay? An updated review on a classical problem</w:t>
+                <w:t xml:space="preserve">Improved Electromechanical Coupling in Silicone-Based Elastomer Thin Membranes Filled by Silica-Coated Multiwalled Carbon Nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marco Alfonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delong He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Serantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electrostatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.elstat.2024.103930⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (2), pp.376-387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaenm.3c00678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04614154v1</w:t>
+                <w:t xml:space="preserve">hal-04412819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Electromechanical Coupling in Silicone-Based Elastomer Thin Membranes Filled by Silica-Coated Multiwalled Carbon Nanotubes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">How fast does a static charge decay? An updated review on a classical problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Engineering Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2 (2), pp.376-387. </w:t>
+              <w:t xml:space="preserve">Journal of Electrostatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129, pp.103930. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaenm.3c00678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.elstat.2024.103930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04412819v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical and numerical modelling of the electrostatic behaviour of highly insulating materials in the time domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2702 (1), pp.012017. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
@@ -413,51 +413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrostatic potential measurement of floating conductive objects: Some theoretical considerations and experimental results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Llovera-Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente Fuster-Roig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -530,51 +530,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Temperature in Partial Discharge Inception Voltage at Triple Junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Szilágyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -651,51 +651,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric relaxation in open circuit: Theory, simulations, and some experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 134 (13), pp.134101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -729,51 +729,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considerations on diverse physical phenomena leading to return voltage on insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electrostatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 115, pp.103674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -801,347 +801,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amplitude-variable output characteristics of triboelectric-electret nanogenerators during multiple working cycles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paschen’s Law in Extreme Pressure and Temperature Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Galli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanlu Zhang</w:t>
+                <w:t xml:space="preserve">Hassen Hamrita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shan Feng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Molinié</w:t>
+                <w:t xml:space="preserve">C. Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinbo Bai</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael J. Kirkpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Odic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2019.103856⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (3), pp.1641-1647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPS.2019.2896352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02546470v1</w:t>
+                <w:t xml:space="preserve">hal-02117590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paschen’s Law in Extreme Pressure and Temperature Conditions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amplitude-variable output characteristics of triboelectric-electret nanogenerators during multiple working cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Jammes</w:t>
+                <w:t xml:space="preserve">Hanlu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael J. Kirkpatrick</w:t>
+                <w:t xml:space="preserve">Shan Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delong He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Odic</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jinbo Bai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 47 (3), pp.1641-1647. </w:t>
+              <w:t xml:space="preserve">Nano Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63, pp.103856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPS.2019.2896352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2019.103856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117590v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and Localization of Partial-Discharge-Induced Pulses in Fission Chambers Designed for Sodium-Cooled Fast Reactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Hamrita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1205,51 +1205,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Panorama of Electrical Conduction Models in Dielectrics, With Application to Spacecraft Charging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1309,51 +1309,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1417,51 +1417,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling static charge dissipation on solids: An historical perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electrostatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 71 (3), pp.591-596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1533,51 +1533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1641,51 +1641,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review of Mechanisms and Models Accounting for Surface Potential Decay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 40 (2), pp.167-176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1719,51 +1719,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyimide and FEP charging behavior under multienergetic electron-beam irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1853,51 +1853,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratories, Professional Societies, Industrial Stakes and Networks. A Contribution to the History of the Contemporary Research on Electrostatics (1950-2000)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 18 (5), pp.1453-1458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1970,51 +1970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dirassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2071,502 +2071,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00686424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient Science, Current Problems: Insight into the Vitality of Electrostatics Research Today</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Mastering picocoulombs in the 1890s: the Curies' quartz- electrometer instrumentation, and how it shaped early radioactivity history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Touchard</w:t>
+                <w:t xml:space="preserve">Soraya Boudia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Electrostatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 67, pp. 524-530</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00411630v1</w:t>
+                <w:t xml:space="preserve">hal-00411620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mastering picocoulombs in the 1890s: the Curies' quartz- electrometer instrumentation, and how it shaped early radioactivity history</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Editorial : Electrostatics, the continuous renewal of an old science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soraya Boudia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electrostatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 67, pp. 524-530</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16, pp. 585-586</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00411620v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial : Electrostatics, the continuous renewal of an old science</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ancient Science, Current Problems: Insight into the Vitality of Electrostatics Research Today</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Touchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 16, pp. 585-586</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, pp. 587-595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TDEI.2009.5128492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00411627v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of electrostatic potentials and electric fields in some industrial applications: basic principles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Exhibiting sparks of Big Science to the public. Electrostatics, atomic machines and experience of Paris Palais de la Découverte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alfredo Quijano</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Boudia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electrostatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 67, pp.457-461</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16, pp. 751-757</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00411615v1</w:t>
+                <w:t xml:space="preserve">hal-00411635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exhibiting sparks of Big Science to the public. Electrostatics, atomic machines and experience of Paris Palais de la Découverte</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Measurements of electrostatic potentials and electric fields in some industrial applications: basic principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Llovera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Soraya Boudia</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabel Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Quijano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 16, pp. 751-757</w:t>
+              <w:t xml:space="preserve">Journal of Electrostatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 67, pp.457-461</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00411635v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cavity detection on organic coatings by electrostatic measurements. A detailed study using FR4 fiberglass epoxy laminates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electrostatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 66, pp.467-475</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2585,303 +2585,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00338576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'injection de charge sur des plaques d'élastomère silicone par mesures du potentiel de surface</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Une application de la cartographie de potentiel à la caractérisation des matériaux: étalement de charge et effets anormaux sur des films de Polyéthylène Téréphtalate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 9, pp.389-404</w:t>
+              <w:t xml:space="preserve">, 2006, 9, pp.449-463</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00239394v1</w:t>
+                <w:t xml:space="preserve">hal-00239401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une application méconnue et pourtant célèbre de l'électrostatique : les travaux de Marie Curie, de la découverte du radium à la métrologie de la radioactivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soraya Boudia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electrostatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 64 (7-9), pp.461-470</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00239386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une application de la cartographie de potentiel à la caractérisation des matériaux: étalement de charge et effets anormaux sur des films de Polyéthylène Téréphtalate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Etude de l'injection de charge sur des plaques d'élastomère silicone par mesures du potentiel de surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 9, pp.449-463</w:t>
+              <w:t xml:space="preserve">, 2006, 9, pp.389-404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00239401v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00239394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring and modeling transient insulator response to charging: the contribution of surface potential studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 12 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2915,64 +2915,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New methodology for surface potential decay measurements: application to study charge injection dynamics on polypropylene films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Llovera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 11 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3006,51 +3006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charge injection in corona-charged polymeric films: potential decay and current measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electrostatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 45 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3096,51 +3096,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface potential decay on corona-charged epoxy samples due to polarization processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Goldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3225,51 +3225,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a connection between charge density waves and the pressure enhancement of superconductivity in 2H-NbSe2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jérôme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3374,51 +3374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Maistret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lavenus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Graphene2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Saint-Sébastien, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3437,662 +3437,662 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of partial discharge and breakdown phenomena at triple junctions under various conditions of pressure and temperature</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Trap Spectroscopy from the Dielectric Isothermal Step Response: Theory and Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Electrostatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Physics, Sep 2023, Uxbridge, United Kingdom. pp.012007, </w:t>
+              <w:t xml:space="preserve">2024 IEEE 5th International Conference on Dielectrics (ICD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/2702/1/012007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICD59037.2024.10613235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04301429v1</w:t>
+                <w:t xml:space="preserve">hal-05222924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trap Spectroscopy from the Dielectric Isothermal Step Response: Theory and Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Study of partial discharge and breakdown phenomena at triple junctions under various conditions of pressure and temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Szilágyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Odic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Galli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 5th International Conference on Dielectrics (ICD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France. pp.1-4, </w:t>
+              <w:t xml:space="preserve">IOP Electrostatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Physics, Sep 2023, Uxbridge, United Kingdom. pp.012007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICD59037.2024.10613235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2702/1/012007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222924v1</w:t>
+                <w:t xml:space="preserve">hal-04301429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des effets des décharges partielles dans un câble de puissance pour usage aéronautique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Pineda</w:t>
+                <w:t xml:space="preserve">Étude des phénomènes de décharges partielles à partir d’un point triple sous conditions variées de pression et de température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Szilágyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Odic</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Galli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème conférence de la Société Française d’Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d’Electrostatique, Jul 2023, Cherbourg en Cotentin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424692v1</w:t>
+                <w:t xml:space="preserve">hal-04203413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des phénomènes de décharges partielles à partir d’un point triple sous conditions variées de pression et de température</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Mesurer, c’est perturber. Application à diverses situations en Électrostatique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Llovera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Dominguez-Lagunilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Quijano-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème conférence de la Société Française d’Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Société Française d’Electrostatique, Jul 2023, Cherbourg en Cotentin, France</w:t>
+              <w:t xml:space="preserve">, LUSAC Cherbourg, Jul 2023, Cherbourg en Cotentin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203413v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer, c’est perturber. Application à diverses situations en Électrostatique.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Analyse des effets des décharges partielles dans un câble de puissance pour usage aéronautique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alfredo Quijano-Lopez</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Odic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème conférence de la Société Française d’Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, LUSAC Cherbourg, Jul 2023, Cherbourg en Cotentin, France</w:t>
+              <w:t xml:space="preserve">, Société Française d’Electrostatique, Jul 2023, Cherbourg en Cotentin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205444v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04424692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and localization of partial-discharge-induced pulses in fission chambers designed for sodium-cooled fast reactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Hamrita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Odic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ANIMMA 2017 – Advancements in Nuclear Instrumentation Measurement Methods and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Liège, Belgium. 6 p., </w:t>
@@ -4124,230 +4124,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01767704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Space charge buildup and dissipation in charged polyimide films exposed to visible light</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined effects of charging, electron irradiation and visible light on polyimide films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Griseri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE International Conference on Dielectrics (ICD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th Spacecraft Charging Technology Conference </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESA/ESTEC, Apr 2016, Noordwijk, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01446092v1</w:t>
+                <w:t xml:space="preserve">hal-01446107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined effects of charging, electron irradiation and visible light on polyimide films</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Space charge buildup and dissipation in charged polyimide films exposed to visible light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Griseri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Griseri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Spacecraft Charging Technology Conference </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE International Conference on Dielectrics (ICD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Montpellier, France. pp. 42-45, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICD.2016.7547538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01446107v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in the development of the neutron flux monitoring system of the French GEN-IV SFR: simulations and experimental validations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Filliatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4431,165 +4431,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01282997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Panorama of Electrical Conduction Models in Dielectrics, with Application to Spacecraft Charging</w:t>
+                <w:t xml:space="preserve">Comprendre la dynamique du transport de charges déposées sur un isolant désordonné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCTC 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Pasadena, United States. 6 p</w:t>
+              <w:t xml:space="preserve">SFE 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Toulouse, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086556v1</w:t>
+                <w:t xml:space="preserve">hal-01102444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la dynamique du transport de charges déposées sur un isolant désordonné</w:t>
+                <w:t xml:space="preserve">A Panorama of Electrical Conduction Models in Dielectrics, with Application to Spacecraft Charging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Toulouse, France. 6 p</w:t>
+              <w:t xml:space="preserve">SCTC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Pasadena, United States. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01102444v1</w:t>
+                <w:t xml:space="preserve">hal-01086556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques outils statistiques et conceptuels pour comprendre la dynamique du transport de charges déposées sur un matériau isolant désordonné</w:t>
               </w:r>
@@ -4638,501 +4638,501 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation induced conductivity in multi-energetic electron beam irradiated Teflon FEP</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Electrostatique et dynamique du transport de charge dans les matériaux isolants désordonnés soumis à un rayonnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Spacecraft Charging Technology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Kitakyushu, Japan</w:t>
+              <w:t xml:space="preserve">SFE 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Cherbourg, France. pp.149-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00718315v1</w:t>
+                <w:t xml:space="preserve">hal-00764803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostatique et dynamique du transport de charge dans les matériaux isolants désordonnés soumis à un rayonnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Photoconduction and radiation-induced conductivity on insulators: a short review and some experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Hanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Belhaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dirassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Cherbourg, France. pp.149-154</w:t>
+              <w:t xml:space="preserve">12th Spacecraft Charging Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Kitakyushu, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764803v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoconduction and radiation-induced conductivity on insulators: a short review and some experimental results</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Characterization of charge surface conductivity on space used materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Hanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Belhaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dirassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">B. Dirassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Spacecraft Charging Technology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Kitakyushu, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00718355v1</w:t>
+                <w:t xml:space="preserve">hal-00718350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of charge surface conductivity on space used materials</w:t>
+                <w:t xml:space="preserve">Radiation induced conductivity in multi-energetic electron beam irradiated Teflon FEP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dirassen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Spacecraft Charging Technology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Kitakyushu, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00718350v1</w:t>
+                <w:t xml:space="preserve">hal-00718315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyimide and FEP charging behavior under multienergetic electron-beam irradiation: Experiments and a simple model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5261,51 +5261,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dirassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5458,588 +5458,588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03988293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations on charge accumulation and relaxation in polycrystalline Al203</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de l'impact des traitements lasers, thermiques et chimiques sur les propriétés diélectriques des substrats céramiques (Al2O3) par des mesures de potentiel de surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Decup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Malec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Molinié</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Castellon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Solid Dielectrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Postdam, Germany</w:t>
+              <w:t xml:space="preserve">SFE 2010: Congrès de la Société Française d'Electrostatique, Montpellier, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01913703v1</w:t>
+                <w:t xml:space="preserve">hal-03964662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'impact des traitements lasers, thermiques et chimiques sur les propriétés diélectriques des substrats céramiques (Al2O3) par des mesures de potentiel de surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Decup</w:t>
+                <w:t xml:space="preserve">Investigations on charge accumulation and relaxation in polycrystalline Al203</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Malec</w:t>
+                <w:t xml:space="preserve">S. Agnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Molinié</w:t>
+                <w:t xml:space="preserve">J. Castellon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE 2010: Congrès de la Société Française d'Electrostatique, Montpellier, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Solid Dielectrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Postdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03964662v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des propriétés de charge d'alumines polycristallines utilisées comme substrat dans les composants de puissance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Science ancienne, problèmes actuels : la vitalité de la recherche en électrostatique aujourd'hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Conférence SFE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2008, Paris, France. 6 p</w:t>
+              <w:t xml:space="preserve">, Jul 2008, Paris, France. pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00311799v1</w:t>
+                <w:t xml:space="preserve">hal-00305501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science ancienne, problèmes actuels : la vitalité de la recherche en électrostatique aujourd'hui</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Exposer les étincelles de la science au public : les «machines atomiques» et la création du Palais de la Découverte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Touchard</w:t>
+                <w:t xml:space="preserve">Soraya Boudia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Conférence SFE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2008, Paris, France. pp.1-9</w:t>
+              <w:t xml:space="preserve">, Jul 2008, Paris, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00305501v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00311792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposer les étincelles de la science au public : les «machines atomiques» et la création du Palais de la Découverte</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Etude des propriétés de charge d'alumines polycristallines utilisées comme substrat dans les composants de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Agnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Castellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petru Notingher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Petre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Conférence SFE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Paris, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00311792v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00311799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moulins à champ et sondes électrostatiques dans l'industrie et les normes. Quelques exemples et des rappels d'électrostatique élémentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Llovera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Quijano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Conférence SFE,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Paris, France. 9 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6077,51 +6077,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science ancienne, problèmes actuels : la vitalité de la recherche en électectrostatique aujourd'hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Molinie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Touchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. 6 Conf SFE, pp 10-18, 2008.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Gif-Sur Yvette, France. pp. 10-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6140,96 +6140,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00406147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment modéliser un isolant en électrostatique ? Approches classiques et modernes d'un problème complexe.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Détection de Défauts d'un Revêtement Organique par Mesures Electrostatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès de la Société Française d'Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2006, Grenoble, France. pp.27-32</w:t>
+              <w:t xml:space="preserve">, Aug 2006, Grenoble, France. pp.21-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00239414v1</w:t>
+                <w:t xml:space="preserve">hal-00239407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dark and radiation induced conductivity on space used external coatings</w:t>
               </w:r>
@@ -6267,51 +6280,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc van Eesbeek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on Materials in a Space Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Collioure, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6330,234 +6343,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00258261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de Défauts d'un Revêtement Organique par Mesures Electrostatiques</w:t>
+                <w:t xml:space="preserve">Mesures de potentiel de surface : Application à la détection du vieillissement d'un revêtement anticorrosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Congrès de la Société Française d'Electrostatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Grenoble, France. pp.21-26</w:t>
+              <w:t xml:space="preserve">Conférence Matériaux 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Dijon, France. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00239407v1</w:t>
+                <w:t xml:space="preserve">hal-00257931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de potentiel de surface : Application à la détection du vieillissement d'un revêtement anticorrosion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Comment modéliser un isolant en électrostatique ? Approches classiques et modernes d'un problème complexe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Matériaux 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Dijon, France. pp.1-11</w:t>
+              <w:t xml:space="preserve">5ème Congrès de la Société Française d'Electrostatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Grenoble, France. pp.27-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00257931v1</w:t>
+                <w:t xml:space="preserve">hal-00239414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des charges d’espace dans le polyéthylène téréphtalate soumis à des forts champs électriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Notingher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Agnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6625,51 +6625,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des mesures de potentiel de surface à la caractérisation du vieillissement d'un revêtement anticorrosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6714,234 +6714,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01258748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge injection dynamics on thin films : limited by surface detrapping or by charge drift mobility ? A new contribution using surface potential measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Théorie et pratique des mesures de retour de potentiel : des outils pour le suivi de l’injection de charge sur les films isolants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Llovera</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème conférence de la Société Française d’Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01258745v1</w:t>
+                <w:t xml:space="preserve">hal-01258743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théorie et pratique des mesures de retour de potentiel : des outils pour le suivi de l’injection de charge sur les films isolants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Charge injection dynamics on thin films : limited by surface detrapping or by charge drift mobility ? A new contribution using surface potential measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Llovera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pedro Llovera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème conférence de la Société Française d’Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01258743v1</w:t>
+                <w:t xml:space="preserve">hal-01258745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charge injection dynamics on polypropylene films at high electrical fields, studied by potential decay measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Llovera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conf. On Electric Charges in Non-Conductive Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2001, Tours, France. pp.400-404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6966,51 +6966,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en œuvre et interprétation des mesures de potentiel de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nde Conférence de la Société Française d’Electrostatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7035,51 +7035,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface potential measurements: Implementation and interpretation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eighth International Conference on Dielectric Materials, Measurements and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2000, Edinburgh, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7113,51 +7113,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential decay interpretation on insulating films: necessity of combining charge injection and slow volume polarization processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seventh International Conference on Dielectric Materials, Measurements and Applications,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1996, Bath, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7191,51 +7191,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the surface layer appearing with the corona ageing of epoxy samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Conduction and Breakdown in Solid Dielectrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1995, Leicester, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7269,51 +7269,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical characterization of epoxy insulators by the study of the surface potential decay and return: a new interpretation by polarization processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Goldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7457,51 +7457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Kirkpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on More Electrical Aircraft Towards cleaner aviation 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Toulouse, France</w:t>
@@ -7562,51 +7562,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of an Insulating Material to an Electric Charge : Measurement and Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Juan Martinez-Vega. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dielectric Materials for Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-ISTE, pp.211-228, 2010</w:t>
@@ -7635,64 +7635,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atommaschinen und Wissenschaftsmuseen: Die Weltausstellung 1937 in Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soraya Boudia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ch. Bigg et J. Henning (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atombilder. Ikonografie des Atoms in Wissenschaft und Öffentlichkeit des 20. Jahrhunderts. [Atomic Images: Iconographies of the Atom in 20th century science and culture]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wallstein Verlag, 2009, 978-3-8353-0564-9</w:t>
@@ -7721,51 +7721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponse d'un matériau isolant à la charge électrique : mesure et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux diélectriques pour le génie électrique : propriétés, vieillissement et modélisation. Traité EGEM, Série Génie électrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès-Lavoisier, pp.259-278, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7790,51 +7790,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les machines atomiques : les instruments de la physique changent d’échelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doisneau chez les Joliot Curie, un photographe au pays de physiciens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Romain Pages, 2005, 978-2843502101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7891,51 +7891,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches en Electrostatique - Actualité d'une science ancienne et applications à la caractérisation des matériaux. Mémoire d'Habilitation à Diriger des Recherches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Molinié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matière Condensée [cond-mat]. Université Paris Sud - Paris XI, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8122,51 +8122,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614154v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Molini&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2024.103930" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412819v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Alfonso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delong He" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serantoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rouby" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaenm.3c00678" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05222404v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2702/1/012017" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831397v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Llovera-Segovia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Fuster-Roig" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Quijano-L&#243;pez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2024.103986" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231278v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Szil&#225;gyi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Kirkpatrick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Odic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Galli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2023.3315686" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227497v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0170968" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781361v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2022.103674" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546470v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanlu Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Feng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinbo Bai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.103856" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117590v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Hamrita" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jammes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Kirkpatrick" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Odic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2019.2896352" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01916651v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2018.2861566" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251335v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2015.2461625" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073218v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Hanna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paulmier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhaj" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dirassen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4862741" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00829520v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2012.12.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H47CD08L-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00926084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2013.2287097" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00686429v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2011.2171372" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00836767v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessante" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dirassen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2012.6259993" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00633698v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2011.6032815" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00686424v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/44/445402" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-KG95PR9W-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411630v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Touchard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2009.5128492" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411620v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Boudia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411627v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411615v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Llovera" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabel Soria" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Quijano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411635v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00338576v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Koch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239394v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alvarez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239386v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239401v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2005.1522188" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251363v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2004.1387828" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251361v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3886(98)00053-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-636CFZ02-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251356v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Goldman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gatellet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/28/8/009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3C5711720CBD8906B2D2A49A3A2EC00BF40CCC56/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980182v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0038-1098(76)90986-8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066113v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Maistret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavenus" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301429v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2702/1/012007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05222924v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICD59037.2024.10613235" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04424692v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pineda" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203413v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205444v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Dominguez-Lagunilla" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Quijano-Lopez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767704v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jammes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201817003002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446092v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Griseri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICD.2016.7547538" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446107v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01282997v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Filliatre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Elter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Verma" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Izarra" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2015.7465647" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01086556v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Molinie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102444v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102446v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00718315v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Paulmier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00764803v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00718355v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00718350v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656633v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISE.2011.6084955" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656636v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISE.2011.6084962" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988293v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hitoum" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Le Roy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Teyssedre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molini&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913703v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Agnel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castellon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964662v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Decup" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malec" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00311799v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Notingher" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Petre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00305501v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00311792v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00305599v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soria" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406147v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molinie" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239414v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00258261v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on L&#233;vy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Reulet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc van Eesbeek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239407v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00257931v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883669v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Notingher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sylvestre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Olariu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258748v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Capron" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brodin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258745v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258743v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258737v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251400v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251409v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp:20000514" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251397v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp:19960989" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251393v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSD.1995.523033" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251390v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSD.1992.224998" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506036v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pineda Bonilla" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riantsoa Rabemarolahy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Foray" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00564910v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258723v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00254918v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258716v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00540737v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412819v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Alfonso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delong He" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serantoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rouby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaenm.3c00678" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614154v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2024.103930" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05222404v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2702/1/012017" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831397v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Llovera-Segovia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Fuster-Roig" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Quijano-L&#243;pez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2024.103986" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231278v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Szil&#225;gyi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Kirkpatrick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Odic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Galli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2023.3315686" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227497v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0170968" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781361v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2022.103674" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117590v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Hamrita" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jammes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Kirkpatrick" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Odic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2019.2896352" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546470v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanlu Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Feng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinbo Bai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.103856" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01916651v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2018.2861566" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251335v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2015.2461625" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073218v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Hanna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paulmier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhaj" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dirassen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4862741" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00829520v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elstat.2012.12.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H47CD08L-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00926084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2013.2287097" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00686429v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2011.2171372" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00836767v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessante" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dirassen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2012.6259993" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00633698v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2011.6032815" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00686424v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/44/445402" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-KG95PR9W-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411620v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Boudia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411627v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411630v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Touchard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2009.5128492" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411635v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00411615v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Llovera" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabel Soria" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Quijano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00338576v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Koch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239401v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239386v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239394v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alvarez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2005.1522188" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251363v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2004.1387828" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251361v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3886(98)00053-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-636CFZ02-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251356v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Goldman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gatellet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/28/8/009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3C5711720CBD8906B2D2A49A3A2EC00BF40CCC56/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980182v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0038-1098(76)90986-8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066113v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Maistret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavenus" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05222924v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICD59037.2024.10613235" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301429v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2702/1/012007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203413v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205444v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Dominguez-Lagunilla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Quijano-Lopez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04424692v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pineda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767704v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jammes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201817003002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446107v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Griseri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446092v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICD.2016.7547538" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01282997v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Filliatre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Elter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Verma" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Izarra" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2015.7465647" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102444v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Molinie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01086556v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102446v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00764803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00718355v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Paulmier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00718350v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00718315v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656633v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISE.2011.6084955" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656636v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISE.2011.6084962" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988293v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hitoum" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Le Roy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Teyssedre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molini&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964662v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Decup" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malec" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913703v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Agnel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castellon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00305501v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00311792v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00311799v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Notingher" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Petre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00305599v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soria" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406147v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molinie" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239407v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00258261v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on L&#233;vy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Reulet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc van Eesbeek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00257931v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00239414v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883669v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Notingher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sylvestre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Olariu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258748v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Capron" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brodin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258743v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258745v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258737v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251400v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251409v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp:20000514" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251397v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp:19960989" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251393v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSD.1995.523033" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251390v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSD.1992.224998" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506036v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pineda Bonilla" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riantsoa Rabemarolahy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Foray" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00564910v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258723v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00254918v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258716v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00540737v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>