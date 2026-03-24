--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -216,844 +216,844 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking the Second Electron in the Electrochemical Delithiation/Lithiation of Copper (2,5‐Dilithium‐oxy)‐Terephthalate via a Carbon‐Supported Electrode Architecture</w:t>
+                <w:t xml:space="preserve">Laboratory electron irradiation $Operando$ cell for probing synchrotron beam damage mechanisms in lithium-ion battery electrolytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aswadh Shyma Sajeevan</w:t>
+                <w:t xml:space="preserve">Yanis Souid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Brandell</w:t>
+                <w:t xml:space="preserve">Patrick Soudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Moreau</w:t>
+                <w:t xml:space="preserve">Sylvain Franger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéven Renault</w:t>
+                <w:t xml:space="preserve">Bernard Lestriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Poizot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie Herlin-Boime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cssc.202501002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c02500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296731v1</w:t>
+                <w:t xml:space="preserve">hal-05557626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring the fueling capability of Halide Solid Catholyte through composition. Correlation with the underlying redox mechanism</w:t>
+                <w:t xml:space="preserve">Unlocking the Second Electron in the Electrochemical Delithiation/Lithiation of Copper (2,5‐Dilithium‐oxy)‐Terephthalate via a Carbon‐Supported Electrode Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Branimir Stamenkovic</w:t>
+                <w:t xml:space="preserve">Aswadh Shyma Sajeevan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Quarez</w:t>
+                <w:t xml:space="preserve">Daniel Brandell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irina Profatilova</w:t>
+                <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasily Tarnopolskiy</w:t>
+                <w:t xml:space="preserve">Stéven Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Dupré</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Poizot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Materials Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6, pp.4873. </w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.4c01497⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cssc.202501002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04750131v1</w:t>
+                <w:t xml:space="preserve">hal-05296731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fueling from the Electrochemistry of Halide Solid Electrolytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Branimir Stamenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Shirley Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gaubicher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 171 (5), pp.050554. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/1945-7111/ad4c99⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D versus 3D‐Like Electrical Behavior of MXene Thin Films: Insights from Weak Localization in the Role of Thickness, Interflake Coupling and Defects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophia Tangui</w:t>
+                <w:t xml:space="preserve">Tailoring the fueling capability of Halide Solid Catholyte through composition. Correlation with the underlying redox mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Branimir Stamenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Hurand</w:t>
+                <w:t xml:space="preserve">Eric Quarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rashed Aljasmi</w:t>
+                <w:t xml:space="preserve">Irina Profatilova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayoub Benmoumen</w:t>
+                <w:t xml:space="preserve">Vasily Tarnopolskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐laure David</w:t>
+                <w:t xml:space="preserve">Nicolas Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">ACS Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6, pp.4873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202406334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.4c01497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767084v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and property engineering of 2D titanium carbides (MXene) thin films using ion irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Benmoumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Tangui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 652, pp.159206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.159206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is There Any Benefit of Coating Si Particles for a Negative Electrode Material for Lithium-Ion Batteries with Metal–Organic Frameworks? The Case of Aluminum Fumarate</w:t>
+                <w:t xml:space="preserve">2D versus 3D‐Like Electrical Behavior of MXene Thin Films: Insights from Weak Localization in the Role of Thickness, Interflake Coupling and Defects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassima Kana</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sarah Olivier-Archambaud</w:t>
+                <w:t xml:space="preserve">Sophia Tangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effrosyni Gkaniatsou</w:t>
+                <w:t xml:space="preserve">Rashed Aljasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Benmoumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Paris</w:t>
+                <w:t xml:space="preserve">Marie‐laure David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 6 (18), pp.9218. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.3c00658⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202406334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180595v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordinatively Cross-Linked Binders for Silicon-Based Electrodes for Li-Ion Batteries: Beneficial Impact on Mechanical Properties and Electrochemical Performance</w:t>
               </w:r>
@@ -1065,1161 +1065,1295 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Mazouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (12), pp.15509-15524. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsami.3c00186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04071396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residual Li 2 O degrades PVdF during the preparation of NMC811 slurries for Li-ion batteries</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Is There Any Benefit of Coating Si Particles for a Negative Electrode Material for Lithium-Ion Batteries with Metal–Organic Frameworks? The Case of Aluminum Fumarate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liang Zhu</w:t>
+                <w:t xml:space="preserve">Nassima Kana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Etienne Cabelguen</w:t>
+                <w:t xml:space="preserve">Kaouther Touidjine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Auvergniot</w:t>
+                <w:t xml:space="preserve">Sarah Olivier-Archambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Guyomard</w:t>
+                <w:t xml:space="preserve">Effrosyni Gkaniatsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 59 (33), pp.4951-4953. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 6 (18), pp.9218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3cc00471f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.3c00658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04085292v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the metal centre (Al 3+ , Fe 3+ ) on the post-synthetic lithiation of functionalized MIL-53s and the electrochemical properties of lithiated derivatives</w:t>
+                <w:t xml:space="preserve">Residual Li 2 O degrades PVdF during the preparation of NMC811 slurries for Li-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Denis</w:t>
+                <w:t xml:space="preserve">Angelica Laurita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Chevreau</w:t>
+                <w:t xml:space="preserve">Liang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Salcedo-Abraira</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dupré</w:t>
+                <w:t xml:space="preserve">Pierre-Etienne Cabelguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Auvergniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Systems Design &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3me00030c⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59 (33), pp.4951-4953. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3cc00471f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04085374v1</w:t>
+                <w:t xml:space="preserve">hal-04085292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipids and Proteins Differentiation in Membrane Fouling Using Heavy Metal Staining and Electron Microscopy at Cryogenic Temperatures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Impact of the metal centre (Al 3+ , Fe 3+ ) on the post-synthetic lithiation of functionalized MIL-53s and the electrochemical properties of lithiated derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Chevreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salcedo-Abraira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/micmic/ozad114⟩</w:t>
+              <w:t xml:space="preserve">Molecular Systems Design &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (8), pp.1030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3me00030c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04330553v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pristine Surface of Ni-Rich Layered Transition Metal Oxides as a Premise of Surface Reactivity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lipids and Proteins Differentiation in Membrane Fouling Using Heavy Metal Staining and Electron Microscopy at Cryogenic Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Roberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Couallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Abellan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/micmic/ozad114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.2c09358⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03800258v1</w:t>
+                <w:t xml:space="preserve">hal-04330553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of a Cryo-FIB-SEM-μRaman Instrument to Probe the Depth of Vitreous Ice in a Frozen Sample</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hilel Moussi</w:t>
+                <w:t xml:space="preserve">Pristine Surface of Ni-Rich Layered Transition Metal Oxides as a Premise of Surface Reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelica Laurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Cabelguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Auvergniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.2c00245⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (37), pp.41945-41956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.2c09358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714105v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiprobe Study of the Solid Electrolyte Interphase on Silicon-Based Electrodes in Full-Cell Configuration</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Application of a Cryo-FIB-SEM-μRaman Instrument to Probe the Depth of Vitreous Ice in a Frozen Sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Moreau</w:t>
+                <w:t xml:space="preserve">Mouad Essani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. de Vito</w:t>
+                <w:t xml:space="preserve">Jean-Yves Mevellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Quazuguel</w:t>
+                <w:t xml:space="preserve">Baptiste Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Boniface</w:t>
+                <w:t xml:space="preserve">Hilel Moussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (8), pp.2557 - 2572. </w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 94 (23), pp.8120-8125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b04461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.2c00245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01598115v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the Aqueous Processing of Li4Ti5O12: A Comparative Study with LiFePO4</w:t>
+                <w:t xml:space="preserve">Multiprobe Study of the Solid Electrolyte Interphase on Silicon-Based Electrodes in Full-Cell Configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fongy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">N. Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bouvier</w:t>
+                <w:t xml:space="preserve">E. de Vito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Jouanneau</w:t>
+                <w:t xml:space="preserve">L. Quazuguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/2.075207jes⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (8), pp.2557 - 2572. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b04461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01598253v1</w:t>
+                <w:t xml:space="preserve">hal-01598115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Toward the Aqueous Processing of Li4Ti5O12: A Comparative Study with LiFePO4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fongy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chazelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jouanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 159 (7), pp.A1083 - A1090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2.075207jes⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Local field effects at LiK edges in electron energy-loss spectra of Li, Li2O and LiF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 77, pp.045117. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.77.045117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00396500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2229,370 +2363,370 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the fouling induced by biomolecules of a polymer microfiltration membrane using 3D cryo-FIB/SEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Roberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Couallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Abellan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Filtration Congress (WFC14)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the selective layer of PAN and PES polymeric filtration membranes using 3D FIB/SEM and flux calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Roberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Couallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Abellan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromembrane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reaction Mechanisms of Fluoroethylene Carbonate Degradation, an Additive of Lithium-Ion Batteries, Unraveled by Radiation Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Puget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Dognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMIRUM 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03126694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2602,151 +2736,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation 2D et 3D de nanopores de membrane de filtration polymère par FIB/MEB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Roberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Couallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Abellan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseau d'Imagerie en Microscopie Electronique (RIME)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId100"/>
+      <w:footerReference w:type="default" r:id="rId107"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2814,51 +2948,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0CE9AA2A"/>
+    <w:nsid w:val="8BABF982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2962,51 +3096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8D83A0C9"/>
+    <w:nsid w:val="2F9F190C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3196,51 +3330,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296731v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aswadh Shyma Sajeevan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brandell" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;ven Renault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poizot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202501002" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branimir Stamenkovic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quarez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Profatilova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Tarnopolskiy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.4c01497" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Shirley Meng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gaubicher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ad4c99" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767084v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Tangui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hurand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashed Aljasmi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Benmoumen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure David" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202406334" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547734v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure David" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.159206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180595v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Kana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Touidjine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Olivier-Archambaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effrosyni Gkaniatsou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Paris" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.3c00658" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04071396v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Mazouzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c00186" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085292v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica Laurita" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Zhu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Cabelguen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Auvergniot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guyomard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc00471f" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085374v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Denis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Chevreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Salcedo-Abraira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3me00030c" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330553v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roberge" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Couallier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Abellan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad114" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800258v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hamon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c09358" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714105v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Essani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Charbonnier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilel Moussi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c00245" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598115v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dupr&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Vito" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quazuguel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boniface" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b04461" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598253v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fongy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chazelle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouanneau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.075207jes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396500v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ouvrard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Boucher" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.045117" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343641v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212132v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Roberge" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03126694v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Puget" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav Shcherbakov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Denisov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dognon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212197v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557626v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Souid" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Soudan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Franger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lestriez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c02500" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aswadh Shyma Sajeevan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brandell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moreau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;ven Renault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poizot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202501002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branimir Stamenkovic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Shirley Meng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gaubicher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ad4c99" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750131v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quarez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Profatilova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Tarnopolskiy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupr&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.4c01497" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547734v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Benmoumen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure David" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hurand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Tangui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.159206" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767084v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashed Aljasmi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure David" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202406334" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04071396v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Mazouzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Paris" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c00186" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180595v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Kana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Touidjine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Olivier-Archambaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effrosyni Gkaniatsou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.3c00658" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085292v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica Laurita" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Zhu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Cabelguen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Auvergniot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guyomard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc00471f" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085374v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Denis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Chevreau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Salcedo-Abraira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3me00030c" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330553v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roberge" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Couallier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Abellan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad114" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800258v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hamon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c09358" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714105v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Essani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Charbonnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilel Moussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c00245" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598115v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dupr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moreau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Vito" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quazuguel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boniface" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b04461" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598253v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fongy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chazelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouanneau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.075207jes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396500v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ouvrard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Boucher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.045117" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343641v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212132v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Roberge" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03126694v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Puget" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav Shcherbakov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Denisov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dognon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212197v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>