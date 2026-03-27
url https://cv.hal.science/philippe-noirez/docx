--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -185,51 +185,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (70)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -621,295 +621,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05325164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of COVID-19 Lockdown on Physical Activity and Lifestyles of Male and Female Athletes Varying in Discipline, Level and Nationality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acknowledge the Merits and Limitations of Exercise Quantification Methods to Better Control the Dose–Response Relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rami Hammad</w:t>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Schoonberg</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Gouelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport Mont</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26773/smj.250617⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2025-0128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240460v1</w:t>
+                <w:t xml:space="preserve">hal-05346778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acknowledge the Merits and Limitations of Exercise Quantification Methods to Better Control the Dose–Response Relationship</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of COVID-19 Lockdown on Physical Activity and Lifestyles of Male and Female Athletes Varying in Discipline, Level and Nationality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Hammad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Schoonberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+                <w:t xml:space="preserve">Saleh Hammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Gouelle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelhafez Alnawayseh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-4. </w:t>
+              <w:t xml:space="preserve">Sport Mont</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (2), pp.115-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2025-0128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26773/smj.250617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346778v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on Matomäki et al: Better Understand the Methods of Exercise-Dose Quantification Before Addressing the Issue of Protocol Equalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -956,51 +956,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on Barranco-Gil et al: Does Mechanical Work Actually Balance Efforts Performed at High Versus Moderate Intensities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1041,295 +1041,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05038462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between Hand-Eye Coordination and Hand Grip Strength in Elite Taekwondo Athletes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increased risk of acute kidney injury in the first part of an ultra‐trail—Implications for abandonment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Neva</w:t>
+                <w:t xml:space="preserve">Jean‐charles Vauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amro Abu Baker</w:t>
+                <w:t xml:space="preserve">Charlie Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mauvieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Hingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐louis Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport Mont</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26773/smj.241002⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Physiological Reports, 12 (9), pp.e15935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14814/phy2.15935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05390606v1</w:t>
+                <w:t xml:space="preserve">hal-04563688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased risk of acute kidney injury in the first part of an ultra‐trail—Implications for abandonment</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoit Mauvieux</w:t>
+                <w:t xml:space="preserve">Relationship between Hand-Eye Coordination and Hand Grip Strength in Elite Taekwondo Athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Hammad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layale Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saleh Hammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Hingrand</w:t>
+                <w:t xml:space="preserve">Jason Neva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre‐louis Delaunay</w:t>
+                <w:t xml:space="preserve">Amro Abu Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Physiological Reports, 12 (9), pp.e15935. </w:t>
+              <w:t xml:space="preserve">Sport Mont</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (3), pp.11-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14814/phy2.15935⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26773/smj.241002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04563688v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycaemic Effects of a 156-km Ultra-trail Race in Athletes: An Observational Field Study</w:t>
               </w:r>
@@ -1354,51 +1354,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Mauvieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lespagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Hingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Vauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1443,325 +1443,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serum metabolomic adaptations following a 12-week high-intensity interval training combined to citrulline supplementation in obese older adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effects of pollutant mixture released from grafted adipose tissues on fatty acid and lipid metabolism in the skeletal muscles, kidney, heart, and lungs of male mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gideon Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillipe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layale Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Lefevre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Bourgin</w:t>
+                <w:t xml:space="preserve">Etienne Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17461391.2023.2213185⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 336, pp.122387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.122387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182522v1</w:t>
+                <w:t xml:space="preserve">hal-04182516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of pollutant mixture released from grafted adipose tissues on fatty acid and lipid metabolism in the skeletal muscles, kidney, heart, and lungs of male mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Serum metabolomic adaptations following a 12-week high-intensity interval training combined to citrulline supplementation in obese older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layale Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvère Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gideon Lam</w:t>
+                <w:t xml:space="preserve">Fanny Aprahamian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillipe Noirez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Layale Youssef</w:t>
+                <w:t xml:space="preserve">Deborah Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Blanc</w:t>
+                <w:t xml:space="preserve">Mélanie Bourgin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 336, pp.122387. </w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.122387⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2023.2213185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182516v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Training load and intensity distribution for sprinting among world-class track cyclists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Slawinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1870,192 +1870,192 @@
                 <w:t xml:space="preserve">Charge d’entraînement : de la définition du concept aux méthodes de quantification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sedeaud</w:t>
+                <w:t xml:space="preserve">Adrien Sedeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-F. Toussaint</w:t>
+                <w:t xml:space="preserve">A. Renfree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scispo.2022.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NMR metabolomics study of chronic low‐dose exposure to a cocktail of persistent organic pollutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covadonga Lucas-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covadonga Lucas-Torres</w:t>
+                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haidar Djemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2064,7307 +2064,7441 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layale Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NMR in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 36 (11), pp.e5006. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/nbm.5006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarcopenic obesity research perspectives outlined by the sarcopenic obesity global leadership initiative (SOGLI) – Proceedings from the SOGLI consortium meeting in Rome November 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Gortan Cappellari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianluca Gortan Cappellari</w:t>
+                <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Guillet</w:t>
+                <w:t xml:space="preserve">Eleonora Poggiogalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonora Poggiogalle</w:t>
+                <w:t xml:space="preserve">Maria Ballesteros Pomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Batsis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 42 (5), pp.687-699. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.clnu.2023.02.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serum Metabolome Adaptations Following 12 Weeks of High-Intensity Interval Training or Moderate-Intensity Continuous Training in Obese Older Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layale Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourgin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvère Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Aprahamian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (2), pp.198. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/metabo13020198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidative and glycolytic skeletal muscles deploy protective mechanisms to avoid atrophy under pathophysiological iron overload</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Martin</w:t>
+                <w:t xml:space="preserve">Kévin Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Nay</w:t>
+                <w:t xml:space="preserve">François Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Robin</w:t>
+                <w:t xml:space="preserve">Amélie Rebillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luz Orfila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (2), pp.1250-1261. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jcsm.12897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxicological effects of 2,3,7,8 tetrachlorodibenzo-p-dioxin on the skeletal muscle of mice during the perinatal period: a metabolomics study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gideon Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Juricek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludmila Juricek</w:t>
+                <w:t xml:space="preserve">Hiranya Dayal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiranya Dayal</w:t>
+                <w:t xml:space="preserve">Anna Karen Carrasco Laserna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medhi Hichor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Sciences Europe </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 34 (1), pp.57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12302-022-00633-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical and Biological Adaptations in Obese Older Adults Following 12-Weeks of High-Intensity Interval Training or Moderate-Intensity Continuous Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layale Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Granet</w:t>
+                <w:t xml:space="preserve">Vincent Marcangeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Marcangeli</w:t>
+                <w:t xml:space="preserve">Maude Dulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Hajj-Boutros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthcare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (7), pp.1346. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/healthcare10071346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05038413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 and aerobic exercise: possible role of angiotensin converting enzyme 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haidar Djemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Hammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Dabayebeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saleh Hammad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Merzouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 80 (1), pp.231. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13690-022-00983-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of high‐intensity interval training with or without l ‐citrulline on physical performance, skeletal muscle, and adipose tissue in obese older adults</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maude Dulac</w:t>
+                <w:t xml:space="preserve">Study of the Kinetics of the Determinants of Performance During a Mountain Ultramarathon: Multidisciplinary Protocol of the First Trail Scientifique de Clécy 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mauvieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Hingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Drigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livia P Carvalho</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guy Hajj-Boutros</w:t>
+                <w:t xml:space="preserve">Amir Hodzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcsm.12955⟩</w:t>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (6), pp.e38027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/38027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05038391v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03763092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the Kinetics of the Determinants of Performance During a Mountain Ultramarathon: Multidisciplinary Protocol of the First Trail Scientifique de Clécy 2021</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joffrey Drigny</w:t>
+                <w:t xml:space="preserve">Impact of high‐intensity interval training with or without l ‐citrulline on physical performance, skeletal muscle, and adipose tissue in obese older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marcangeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layale Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Dulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Hodzic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pauline Baron</w:t>
+                <w:t xml:space="preserve">Livia P Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Hajj-Boutros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/38027⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.12955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03763092v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between protein intake and bone architecture or bone mineral density among dynapenic-obese older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Buckinx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Buckinx</w:t>
+                <w:t xml:space="preserve">Eva Peyrusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Peyrusque</w:t>
+                <w:t xml:space="preserve">Alec Bass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Aubertin-Leheudre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Health Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 24 (6), pp.1291-1295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1368980020005224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03277904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training load quantification of high intensity exercises: Discrepancies between original and alternative methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+                <w:t xml:space="preserve">Lack of Skeletal Muscle Serotonin Impairs Physical Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Falabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Hourcade</w:t>
+                <w:t xml:space="preserve">Anne-Claire Boschat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Dubois</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Jouffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marieke Derquennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0237027⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Tryptophan Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/11786469211003109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014694v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of 2 years endurance training targeted at the level of maximal lipid oxidation on body composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 35 (6), pp.350-357. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scispo.2019.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03263940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High intensity interval training combined with L-citrulline supplementation: Effects on physical performance in healthy older adults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Buckinx F</w:t>
+                <w:t xml:space="preserve">Training load quantification of high intensity exercises: Discrepancies between original and alternative methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carvalho L P</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Hourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcangeli V</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Romain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.exger.2020.111036⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (8), pp.e0237027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0237027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03046874v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative modeling approach to the age-performance relationship in mammals at the cellular scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High intensity interval training combined with L-citrulline supplementation: Effects on physical performance in healthy older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buckinx F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carvalho L P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffroy C.B. Berthelot</w:t>
+                <w:t xml:space="preserve">Marcangeli V</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avner Bar-Hen</w:t>
+                <w:t xml:space="preserve">Dulac M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Marck</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Douady</w:t>
+                <w:t xml:space="preserve">Hajj Boutros G</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-36707-3⟩</w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140, pp.111036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.exger.2020.111036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01999904v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03046874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Srf KO and wild-type mice similarly adapt to endurance exercise</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Athanassia Sotiropoulos</w:t>
+                <w:t xml:space="preserve">Initial Dietary Protein Intake Influence Muscle Function Adaptations in Older Men and Women Following High-Intensity Interval Training Combined with Citrulline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Buckinx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marcangeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lívia Pinheiro Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Dulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Hajj Boutros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Translational Myology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4081/ejtm.2019.8205⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (7), pp.1685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu11071685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924908v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of performance in a mouse model of Emery–Dreifuss muscular dystrophy caused by A-type lamins gene mutation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Noirez</w:t>
+                <w:t xml:space="preserve">Srf KO and wild-type mice similarly adapt to endurance exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medhi Hassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nissrine Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenlin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanassia Sotiropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddz056⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Translational Myology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (2), pp.97-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4081/ejtm.2019.8205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404836v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial Dietary Protein Intake Influence Muscle Function Adaptations in Older Men and Women Following High-Intensity Interval Training Combined with Citrulline</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guy Hajj Boutros</w:t>
+                <w:t xml:space="preserve">Alteration of performance in a mouse model of Emery–Dreifuss muscular dystrophy caused by A-type lamins gene mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Thomasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Peccate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu11071685⟩</w:t>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (13), pp.2237-2244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddz056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924791v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise targeted at the level of maximal lipid oxidation (LIPOXmax) improves weight loss, decreases orexigenic pulsions and increases satiety after sleeve gastrectomy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An integrative modeling approach to the age-performance relationship in mammals at the cellular scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy C.B. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avner Bar-Hen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Frédéric Brun</w:t>
+                <w:t xml:space="preserve">Adrien Marck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lasteyrie Valentin</w:t>
+                <w:t xml:space="preserve">Vincent Foulonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hammoudi Lylia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ghanassia Edouard</w:t>
+                <w:t xml:space="preserve">Stéphane Douady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Journal of Obesity, Diabetes and Metabolic Syndrome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17352/2455-8583.000037⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-36707-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03566213v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The age-performance relationship in the general population and strategies to delay age related decline in performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geoffroy C.B. Berthelot</w:t>
+                <w:t xml:space="preserve">Exercise targeted at the level of maximal lipid oxidation (LIPOXmax) improves weight loss, decreases orexigenic pulsions and increases satiety after sleeve gastrectomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Frédéric Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lasteyrie Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stacey Johnson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Noirez</w:t>
+                <w:t xml:space="preserve">Hammoudi Lylia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana Antero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Marck</w:t>
+                <w:t xml:space="preserve">Nocca David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghanassia Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13690-019-0375-8⟩</w:t>
+              <w:t xml:space="preserve">Global Journal of Obesity, Diabetes and Metabolic Syndrome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.017-021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17352/2455-8583.000037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459468v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03566213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance losses following threefold volume increases in soccer-specific training and in small-sided games</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Noirez Philippe</w:t>
+                <w:t xml:space="preserve">The age-performance relationship in the general population and strategies to delay age related decline in performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy C.B. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Sidney</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stacey Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Antero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Marck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and Medicine in Football</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/24733938.2018.1486038⟩</w:t>
+              <w:t xml:space="preserve">Archives of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 77 (51), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13690-019-0375-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04005395v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endurance training reduces exercise-induced acidosis and improves muscle function in a mouse model of sickle cell disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+                <w:t xml:space="preserve">Performance losses following threefold volume increases in soccer-specific training and in small-sided games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Hourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Messonnier</w:t>
+                <w:t xml:space="preserve">Noirez Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Barge</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Sidney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Genetics and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymgme.2017.11.010⟩</w:t>
+              <w:t xml:space="preserve">Science and Medicine in Football</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), pp.3-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24733938.2018.1486038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02118980v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Release and toxicity of adipose tissue-stored TCDD: Direct evidence from a xenografted fat model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endurance training reduces exercise-induced acidosis and improves muscle function in a mouse model of sickle cell disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
+                <w:t xml:space="preserve">Laurent Messonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Barge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vilmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2018.10.027⟩</w:t>
+              <w:t xml:space="preserve">Molecular Genetics and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (3), pp.400-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymgme.2017.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922515v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02118980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of High-Intensity Interval Training Combined with L-Citrulline Supplementation on Functional Capacities and Muscle Function in Dynapenic-Obese Older Adults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Buckinx</w:t>
+                <w:t xml:space="preserve">Release and toxicity of adipose tissue-stored TCDD: Direct evidence from a xenografted fat model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Gouspillou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Marcangeli</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Antignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy El Hajj Boutros</w:t>
+                <w:t xml:space="preserve">Min-Ji Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm7120561⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121, pp.1113-1120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2018.10.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02927052v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a specific index to detect malnutrition in athletes: Validity in weight class or intermittent fasted athletes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Moinard</w:t>
+                <w:t xml:space="preserve">Effect of High-Intensity Interval Training Combined with L-Citrulline Supplementation on Functional Capacities and Muscle Function in Dynapenic-Obese Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Buckinx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mounir Chennaoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+                <w:t xml:space="preserve">Gilles Gouspillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livia P Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marcangeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Petibois</w:t>
+                <w:t xml:space="preserve">Guy El Hajj Boutros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 4, pp.1 - 7. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (12), pp.561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biopen.2016.10.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm7120561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933107v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of intensity distribution changes on performance and on training loads quantification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Sidney</w:t>
+                <w:t xml:space="preserve">Development of a specific index to detect malnutrition in athletes: Validity in weight class or intermittent fasted athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Moinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Chennaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Petibois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5114/biolsport.2018.70753⟩</w:t>
+              <w:t xml:space="preserve">Biochimie Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4, pp.1 - 7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopen.2016.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005398v1</w:t>
+                <w:t xml:space="preserve">hal-01933107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic effects of citrulline supplementation and exercise on performance in male rats: evidence for implication of protein and energy metabolisms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of intensity distribution changes on performance and on training loads quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noirez Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sidney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1042/CS20170088⟩</w:t>
+              <w:t xml:space="preserve">Biology of Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5114/biolsport.2018.70753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933092v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Mouse Model of Cardiomyopathy Induced by Mutations in the Hemochromatosis HFE Gene</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Thomasson</w:t>
+                <w:t xml:space="preserve">Synergistic effects of citrulline supplementation and exercise on performance in male rats: evidence for implication of protein and energy metabolisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Goron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lamarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Trzaskus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Mougenot</w:t>
+                <w:t xml:space="preserve">Valérie Cunin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amira Meziani</w:t>
+                <w:t xml:space="preserve">Herve Dubouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hourdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Cardiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cjca.2017.03.006⟩</w:t>
+              <w:t xml:space="preserve">Clinical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 131 (8), pp.775 - 790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/CS20170088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04046098v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01933092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonad-related factors promote muscle performance gain during postnatal development in male and female mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Ueberschlag-Pitiot</w:t>
+                <w:t xml:space="preserve">A Mouse Model of Cardiomyopathy Induced by Mutations in the Hemochromatosis HFE Gene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Thomasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amalia Stantzou</w:t>
+                <w:t xml:space="preserve">Yvan Trzaskus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Messéant</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Owens</w:t>
+                <w:t xml:space="preserve">Amira Meziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/ajpendo.00446.2016⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (7), pp.904-910. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cjca.2017.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03677800v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quatre mois de charge d’entraînement globale et par exercice chez le footballeur professionnel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gonad-related factors promote muscle performance gain during postnatal development in male and female mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Ueberschlag-Pitiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Stantzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.C. Hourcade</w:t>
+                <w:t xml:space="preserve">Julien Messéant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Saulière</w:t>
+                <w:t xml:space="preserve">Megane Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Noirez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Owens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 32 (4), pp.221-228. </w:t>
+              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 313 (1), pp.E12-E25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2017.03.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/ajpendo.00446.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04003343v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03677800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between metabolic profile, hypertension and uric acid with cardiometabolic risk in adolescents with abdominal obesity: impact of geodemographic factors on the prevalence of abdominal obesity</w:t>
+                <w:t xml:space="preserve">Quatre mois de charge d’entraînement globale et par exercice chez le footballeur professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamida Bouhenni</w:t>
+                <w:t xml:space="preserve">J.C. Hourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadjer Daoudi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Noirez</w:t>
+                <w:t xml:space="preserve">Guillaume Saulière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkader Rouabah</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adolescent Medicine and Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32 (4), pp.221-228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/ijamh-2017-0107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2017.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04046096v1</w:t>
+                <w:t xml:space="preserve">hal-04003343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commentary: Validation of a Ramp Running Protocol for Determination of the True VO2max in Mice</w:t>
+                <w:t xml:space="preserve">Relationships between metabolic profile, hypertension and uric acid with cardiometabolic risk in adolescents with abdominal obesity: impact of geodemographic factors on the prevalence of abdominal obesity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koen K. Lemaire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Thomasson</w:t>
+                <w:t xml:space="preserve">Hamida Bouhenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadjer Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. J. van Soest</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelkader Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, </w:t>
+              <w:t xml:space="preserve">International Journal of Adolescent Medicine and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2017.00330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/ijamh-2017-0107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02641588v1</w:t>
+                <w:t xml:space="preserve">hal-04046096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voluntary Exercise Improves Cardiac Function and Prevents Cardiac Remodeling in a Mouse Model of Dilated Cardiomyopathy</w:t>
+                <w:t xml:space="preserve">Commentary: Validation of a Ramp Running Protocol for Determination of the True VO2max in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Deloux</w:t>
+                <w:t xml:space="preserve">Koen K. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Thomasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Vitiello</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Richard T. Jaspers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. van Soest</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 8, pp.899. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2017.00899⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2017.00330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02650844v1</w:t>
+                <w:t xml:space="preserve">hal-02641588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-Related Changes in Locomotor Performance Reveal a Similar Pattern for Caenorhabditis elegans, Mus domesticus, Canis familiaris, Equus caballus, and Homo sapiens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Juliana Antero</w:t>
+                <w:t xml:space="preserve">Voluntary Exercise Improves Cardiac Function and Prevents Cardiac Remodeling in a Mouse Model of Dilated Cardiomyopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Deloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vitiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenlin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gerona/glw136⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2017.00899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01792239v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02650844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citrulline Supplementation Induces Changes in Body Composition and Limits Age-Related Metabolic Changes in Healthy Male Rats</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Noirez</w:t>
+                <w:t xml:space="preserve">Age-Related Changes in Locomotor Performance Reveal a Similar Pattern for Caenorhabditis elegans, Mus domesticus, Canis familiaris, Equus caballus, and Homo sapiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Marck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy C.B. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Foulonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Morio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Bonnefont-Rousselot</w:t>
+                <w:t xml:space="preserve">Andy Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Antero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3945/jn.114.200626⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (4), pp.455-463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glw136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01850474v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onset of Exercise and Diet Program in Obese Women: Metabolic and Anorexigenic Responses Related to Weight Loss and Physical Capacities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+                <w:t xml:space="preserve">Citrulline Supplementation Induces Changes in Body Composition and Limits Age-Related Metabolic Changes in Healthy Male Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Page</w:t>
+                <w:t xml:space="preserve">S. Le Plenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Police</w:t>
+                <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Neveux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charles-Henry Cottart</w:t>
+                <w:t xml:space="preserve">D. Bonnefont-Rousselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hormone and Metabolic Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0034-1387704⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 145 (7), pp.1429-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3945/jn.114.200626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01771462v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of one-repetition maximum from submaximal ratings of perceived exertion in older adults pre-and post-training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Thomasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shehrazad Aboueb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40520-015-0334-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01771438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute induction of uncoupling protein 1 by citrulline in cultured explants of white adipose tissue from lean and high-fat-diet-fed rats</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
+                <w:t xml:space="preserve">Onset of Exercise and Diet Program in Obese Women: Metabolic and Anorexigenic Responses Related to Weight Loss and Physical Capacities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Jaubert</w:t>
+                <w:t xml:space="preserve">C. Police</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Bamba</w:t>
+                <w:t xml:space="preserve">N. Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Barouki</w:t>
+                <w:t xml:space="preserve">Charles-Henry Cottart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adipocyte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4 (2), pp.129 - 134. </w:t>
+              <w:t xml:space="preserve">Hormone and Metabolic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47 (07), pp.473-478. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4161/21623945.2014.989748⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0034-1387704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01772974v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning From Leaders: Life-span Trends in Olympians and Supercentenarians</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acute induction of uncoupling protein 1 by citrulline in cultured explants of white adipose tissue from lean and high-fat-diet-fed rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Latouche</w:t>
+                <w:t xml:space="preserve">Anne-Marie Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Bamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Barouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gerona/glu130⟩</w:t>
+              <w:t xml:space="preserve">Adipocyte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (2), pp.129 - 134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/21623945.2014.989748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01768388v1</w:t>
+                <w:t xml:space="preserve">hal-01772974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring workload with electrodermal activity during common braking actions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe A Vilmen</w:t>
+                <w:t xml:space="preserve">Learning From Leaders: Life-span Trends in Olympians and Supercentenarians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Antero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy C.B. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Marck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (8), pp.944-949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glu130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00140139.2014.899627⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02127476v1</w:t>
+                <w:t xml:space="preserve">hal-01768388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citrulline induces fatty acid release selectively in visceral adipose tissue from old rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring workload with electrodermal activity during common braking actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean Bastin</w:t>
+                <w:t xml:space="preserve">Laurent Messonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Barge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pascal de Bandt</w:t>
+                <w:t xml:space="preserve">Christophe A Vilmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 58 (9), pp.1765-1775. </w:t>
+              <w:t xml:space="preserve">Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57 (6), pp.886-896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201400053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00140139.2014.899627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01772798v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02127476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in the understanding of skeletal muscle weakness in murine models of diseases affecting nerve-evoked muscle activity, motor neurons, synapses and myofibers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Citrulline induces fatty acid release selectively in visceral adipose tissue from old rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Ferry</w:t>
+                <w:t xml:space="preserve">Sylvie Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Joanne</w:t>
+                <w:t xml:space="preserve">Jean Bastin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wahiba Hadj-Said</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Lilienbaum</w:t>
+                <w:t xml:space="preserve">Jean-Pascal de Bandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nmd.2014.06.001⟩</w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58 (9), pp.1765-1775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201400053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01545452v1</w:t>
+                <w:t xml:space="preserve">hal-01772798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citrulline reduces glyceroneogenesis and induces fatty acid release in visceral adipose tissue from overweight rats</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Bastin</w:t>
+                <w:t xml:space="preserve">Advances in the understanding of skeletal muscle weakness in murine models of diseases affecting nerve-evoked muscle activity, motor neurons, synapses and myofibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Joanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean de Bandt</w:t>
+                <w:t xml:space="preserve">Wahiba Hadj-Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lilienbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201400507⟩</w:t>
+              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (11), pp.960-972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nmd.2014.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01957294v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protective effect of female gender-related factors on muscle force-generating capacity and fragility in the dystrophic mdx mouse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Hourde</w:t>
+                <w:t xml:space="preserve">Citrulline reduces glyceroneogenesis and induces fatty acid release in visceral adipose tissue from overweight rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Joffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Joanne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Noirez</w:t>
+                <w:t xml:space="preserve">Jean Bastin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onnik Agbulut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gillian Butler-Browne</w:t>
+                <w:t xml:space="preserve">Jean de Bandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58 (12), pp.2320-2330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201400507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mus.23700⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01545455v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citrulline enhances myofibrillar constituents expression of skeletal muscle and induces a switch in muscle energy metabolism in malnourished aged rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Protective effect of female gender-related factors on muscle force-generating capacity and fragility in the dystrophic mdx mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Joanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile C. Faure</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Morio</w:t>
+                <w:t xml:space="preserve">Onnik Agbulut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe P. Chafey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Noirez</w:t>
+                <w:t xml:space="preserve">Gillian Butler-Browne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48 (1), pp.68-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mus.23700⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pmic.201200262⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00986092v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of citrulline on muscle functions during moderate dietary restriction in healthy adult rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Citrulline enhances myofibrillar constituents expression of skeletal muscle and induces a switch in muscle energy metabolism in malnourished aged rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile C. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ventura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Noirez</w:t>
+                <w:t xml:space="preserve">Philippe P. Chafey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Breuillé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Pinaud</w:t>
+                <w:t xml:space="preserve">Servane S. Le Plenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amino Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00726-013-1564-3⟩</w:t>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (14), pp.2191-2201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201200262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957307v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de la charge d’entraînement imposée au footballeur professionnel en phase de réhabilitation athlétique post-blessure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of citrulline on muscle functions during moderate dietary restriction in healthy adult rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Breuillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ben Belgith</w:t>
+                <w:t xml:space="preserve">P. Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Ahmaidi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Pinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Amino Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (5), pp.1123-1131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00726-013-1564-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2011.06.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01826191v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What about your muscles when you are getting older</w:t>
+                <w:t xml:space="preserve">Quantification de la charge d’entraînement imposée au footballeur professionnel en phase de réhabilitation athlétique post-blessure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Le Page</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noirez Philippe</w:t>
+                <w:t xml:space="preserve">A. Ben Belgith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Ahmaidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue de gériatrie [1976 - ..]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27 (3), pp.169-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2011.06.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04566074v1</w:t>
+                <w:t xml:space="preserve">hal-01826191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise training improves functional post-ischemic recovery in senescent heart</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId322" w:history="1">
+                <w:t xml:space="preserve">What about your muscles when you are getting older</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noirez Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue de gériatrie [1976 - ..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37 (8), pp.609-17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03966268v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04566074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exercise training improves functional post-ischemic recovery in senescent heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Swynghedauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Gerontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 44 (3), pp.177. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.exger.2008.10.003⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 44 (3), pp.177-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/138920110793262024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00493089v1</w:t>
+                <w:t xml:space="preserve">hal-03966268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods to quantify intermittent exercises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+                <w:t xml:space="preserve">Exercise training improves functional post-ischemic recovery in senescent heart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Sénégas</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernard Swynghedauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 32 (4), pp.762-769. </w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 44 (3), pp.177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/H07-037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.exger.2008.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05246910v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00493089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods to quantify intermittent exercises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Denis Desgorces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Senegas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId332" w:history="1">
+                <w:t xml:space="preserve">Xavier Sénégas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 32 (4), pp.762--769. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId334" w:history="1">
+              <w:t xml:space="preserve">, 2007, 32 (4), pp.762-769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1139/H07-037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05039928v1</w:t>
+                <w:t xml:space="preserve">hal-05246910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TGF-beta1 favors the development of fast type identity during soleus muscle regeneration.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Noirez</w:t>
+                <w:t xml:space="preserve">Methods to quantify intermittent exercises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Denis Desgorces</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Senegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Torres</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leslie Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32 (4), pp.762--769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/H07-037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00109688v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05039928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of slow skeletal muscle after injury in the senescent rat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TGF-beta1 favors the development of fast type identity during soleus muscle regeneration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Vignaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Noirez</w:t>
+                <w:t xml:space="preserve">S. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Besse</w:t>
+                <w:t xml:space="preserve">J. Cebrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Rieu</w:t>
+                <w:t xml:space="preserve">O. Agbulut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Barritault</w:t>
+                <w:t xml:space="preserve">J. Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03966226v1</w:t>
+                <w:t xml:space="preserve">hal-00109688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of anabolic/androgenic steroids on regenerating skeletal muscles in the rat</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Le Page</w:t>
+                <w:t xml:space="preserve">Recovery of slow skeletal muscle after injury in the senescent rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Noirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Ben Salah</w:t>
+                <w:t xml:space="preserve">Michel Rieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Daegelen</w:t>
+                <w:t xml:space="preserve">Denis Barritault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Physiologica Scandinavica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 166 (2), pp.105-110. </w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 38 (5), pp.529-537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1365-201x.1999.00549.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0531-5565(03)00007-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588851v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effects of anabolic/androgenic steroids on regenerating skeletal muscles in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noirez Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ben Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Daegelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Physiologica Scandinavica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 166 (2), pp.105-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-201x.1999.00549.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effect of increased physical activity on growth and differentiation of regenerating rat soleus muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed Ben Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Pedro Wahrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 76 (3), pp.270-276. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s004210050247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId359"/>
+      <w:footerReference w:type="default" r:id="rId364"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9432,51 +9566,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B01B0345"/>
+    <w:nsid w:val="0A86F32D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9663,51 +9797,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-noirez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4538-803X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185341659" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-reims.fr/ufrstaps" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05079695v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jamay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Noirez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidar Djemai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layale Youssef" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Massias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126239" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240465v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngan Thi Kim Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hsin Chang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee-Yuan Lin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roma Panwar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2025.106393" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325164v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Domenica Elisa de Palma" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Loiodice" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carbonnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiki Achiedo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109861" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Hammad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Schoonberg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Hammad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafez Alnawayseh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26773/smj.250617" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346778v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Denis Desgorces" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2025-0128" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038470v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0334" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038462v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0422" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390606v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Neva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amro Abu Baker" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26773/smj.241002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563688v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Vauthier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Touze" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mauvieux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Hingrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;louis Delaunay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15935" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563692v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Parent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mauvieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lespagnol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Vauthier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-024-02013-4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182522v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Aprahamian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Lefevre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourgin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2023.2213185" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182516v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Lam" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Noirez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blanc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.122387" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083154v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rousseau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toussaint" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.22.13685-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182523v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desgorces" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sedeaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Toussaint" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renfree" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Launay" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2022.07.011" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182525v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Covadonga Lucas-Torres" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Caradeuc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Prieur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.5006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881397v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Gortan Cappellari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Poggiogalle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballesteros Pomar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Batsis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2023.02.018" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083149v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13020198" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03564762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nay" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Robin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rebillard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Orfila" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12897" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182519v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Juricek" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiranya Dayal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Karen Carrasco Laserna" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Hichor" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12302-022-00633-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Granet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marcangeli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dulac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Hajj-Boutros" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare10071346" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03859293v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Dabayebeh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Merzouk" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13690-022-00983-3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038391v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia P Carvalho" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12955" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03763092v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Drigny" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hodzic" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baron" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/38027" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277904v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Buckinx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Peyrusque" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Bass" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Aubertin-Leheudre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980020005224" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014694v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Hourcade" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dubois" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237027" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03263940v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hammoudi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Brun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevalier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2019.11.003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046874v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buckinx F" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carvalho L P" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcangeli V" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulac M" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajj Boutros G" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2020.111036" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01999904v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy C.B. Berthelot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marck" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foulonneau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Douady" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36707-3" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02924908v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Hassani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissrine Daou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlin Li" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanassia Sotiropoulos" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/ejtm.2019.8205" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02404836v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Thomasson" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Peccate" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddz056" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02924791v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;via Pinheiro Carvalho" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Hajj Boutros" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11071685" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566213v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Brun" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasteyrie Valentin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hammoudi Lylia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nocca David" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghanassia Edouard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17352/2455-8583.000037" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02459468v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Johnson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Antero" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13690-019-0375-8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005395v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noirez Philippe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sidney" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24733938.2018.1486038" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118980v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chatel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Messonnier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barge" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vilmen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2017.11.010" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922515v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Joffin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Ji Kim" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2018.10.027" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02927052v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gouspillou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy El Hajj Boutros" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7120561" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01933107v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moinard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Chennaoui" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Petibois" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopen.2016.10.001" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005398v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/biolsport.2018.70753" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01933092v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Goron" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lamarche" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cunin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dubouchaud" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/CS20170088" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046098v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Trzaskus" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Meziani" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cjca.2017.03.006" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ueberschlag-Pitiot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Stantzou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mess&#233;ant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Lemaitre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Owens" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00446.2016" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003343v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Hourcade" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sauli&#232;re" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noirez" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.03.004" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046096v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Bouhenni" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Daoudi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Rouabah" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijamh-2017-0107" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02641588v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen K. Lemaire" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard T. Jaspers" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. van Soest" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00330" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02650844v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Deloux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vitiello" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00899" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01792239v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Marc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glw136" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850474v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moinard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Plenier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonnefont-Rousselot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.114.200626" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01771462v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Page" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Police" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Neveux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henry Cottart" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1387704" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01771438v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shehrazad Aboueb" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-015-0334-3" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01772974v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jaubert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bamba" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Barouki" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/21623945.2014.989748" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01768388v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Latouche" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu130" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127476v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A Vilmen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2014.899627" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01772798v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bastin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal de Bandt" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400053" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545452v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joanne" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Hadj-Said" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Vignaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lilienbaum" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2014.06.001" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01957294v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Bandt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400507" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F4WP13PJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545455v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourde" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onnik Agbulut" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Butler-Browne" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.23700" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XNKC6VB4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986092v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile C. Faure" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Chafey" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane S. Le Plenier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201200262" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKQG1K88-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01957307v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ventura" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breuill&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Godin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinaud" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-013-1564-3" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HZPBDCV9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01826191v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Belgith" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ahmaidi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maille" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2011.06.012" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566074v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Page" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966268v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Courty" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Riou" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Swynghedauw" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138920110793262024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493089v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2008.10.003" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246910v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;n&#233;gas" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Garcia" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Decker" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/H07-037" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039928v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Senegas" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109688v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Torres" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cebrian" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Agbulut" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pelzer" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966226v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vignaud" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Besse" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rieu" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barritault" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0531-5565(03)00007-x" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9ZJ0D48-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588851v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Salah" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daegelen" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-201x.1999.00549.x" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7JVBQ1LD-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03564778v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Ben Salah" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pedro Wahrmann" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004210050247" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L4FG77WN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-noirez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4538-803X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185341659" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-reims.fr/ufrstaps" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05079695v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jamay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Noirez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidar Djemai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layale Youssef" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Massias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126239" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240465v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngan Thi Kim Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hsin Chang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee-Yuan Lin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roma Panwar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2025.106393" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325164v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Domenica Elisa de Palma" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Loiodice" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carbonnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiki Achiedo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109861" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346778v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Denis Desgorces" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2025-0128" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240460v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Hammad" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Schoonberg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Hammad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafez Alnawayseh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26773/smj.250617" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038470v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0334" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038462v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0422" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563688v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Vauthier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Touze" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mauvieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Hingrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;louis Delaunay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15935" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390606v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Neva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amro Abu Baker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26773/smj.241002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563692v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Parent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mauvieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lespagnol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Vauthier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-024-02013-4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182516v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Lam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Noirez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blanc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.122387" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182522v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Durand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Aprahamian" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Lefevre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourgin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2023.2213185" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083154v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rousseau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toussaint" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.22.13685-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182523v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desgorces" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sedeaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renfree" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Launay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2022.07.011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182525v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Covadonga Lucas-Torres" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Caradeuc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Prieur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.5006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881397v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Gortan Cappellari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Poggiogalle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballesteros Pomar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Batsis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2023.02.018" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083149v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13020198" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03564762v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Robin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rebillard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Orfila" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12897" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182519v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Juricek" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiranya Dayal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Karen Carrasco Laserna" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Hichor" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12302-022-00633-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038413v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Granet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marcangeli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dulac" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Hajj-Boutros" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare10071346" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03859293v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Dabayebeh" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Merzouk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13690-022-00983-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03763092v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Drigny" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hodzic" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/38027" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038391v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia P Carvalho" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12955" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277904v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Buckinx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Peyrusque" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Bass" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Aubertin-Leheudre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980020005224" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668295v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Falabr&#232;gue" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Boschat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouffroy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Derquennes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/11786469211003109" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03263940v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hammoudi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Brun" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bui" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevalier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2019.11.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014694v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Hourcade" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dubois" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237027" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046874v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buckinx F" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carvalho L P" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcangeli V" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulac M" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajj Boutros G" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2020.111036" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02924791v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;via Pinheiro Carvalho" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Hajj Boutros" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11071685" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02924908v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Hassani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissrine Daou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlin Li" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanassia Sotiropoulos" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/ejtm.2019.8205" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02404836v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Thomasson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Peccate" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddz056" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01999904v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy C.B. Berthelot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marck" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foulonneau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Douady" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36707-3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566213v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Brun" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasteyrie Valentin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hammoudi Lylia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nocca David" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghanassia Edouard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17352/2455-8583.000037" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02459468v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Johnson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Antero" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13690-019-0375-8" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005395v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noirez Philippe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sidney" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24733938.2018.1486038" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118980v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chatel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Messonnier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barge" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vilmen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2017.11.010" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922515v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Joffin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Ji Kim" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchand" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2018.10.027" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02927052v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gouspillou" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy El Hajj Boutros" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7120561" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01933107v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moinard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Chennaoui" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Petibois" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopen.2016.10.001" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005398v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/biolsport.2018.70753" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01933092v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Goron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lamarche" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cunin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dubouchaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/CS20170088" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046098v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Trzaskus" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Meziani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cjca.2017.03.006" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677800v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ueberschlag-Pitiot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Stantzou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mess&#233;ant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Lemaitre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Owens" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00446.2016" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003343v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Hourcade" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sauli&#232;re" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noirez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.03.004" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046096v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Bouhenni" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Daoudi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Rouabah" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijamh-2017-0107" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02641588v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen K. Lemaire" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard T. Jaspers" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. van Soest" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00330" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02650844v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Deloux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vitiello" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00899" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01792239v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Marc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glw136" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850474v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moinard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Plenier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonnefont-Rousselot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.114.200626" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01771438v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shehrazad Aboueb" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-015-0334-3" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01771462v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Page" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Police" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Neveux" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henry Cottart" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1387704" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01772974v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jaubert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bamba" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Barouki" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/21623945.2014.989748" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01768388v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Latouche" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu130" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127476v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A Vilmen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2014.899627" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01772798v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bastin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal de Bandt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400053" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545452v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferry" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joanne" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Hadj-Said" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Vignaud" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lilienbaum" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2014.06.001" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01957294v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Bandt" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400507" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F4WP13PJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545455v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourde" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onnik Agbulut" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Butler-Browne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.23700" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XNKC6VB4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986092v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile C. Faure" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Chafey" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane S. Le Plenier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201200262" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKQG1K88-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01957307v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ventura" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breuill&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Godin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinaud" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-013-1564-3" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HZPBDCV9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01826191v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Belgith" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ahmaidi" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maille" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2011.06.012" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566074v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Page" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966268v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Courty" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Riou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Swynghedauw" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138920110793262024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493089v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2008.10.003" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246910v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;n&#233;gas" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Garcia" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Decker" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/H07-037" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039928v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Senegas" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109688v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Torres" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cebrian" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Agbulut" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pelzer" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966226v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vignaud" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Besse" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rieu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barritault" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0531-5565(03)00007-x" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9ZJ0D48-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588851v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Salah" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daegelen" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-201x.1999.00549.x" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7JVBQ1LD-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03564778v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Ben Salah" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pedro Wahrmann" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004210050247" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L4FG77WN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>