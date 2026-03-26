--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -183,59 +183,59 @@
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">, 2026, 17 (1), pp.e01225-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2025.04.16.649159⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mbio.01225-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344083v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -351,144 +351,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of microbial interactions on rhizobial fitness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A selective bottleneck during host entry drives the evolution of new legume symbionts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginaini Grazielli Doin de Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarita Granada Agudelo</w:t>
+                <w:t xml:space="preserve">Saida Mouffok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bryan Ruiz</w:t>
+                <w:t xml:space="preserve">Nil Gaudu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Cazalé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Capela</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marine Milhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, pp.1277262. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (5), pp.msad116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2023.1277262⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msad116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04235686v1</w:t>
+                <w:t xml:space="preserve">hal-03811656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative phylotranscriptomics reveals ancestral and derived root nodule symbiosis programmes</w:t>
               </w:r>
@@ -602,161 +619,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A selective bottleneck during host entry drives the evolution of new legume symbionts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The role of microbial interactions on rhizobial fitness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saida Mouffok</w:t>
+                <w:t xml:space="preserve">Margarita Granada Agudelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nil Gaudu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Claire Cazalé</w:t>
+                <w:t xml:space="preserve">Bryan Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Milhes</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Delphine Capela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Remigi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 40 (5), pp.msad116. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1277262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msad116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2023.1277262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03811656v1</w:t>
+                <w:t xml:space="preserve">hal-04235686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory shapes microbial populations</w:t>
               </w:r>
@@ -885,51 +885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson-Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (3), pp.339. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1471,952 +1471,952 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbiosis within symbiosis: evolving nitrogen-fixing legume symbionts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functional assignment to positively selected sites in the core type III effector RipG7 from \textitR \textitalstonia solanacearum: RipG7 evolution, structure/function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keke Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Peter W. Young</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maria Anisimova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Kars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tim.2015.10.007⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (4), pp.553--564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mpp.12302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636067v1</w:t>
+                <w:t xml:space="preserve">hal-01878033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional assignment to positively selected sites in the core type III effector RipG7 from \textitR \textitalstonia solanacearum: RipG7 evolution, structure/function</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symbiosis within symbiosis: evolving nitrogen-fixing legume symbionts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Anisimova</w:t>
+                <w:t xml:space="preserve">Jun Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Lonjon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Peter W. Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Masson-Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (1), pp.63-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tim.2015.10.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mpp.12302⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01878033v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaping Bacterial Symbiosis With Legumes by Experimental Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marta Marchetti</w:t>
+                <w:t xml:space="preserve">Transient Hypermutagenesis Accelerates the Evolution of Legume Endosymbionts following Horizontal Gene Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Remigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Jauneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Remigi</w:t>
+                <w:t xml:space="preserve">Camille Clerissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Gris</w:t>
+                <w:t xml:space="preserve">Léna Tasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Torchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/MPMI-03-14-0083-R⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637300v1</w:t>
+                <w:t xml:space="preserve">pasteur-01374959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping Bacterial Symbiosis With Legumes by Experimental Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jauneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Gris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 27 (9), pp.956-964. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1094/MPMI-03-14-0083-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02938143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Hypermutagenesis Accelerates the Evolution of Legume Endosymbionts following Horizontal Gene Transfer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shaping Bacterial Symbiosis With Legumes by Experimental Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jauneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léna Tasse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Torchet</w:t>
+                <w:t xml:space="preserve">Carine Gris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (9), pp.956 - 964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-03-14-0083-R⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001942⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01374959v1</w:t>
+                <w:t xml:space="preserve">hal-02637300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional diversification of the GALA type III effector family contributes to Ralstonia solanacearum adaptation on different plant hosts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phytophthora species in forest streams in Oregon and Alaska</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul W. Reeser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy Sutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Everett M. Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nemo Peeters</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerry C. Adams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2011.03854.x⟩</w:t>
+              <w:t xml:space="preserve">Mycologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 103 (1), pp.22 - 35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3852/10-013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651823v1</w:t>
+                <w:t xml:space="preserve">hal-02649504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytophthora species in forest streams in Oregon and Alaska</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul W. Reeser</w:t>
+                <w:t xml:space="preserve">Functional diversification of the GALA type III effector family contributes to Ralstonia solanacearum adaptation on different plant hosts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Remigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Anisimova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wendy Sutton</w:t>
+                <w:t xml:space="preserve">Alice Guidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Everett M. Hansen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Remigi</w:t>
+                <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerry C. Adams</w:t>
+                <w:t xml:space="preserve">Nemo Peeters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 103 (1), pp.22 - 35. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 192, pp.976-987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3852/10-013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2011.03854.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02649504v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2595,51 +2595,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Guidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Berthomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2704,260 +2704,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting the fitness components of nitrogen-fixing rhizobia throughout their symbiotic life cycle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A selective bottleneck during host entry drives the evolution of new plant symbionts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginaini Doin de Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarita Granada Agudelo</w:t>
+                <w:t xml:space="preserve">Saida Mouffok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bryan Ruiz</w:t>
+                <w:t xml:space="preserve">Nil Gaudu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Cazalé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Capela</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marine Milhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress of the European Society for Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Society for Evolutionary Biology (ESEB), Aug 2025, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Congress of the European Society for Evolutionnary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society for Evolutionnary Biology (ESEB), Aug 2025, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05314869v1</w:t>
+                <w:t xml:space="preserve">hal-05314854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A selective bottleneck during host entry drives the evolution of new plant symbionts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dissecting the fitness components of nitrogen-fixing rhizobia throughout their symbiotic life cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saida Mouffok</w:t>
+                <w:t xml:space="preserve">Margarita Granada Agudelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nil Gaudu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Claire Cazalé</w:t>
+                <w:t xml:space="preserve">Bryan Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Milhes</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Delphine Capela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Remigi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress of the European Society for Evolutionnary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Society for Evolutionnary Biology (ESEB), Aug 2025, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Congress of the European Society for Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society for Evolutionary Biology (ESEB), Aug 2025, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314854v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The life-cycle of beta-rhizobia : a fitness-based perspective</w:t>
               </w:r>
@@ -3012,103 +3012,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization and function analysis of Type III effector RipG7 of Ralstonia solanacearum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keke Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilona Kars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ton Timmers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST SUSTAIN FA1208</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Toulouse, France</w:t>
@@ -3169,77 +3169,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of ecological interactions and their effect on rhizobial fitness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarita Granada Agudelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3277,77 +3277,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant-mediated selection of nitrogen fixation in rhizobia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarita Granada Agudelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3385,51 +3385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How the rhizosphere pathogen Ralstonia Solanacearum invades plant roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keke Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3437,51 +3437,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Sevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ton Timmers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathobiome: Pathogens in microbiota in host</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Maisons-Alfort, France. 2015</w:t>
@@ -3510,103 +3510,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional assignment to positively selected sites in the core type III effector RipG7 from Ralstonia solanacearum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keke Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Anisimova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilona Kars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant biology 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Minneapolis, United States. , 2015</w:t>
@@ -3804,51 +3804,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344083v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Navarro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginaini Grazielli Doin de Moura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.04.16.649159" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Doulcier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Remigi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rexin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rainey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.05.10.593459" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Granada Agudelo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Ruiz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Capela" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1277262" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187925v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Brichet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01441-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03811656v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Mouffok" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil Gaudu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad116" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385871v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaitanya S Gokhale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Giaimo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009431" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566829v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson-Boivin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11030339" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P C Rocha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2019.02.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348977v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayle Ferguson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Mcconnell" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia de Monte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rogers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz041" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Gallie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bertels" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayle C. Ferguson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylke Nestmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz040" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618918v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Daubech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marchetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pouzet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.28683" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636067v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peter W. Young" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2015.10.007" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCZ4R8M0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878033v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keke Wang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Anisimova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lonjon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Kars" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12302" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637300v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-03-14-0083-R" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938143v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374959v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clerissi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Tasse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001942" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651823v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemo Peeters" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.03854.x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649504v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul W. Reeser" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Sutton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everett M. Hansen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry C. Adams" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3852/10-013" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03811677v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741515v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaofei Jiang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Peyraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314869v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314854v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginaini Doin de Moura" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314889v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131071v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton Timmers" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314881v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314877v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740613v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Sevin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801919v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344083v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Navarro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginaini Grazielli Doin de Moura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01225-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Doulcier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Remigi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rexin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rainey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.05.10.593459" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03811656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Mouffok" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil Gaudu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad116" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187925v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Brichet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01441-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235686v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Granada Agudelo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Ruiz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Capela" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1277262" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385871v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaitanya S Gokhale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Giaimo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009431" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566829v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson-Boivin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11030339" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P C Rocha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2019.02.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348977v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayle Ferguson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Mcconnell" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia de Monte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rogers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz041" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Gallie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bertels" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayle C. Ferguson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylke Nestmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz040" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618918v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Daubech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marchetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pouzet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.28683" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878033v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keke Wang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Anisimova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lonjon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Kars" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12302" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peter W. Young" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2015.10.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCZ4R8M0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01374959v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clerissi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Tasse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001942" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-03-14-0083-R" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637300v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649504v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul W. Reeser" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Sutton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everett M. Hansen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry C. Adams" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3852/10-013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651823v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemo Peeters" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.03854.x" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03811677v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741515v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaofei Jiang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Peyraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314854v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginaini Doin de Moura" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314869v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314889v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131071v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton Timmers" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314881v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314877v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740613v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Sevin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801919v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>