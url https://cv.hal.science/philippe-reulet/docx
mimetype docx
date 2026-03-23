--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -805,697 +805,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03185950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a new OGV architecture for an enhanced energy dissipation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of combustion chamber cooling by multiperforated wall with compound angle injection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Reulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Donjat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3AF Aerospace Europe Conference 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français de Thermique SFT 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Belfort, France. pp.785-792, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2020-025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971337v1</w:t>
+                <w:t xml:space="preserve">hal-04774499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of combustion chamber cooling by multiperforated wall with compound angle injection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of a new OGV architecture for an enhanced energy dissipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Donjat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Deliancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique SFT 2020</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3AF Aerospace Europe Conference 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04774499v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved 3d temperature/displacement measurements for investigating the fire behaviour of composite materials</w:t>
+                <w:t xml:space="preserve">Refroidissement par transpiration au sein d'un matériau poreux obtenu par frittage partiel de poudre métallique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gillian Leplat</w:t>
+                <w:t xml:space="preserve">Cécile Davoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Le Sant</w:t>
+                <w:t xml:space="preserve">Océane Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gaffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Batmalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference and Exhibition on Fire Science and Engineering (INTERFLAM 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Poudres 2019 : Matériaux frittés et Fabrication additive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320303v1</w:t>
+                <w:t xml:space="preserve">hal-04848985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refroidissement par transpiration au sein d'un matériau poreux obtenu par frittage partiel de poudre métallique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time-resolved 3d temperature/displacement measurements for investigating the fire behaviour of composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Lambert</w:t>
+                <w:t xml:space="preserve">Gillian Leplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Thomas</w:t>
+                <w:t xml:space="preserve">Yves Le Sant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Gaffié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Reulet</w:t>
+                <w:t xml:space="preserve">Thomas Batmalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poudres 2019 : Matériaux frittés et Fabrication additive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">15th International Conference and Exhibition on Fire Science and Engineering (INTERFLAM 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848985v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la rugosité sur le frottement pariétal et les transferts de chaleur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IGLOO3D Computations of the Ice Accretion on Swept-Wings of the SUNSET2 Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Radenac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaible</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Chedevergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFT 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAE International Conference on Icing of Aircraft, Engines and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Minneapolis, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2019-01-1935⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320232v1</w:t>
+                <w:t xml:space="preserve">hal-02859982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IGLOO3D Computations of the Ice Accretion on Swept-Wings of the SUNSET2 Database</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gaible</w:t>
+                <w:t xml:space="preserve">Effet de la rugosité sur le frottement pariétal et les transferts de chaleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Bézard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Reulet</w:t>
+                <w:t xml:space="preserve">Olivier Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chedevergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAE International Conference on Icing of Aircraft, Engines and Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SFT 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02859982v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations Multiphysiques CEM-Thermique de Torons de Câbles.</w:t>
               </w:r>
@@ -2077,51 +2077,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and 3D numerical investigation of buoyancy-driven instabilities around a heated horizontal square cylinder within an enclosure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gillian Leplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2480,160 +2480,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03982940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time and space‐resolved 3D temperature/out‐of‐plane displacement measurements for investigating the fire behaviour of composite materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Sant</w:t>
+                <w:t xml:space="preserve">Surface temperature measurement of acoustic liners in presence of grazing flow and thermal gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Batmalle</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fire and Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/fam.2937⟩</w:t>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62 (4), pp.82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-021-03184-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03176102v1</w:t>
+                <w:t xml:space="preserve">hal-03220702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Combined Experimental and Numerical Characterization of the Flowfield and Heat Transfer around a Multiperforated Plate with Compound Angle Injection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2652,249 +2652,249 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14 (3), pp.613. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/en14030613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03457828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface temperature measurement of acoustic liners in presence of grazing flow and thermal gradient</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Méry</w:t>
+                <w:t xml:space="preserve">Time and space‐resolved 3D temperature/out‐of‐plane displacement measurements for investigating the fire behaviour of composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian Leplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Sant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frank Simon</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Batmalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments in Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 62 (4), pp.82. </w:t>
+              <w:t xml:space="preserve">Fire and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (3), pp.435-447. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00348-021-03184-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/fam.2937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03220702v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerodynamic and heat transfer effects of distributed hemispherical roughness elements inducing step changes in a turbulent boundary layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chedevergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 85, pp.108672. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2980,51 +2980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sebbane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aircraft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.1-13. </w:t>
@@ -3075,51 +3075,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of an impinging heated jet for a small nozzle-to-plate distance and high Reynolds number: An extensive experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Grenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3473,51 +3473,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reulet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Veca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-049" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754379v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-049" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137700v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dellinger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169794v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Chebbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ridel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Hirsch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fdida" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Irimiea" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745404v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthoumieu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Zuzio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-035" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185950v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Laroche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Donjat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2020-16311" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971337v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Deliancourt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chassagne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774499v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320303v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Leplat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Sant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Batmalle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848985v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lambert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaffi&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320232v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;on" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chedevergne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859982v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Radenac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gaible" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; B&#233;zard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1935" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353691v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mahiddini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399217v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grenson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mary" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Deniau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01059010v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vitillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cachon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reulet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laroche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851479v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Leplat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Reulet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848855v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IHTC14-22259" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601712v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2023.103959" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982940v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lalande" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermeersch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien M&#233;ry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Forte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062048" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176102v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fam.2937" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457828v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14030613" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220702v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lafont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Simon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03184-w" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923751v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2020.108672" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174377v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mery" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Piot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sebbane" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.C035157" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393401v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aupoix" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.06.076" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180577v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Sant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aupoix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barricau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Merienne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pailhas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reulet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Veca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-049" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754379v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-049" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137700v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dellinger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169794v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Chebbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ridel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Hirsch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fdida" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Irimiea" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745404v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthoumieu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Zuzio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-035" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185950v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Laroche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Donjat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2020-16311" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774499v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971337v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Deliancourt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chassagne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848985v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lambert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaffi&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320303v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Leplat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Sant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Batmalle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859982v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Radenac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gaible" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; B&#233;zard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1935" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320232v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;on" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chedevergne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353691v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mahiddini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399217v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grenson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mary" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Deniau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01059010v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vitillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cachon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reulet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laroche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851479v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Leplat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Reulet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848855v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IHTC14-22259" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601712v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2023.103959" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982940v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lalande" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermeersch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien M&#233;ry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Forte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062048" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220702v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lafont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Simon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03184-w" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457828v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14030613" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176102v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fam.2937" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923751v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2020.108672" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174377v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mery" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Piot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sebbane" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.C035157" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393401v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aupoix" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.06.076" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180577v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Sant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aupoix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barricau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Merienne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pailhas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>