--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -533,533 +533,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Six transiting planets and a chain of Laplace resonances in TOI-178</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An analytical model for tidal evolution in co-orbital systems. I. Application to exoplanets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Leleu</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Correia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039767⟩</w:t>
+              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 133 (8), pp.37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10569-021-10032-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03458418v1</w:t>
+                <w:t xml:space="preserve">hal-03370265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical model for tidal evolution in co-orbital systems. I. Application to exoplanets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Robutel</w:t>
+                <w:t xml:space="preserve">Six transiting planets and a chain of Laplace resonances in TOI-178</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Alibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hooton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Correia</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 133 (8), pp.37. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 649, pp.A26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10569-021-10032-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370265v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03458418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the co-orbital motion in the three-body problem: existence of quasi-periodic horseshoe-shaped orbits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Planetary system LHS 1140 revisited with ESPRESSO and TESS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lillo-Box</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Niederman</w:t>
+                <w:t xml:space="preserve">P. Figueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Pousse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Faria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00220-020-03690-8⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 642, pp.A121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323935v1</w:t>
+                <w:t xml:space="preserve">insu-02981037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planetary system LHS 1140 revisited with ESPRESSO and TESS</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the co-orbital motion in the three-body problem: existence of quasi-periodic horseshoe-shaped orbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Acuña</w:t>
+                <w:t xml:space="preserve">Laurent Niederman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. P. Faria</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Pousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 642, pp.A121. </w:t>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 377 (1), pp.551-612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038922⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00220-020-03690-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02981037v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-orbital exoplanets from close-period candidates: the TOI-178 case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lillo-Box</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1143,416 +1143,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TROY project. II. Multi-technique constraints on exotrojans in nine planetary systems</w:t>
+                <w:t xml:space="preserve">The TROY project: Searching for co-orbital bodies to known planets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lillo-Box</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Barrado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Figueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Parviainen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Mallonn</w:t>
+                <w:t xml:space="preserve">N. C. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 618, pp.A42. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201833312⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 609, pp.A96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02319200v1</w:t>
+                <w:t xml:space="preserve">hal-02319186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secular dynamics of multiplanetary circumbinary systems: stationary solutions and binary-planet secular resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Andrade-Ines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 130 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10569-017-9809-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TROY project: Searching for co-orbital bodies to known planets</w:t>
+                <w:t xml:space="preserve">The TROY project. II. Multi-technique constraints on exotrojans in nine planetary systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lillo-Box</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Parviainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Figueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. C. Santos</w:t>
+                <w:t xml:space="preserve">M. Mallonn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 609, pp.A96. </w:t>
+              <w:t xml:space="preserve">, 2018, 618, pp.A42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730652⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201833312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319186v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02319200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the coplanar eccentric non-restricted co-orbital dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1606,70 +1606,70 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janus et Épiméthée: un ballet perpétuel autour de Saturne?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Janus et Épiméthée : un ballet perpétuel autour de Saturne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Niederman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1742,51 +1742,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Delisle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1833,51 +1833,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of co-orbital planets by combining transit and radial-velocity measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1950,51 +1950,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the co-orbital motion in the planar restricted three-body problem: the quasi-satellite motion revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2048,304 +2048,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01590773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secular dynamics of S-type planetary orbits in binary star systems: applicability domains of first- and second-order theories</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Robutel</w:t>
+                <w:t xml:space="preserve">On the rotation of co-orbital bodies in eccentric orbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Robutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. C. M. Correia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 124 (4), pp.405-432. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10569-015-9669-5⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 125 (2), pp.223-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10569-016-9681-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320243v1</w:t>
+                <w:t xml:space="preserve">hal-01333931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the rotation of co-orbital bodies in eccentric orbits</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. C. M. Correia</w:t>
+                <w:t xml:space="preserve">Secular dynamics of S-type planetary orbits in binary star systems: applicability domains of first- and second-order theories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Andrade-Ines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Beaugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Michtchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 125 (2), pp.223-246. </w:t>
+              <w:t xml:space="preserve">, 2016, 124 (4), pp.405-432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10569-016-9681-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10569-015-9669-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333931v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rigorous treatment of the averaging process for co-orbital motions in the planetary problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Niederman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational &amp; Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 35, pp.675-699. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3938,386 +3938,386 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial Reduction in the N-Body Planetary Problem using the Angular Momentum Integral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Malige</w:t>
+                <w:t xml:space="preserve">Franck Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 84, pp.283-316</w:t>
+              <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03786667v1</w:t>
+                <w:t xml:space="preserve">hal-02884561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial Reduction in the N-Body Planetary Problem using the Angular Momentum Integral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Malige</w:t>
+                <w:t xml:space="preserve">F. Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002</w:t>
+              <w:t xml:space="preserve">, 2002, 84, pp.283-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884561v1</w:t>
+                <w:t xml:space="preserve">hal-03786667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High order symplectic integrators for perturbed Hamiltonian systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Robutel</w:t>
+                <w:t xml:space="preserve">Frequency Map and Global Dynamics in the Solar System I Short Period Dynamics of Massless Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 80 (1), pp. 39-62. </w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 152 (1), pp.4-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1023/A:1012098603882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1006/icar.2000.6576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00618038v1</w:t>
+                <w:t xml:space="preserve">hal-02884546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency Map and Global Dynamics in the Solar System I Short Period Dynamics of Massless Particles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Robutel</w:t>
+                <w:t xml:space="preserve">High order symplectic integrators for perturbed Hamiltonian systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 80 (1), pp. 39-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1012098603882⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/icar.2000.6576⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02884546v1</w:t>
+                <w:t xml:space="preserve">hal-00618038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of the planetary three-body problem</w:t>
               </w:r>
@@ -4490,426 +4490,426 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An application of KAM theory to the planetary three body problem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Robutel</w:t>
+                <w:t xml:space="preserve">Stabilization of the Earth's obliquity by the Moon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Laskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Joutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/BF00699732⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 361 (6413), pp.615-617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/361615a0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03785205v1</w:t>
+                <w:t xml:space="preserve">hal-02884538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chaotic obliquity of the planets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Robutel</w:t>
+                <w:t xml:space="preserve">An application of KAM theory to the planetary three body problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 361 (6413), pp.608-612. </w:t>
+              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 56, pp.197-199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/361608a0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/BF00699732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02884536v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03785205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The stability of the planetary three-body problem: Influence of the secular resonances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Robutel</w:t>
+                <w:t xml:space="preserve">The chaotic obliquity of the planets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Laskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 57, pp.97-98. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 361 (6413), pp.608-612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/BF00692464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/361608a0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03786025v1</w:t>
+                <w:t xml:space="preserve">hal-02884536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilization of the Earth's obliquity by the Moon</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Robutel</w:t>
+                <w:t xml:space="preserve">The stability of the planetary three-body problem: Influence of the secular resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 361 (6413), pp.615-617. </w:t>
+              <w:t xml:space="preserve">Celestial Mechanics and Dynamical Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 57, pp.97-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/361615a0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/BF00692464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884538v1</w:t>
+                <w:t xml:space="preserve">hal-03786025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5117,51 +5117,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coorbital motion in the co-planar RTBP: family of Quasi-satellite periodic orbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5206,217 +5206,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coorbital resonance dynamics : an introduction to Quasi-satellite motion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Pousse</w:t>
+                <w:t xml:space="preserve">On the detectability of quasi-circular co-orbital planets. Application to the radial velocity technique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Vienne</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre C. M. Correia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques de l'IMCCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">European Planetary Science Congress 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03729945v1</w:t>
+                <w:t xml:space="preserve">hal-03744006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the detectability of quasi-circular co-orbital planets. Application to the radial velocity technique.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Leleu</w:t>
+                <w:t xml:space="preserve">Coorbital resonance dynamics : an introduction to Quasi-satellite motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre C. M. Correia</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Planetary Science Congress 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques de l'IMCCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03744006v1</w:t>
+                <w:t xml:space="preserve">hal-03729945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the rotation of co-orbital bodies</w:t>
               </w:r>
@@ -6087,316 +6087,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03743323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About L4, L5 quasiperiodic substitutes and their possible symmetrie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelques mots sur les Troyens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bodossian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Alexander von Humboldt Colloquium for Celestial Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Salzburg (Austria), Austria</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques de l'IMCCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France. pp.79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03743893v1</w:t>
+                <w:t xml:space="preserve">hal-03729901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques mots sur les Troyens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">About L4, L5 quasiperiodic substitutes and their possible symmetrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques de l'IMCCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Paris, France. pp.79</w:t>
+              <w:t xml:space="preserve">7th Alexander von Humboldt Colloquium for Celestial Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Salzburg (Austria), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03729901v1</w:t>
+                <w:t xml:space="preserve">hal-03743893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des Troyens de Jupiter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structures résonantes et stabilité des troyens de Jupiter II : évolution pendant la migration des planètes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bodossian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de Mécanique Céleste d'Aussois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Aussois (France), France</w:t>
+              <w:t xml:space="preserve">Communication aux Journées Scientifiques de l'IMCCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03729952v1</w:t>
+                <w:t xml:space="preserve">hal-03735109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term dynamics of Jupiter's Trojans</w:t>
+                <w:t xml:space="preserve">Dynamique des Troyens de Jupiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Asteroids and Resonances: Open Problems and Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Meudon (France), France</w:t>
+              <w:t xml:space="preserve">Atelier de Mécanique Céleste d'Aussois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Aussois (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03729818v1</w:t>
+                <w:t xml:space="preserve">hal-03729952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La structure résonante des Troyens de Jupiter et quelques conséquences</w:t>
               </w:r>
@@ -6445,109 +6458,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structures résonantes et stabilité des troyens de Jupiter II : évolution pendant la migration des planètes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long term dynamics of Jupiter's Trojans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication aux Journées Scientifiques de l'IMCCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop Asteroids and Resonances: Open Problems and Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Meudon (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03735109v1</w:t>
+                <w:t xml:space="preserve">hal-03729818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion in Jupiter's Trojan swarm</w:t>
               </w:r>
@@ -6596,165 +6596,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03729882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The resonant structure of the Jupiter's Trojans and its evolution</w:t>
+                <w:t xml:space="preserve">The Resonant Structure of Jupiter's Trojans and Its Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Alexander von Humboldt Colloquium for Celestial Mechanics : A comparison of the dynamical evolution of planetary systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2004, Bad Hofgastein (Austria), Austria</w:t>
+              <w:t xml:space="preserve">AAS/Division on Dynamical Astronomy Meeting #35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2004, Cannes, France, France. pp.858</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03743765v1</w:t>
+                <w:t xml:space="preserve">hal-03743831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Resonant Structure of Jupiter's Trojans and Its Evolution</w:t>
+                <w:t xml:space="preserve">The resonant structure of the Jupiter's Trojans and its evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAS/Division on Dynamical Astronomy Meeting #35</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2004, Cannes, France, France. pp.858</w:t>
+              <w:t xml:space="preserve">6th Alexander von Humboldt Colloquium for Celestial Mechanics : A comparison of the dynamical evolution of planetary systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, Bad Hofgastein (Austria), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03743831v1</w:t>
+                <w:t xml:space="preserve">hal-03743765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Dynamics in the Solar System</w:t>
               </w:r>
@@ -7083,793 +7083,872 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03724768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The family of Quasi-satellite periodic orbits in the circular co-planar RTBP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Pousse</w:t>
+                <w:t xml:space="preserve">Marchal's family of periodic orbits. I: Stability of inclined co-orbital planetary systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2014</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01079974v1</w:t>
+                <w:t xml:space="preserve">hal-05559914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin-orbit resonances and rotation of coorbital bodies in quasi-circular orbits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The family of Quasi-satellite periodic orbits in the circular co-planar RTBP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.C.M. Correia</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-01074068v1</w:t>
+                <w:t xml:space="preserve">hal-01079974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the co-orbital motion of two planets in quasi-circular orbits</w:t>
+                <w:t xml:space="preserve">Spin-orbit resonances and rotation of coorbital bodies in quasi-circular orbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2013</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.C.M. Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00807528v2</w:t>
+                <w:t xml:space="preserve">hal-01074068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the coorbital resonance on the rotation of the Trojan satellites of Saturn</w:t>
+                <w:t xml:space="preserve">On the co-orbital motion of two planets in quasi-circular orbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pousse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00638100v2</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807528v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical description of physical librations of Saturnian coorbital satellites Janus and Epimetheus</w:t>
+                <w:t xml:space="preserve">Influence of the coorbital resonance on the rotation of the Trojan satellites of Saturn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rambaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryame El Moutamid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Castillo-Rogez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-00460707v2</w:t>
+                <w:t xml:space="preserve">hal-00638100v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The resonant structure of Jupiter's trojan asteroids-II. What happens for different configurations of the planetary system.</w:t>
+                <w:t xml:space="preserve">Analytical description of physical librations of Saturnian coorbital satellites Janus and Epimetheus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2009</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rambaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castillo-Rogez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00323327v2</w:t>
+                <w:t xml:space="preserve">hal-00460707v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term evolution and chaotic diffusion of the insolation quantities of Mars.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The resonant structure of Jupiter's trojan asteroids-II. What happens for different configurations of the planetary system.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bodossian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Gastineau</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-00000860v1</w:t>
+                <w:t xml:space="preserve">hal-00323327v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Long term evolution and chaotic diffusion of the insolation quantities of Mars.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.C.M. Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Gastineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Joutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Levrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00000860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A long term numerical solution for the insolation quantities of the Earth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Gastineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.C.M. Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00001603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7879,171 +7958,171 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude de la stabilité du problème planétaire des trois-corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysique [astro-ph]. Observatoire de Paris, 1993. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02095456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude de la stabilité du problème planétaire des trois-corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysique [astro-ph]. Observatoire de Paris, 1993. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 1993OBSP0049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02153557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8053,105 +8132,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur la dynamique coorbitale : du mouvement des troyens de Jupiter à la rotation des plan etes coorbitales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robutel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysique [astro-ph]. UNIVERSITE PIERRE ET MARIE CURIE, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01190795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId207"/>
+      <w:footerReference w:type="default" r:id="rId209"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8219,51 +8298,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B85C4215"/>
+    <w:nsid w:val="B9B88C7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8450,51 +8529,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-robutel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8932-1713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456609v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Madeira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Charnoz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rambaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robutel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2024.115997" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781751v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Balsalobre-Ruza" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lillo-Box" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Barrado" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Correia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faria" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450717" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03835319v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Couturier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre C.M. Correia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243261" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03458418v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leleu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Alibert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hara" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hooton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wilson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039767" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370265v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Correia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-021-10032-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323935v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Niederman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pousse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-020-03690-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02981037v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Figueira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Acu&#241;a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Faria" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038922" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323841v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sestovic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robutel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. M. Correia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834901" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319200v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Parviainen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallonn" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833312" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305075v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Andrade-Ines" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-017-9809-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319186v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. C. Santos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730652" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305072v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-017-9802-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534213v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/hrm4-gj65" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238858v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Delisle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730755" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202121v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630073" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590773v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vienne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-016-9749-1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320243v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Beaug&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Michtchenko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-015-9669-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01333931v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-016-9681-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161689v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40314-015-0288-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492489v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leleu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526800" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526175" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909712v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/779/1/20" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933610v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame El Moutamid" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-012-9406-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786393v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie C. Castillo-Rogez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2010.09.014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578290v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delsate" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carletti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-010-9306-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729571v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bodossian" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2009.15280.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742409v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Pilat-Lohinger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;. S&#252;li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Freistetter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/587501" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-008-9159-0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C4C1D21B-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881032v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gabern" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2006.11008.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796917v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gabern" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jorba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-004-5976-y" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DF3RPZQC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729629v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joutel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gastineau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre C. M. Correia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20041335" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801297v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gabern" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngel Jorba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2004.11.84" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Levrard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2004.04.005" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786667v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Malige" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884561v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Malige" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618038v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1012098603882" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884546v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/icar.2000.6576" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MTSK41D-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884544v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00692088" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/434F3A70DAC676BBED41D1B6EB5C175EBCF86468/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884556v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00692089" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3C804BF6899D3ADE067DDEE0B2729880065316A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785205v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00699732" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-DH1KK2V3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884536v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laskar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/361608a0" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2CDE2ADBDDC2594024DA20529FB8E06793F6B99E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786025v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00692464" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-RZ85XQ6D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884538v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/361615a0" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EA8769A815C0E1FD09A850ACF4168494071186D8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375772v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743637v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Lillo Box" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808996v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729945v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744006v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730038v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118748v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robutel Philippe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Correia Alexandre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leleu Adrien" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921314007704" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729953v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743750v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743202v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03733940v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743497v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aron S&#252;li" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743893v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729901v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729952v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729818v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735133v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735109v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729882v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743765v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743831v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734915v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724549v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472561v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724768v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079974v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074068v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.M. Correia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807528v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638100v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460707v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castillo-Rogez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323327v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000860v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Gastineau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Joutel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001603v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02095456v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02153557v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993OBSP0049" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01190795v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-robutel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8932-1713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456609v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Madeira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Charnoz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rambaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robutel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2024.115997" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781751v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Balsalobre-Ruza" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lillo-Box" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Barrado" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Correia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faria" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450717" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03835319v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Couturier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre C.M. Correia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243261" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370265v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Correia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-021-10032-w" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03458418v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leleu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Alibert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hooton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wilson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039767" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02981037v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Figueira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Acu&#241;a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Faria" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038922" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323935v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Niederman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pousse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-020-03690-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323841v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sestovic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robutel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. M. Correia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834901" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319186v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. C. Santos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730652" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305075v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Andrade-Ines" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-017-9809-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319200v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Parviainen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallonn" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833312" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305072v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-017-9802-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534213v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/hrm4-gj65" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238858v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Delisle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730755" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202121v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630073" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590773v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vienne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-016-9749-1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01333931v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-016-9681-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320243v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Beaug&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Michtchenko" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-015-9669-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161689v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40314-015-0288-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492489v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leleu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526800" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526175" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909712v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/779/1/20" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933610v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame El Moutamid" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-012-9406-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786393v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie C. Castillo-Rogez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2010.09.014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578290v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delsate" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carletti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-010-9306-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729571v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bodossian" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2009.15280.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742409v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Pilat-Lohinger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;. S&#252;li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Freistetter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/587501" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-008-9159-0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C4C1D21B-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881032v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gabern" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2006.11008.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796917v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gabern" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jorba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10569-004-5976-y" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DF3RPZQC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729629v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joutel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gastineau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre C. M. Correia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20041335" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801297v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gabern" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngel Jorba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2004.11.84" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Levrard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2004.04.005" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884561v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Malige" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786667v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Malige" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884546v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/icar.2000.6576" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MTSK41D-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618038v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1012098603882" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884544v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00692088" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/434F3A70DAC676BBED41D1B6EB5C175EBCF86468/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884556v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00692089" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3C804BF6899D3ADE067DDEE0B2729880065316A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884538v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laskar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/361615a0" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EA8769A815C0E1FD09A850ACF4168494071186D8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785205v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00699732" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-DH1KK2V3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884536v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/361608a0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2CDE2ADBDDC2594024DA20529FB8E06793F6B99E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786025v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00692464" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-RZ85XQ6D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375772v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743637v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Lillo Box" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808996v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744006v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729945v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730038v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118748v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robutel Philippe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Correia Alexandre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leleu Adrien" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921314007704" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729953v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743750v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743202v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03733940v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743497v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aron S&#252;li" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729901v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743893v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735109v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729952v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735133v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729818v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729882v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743831v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743765v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734915v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724549v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472561v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724768v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559914v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Prieur" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079974v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074068v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.M. Correia" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807528v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638100v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460707v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castillo-Rogez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323327v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000860v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Gastineau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Joutel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001603v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02095456v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02153557v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993OBSP0049" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01190795v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>